--- v0 (2025-12-27)
+++ v1 (2026-02-25)
@@ -12,71 +12,71 @@
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Data\Genis-Internet\Output\Download\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B61398F3-9800-44B5-A24F-8F9060855054}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0CA59D80-EC24-491D-AEED-E51812C80162}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="read me" sheetId="1" r:id="rId1"/>
     <sheet name="data" sheetId="5" r:id="rId2"/>
     <sheet name="address" sheetId="6" r:id="rId3"/>
     <sheet name="country" sheetId="7" r:id="rId4"/>
     <sheet name="sample status" sheetId="8" r:id="rId5"/>
     <sheet name="collecting source" sheetId="9" r:id="rId6"/>
     <sheet name="ancestor" sheetId="10" r:id="rId7"/>
     <sheet name="sub crop" sheetId="11" r:id="rId8"/>
     <sheet name="remarks codes" sheetId="12" r:id="rId9"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1183" uniqueCount="345">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1185" uniqueCount="352">
   <si>
     <t>Crop</t>
   </si>
   <si>
     <t>Number of accessions</t>
   </si>
   <si>
     <t>File generation date</t>
   </si>
   <si>
     <t>In this worksheet the following issues relevant to the interpretation of the</t>
   </si>
   <si>
     <t>observations are discussed:</t>
   </si>
   <si>
     <t>1 - reliability of the data and liability of CGN</t>
   </si>
   <si>
     <t>1 - reliability and liability</t>
   </si>
   <si>
     <t xml:space="preserve">  The data presented in the file are the raw data, as CGN received</t>
   </si>
   <si>
@@ -496,50 +496,53 @@
   <si>
     <t>CGN26011</t>
   </si>
   <si>
     <t>19880591</t>
   </si>
   <si>
     <t>CGN26012</t>
   </si>
   <si>
     <t>19880972</t>
   </si>
   <si>
     <t>ESP</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>-6</t>
   </si>
   <si>
     <t>1440086</t>
   </si>
   <si>
+    <t>1</t>
+  </si>
+  <si>
     <t>*ESPMADRJB</t>
   </si>
   <si>
     <t>CGN26013</t>
   </si>
   <si>
     <t>19883216</t>
   </si>
   <si>
     <t>JPN</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>1560424</t>
   </si>
   <si>
     <t>*JPNTSUPRS</t>
   </si>
   <si>
     <t>CGN26014</t>
@@ -553,50 +556,53 @@
   <si>
     <t>19883258</t>
   </si>
   <si>
     <t>NLD</t>
   </si>
   <si>
     <t>52.2</t>
   </si>
   <si>
     <t>5.4</t>
   </si>
   <si>
     <t>181007</t>
   </si>
   <si>
     <t>NLD024</t>
   </si>
   <si>
     <t>CGN26016</t>
   </si>
   <si>
     <t>19883259</t>
   </si>
   <si>
+    <t>IJZENDIJKE (CHV-TERREIN), ZEELAND</t>
+  </si>
+  <si>
     <t>CGN26017</t>
   </si>
   <si>
     <t>19883261</t>
   </si>
   <si>
     <t>CSK</t>
   </si>
   <si>
     <t>49.8</t>
   </si>
   <si>
     <t>19.5</t>
   </si>
   <si>
     <t>507810</t>
   </si>
   <si>
     <t>*CZEUKZUZ</t>
   </si>
   <si>
     <t>CGN26018</t>
   </si>
   <si>
     <t>19883295</t>
@@ -841,98 +847,104 @@
   <si>
     <t>ROU</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>379274</t>
   </si>
   <si>
     <t>CGN26041</t>
   </si>
   <si>
     <t>19901023</t>
   </si>
   <si>
     <t>CGN26042</t>
   </si>
   <si>
     <t>19901049</t>
   </si>
   <si>
+    <t>5</t>
+  </si>
+  <si>
     <t>ROM005</t>
   </si>
   <si>
     <t>CGN26043</t>
   </si>
   <si>
     <t>19901050</t>
   </si>
   <si>
     <t>CGN26044</t>
   </si>
   <si>
     <t>19901069</t>
   </si>
   <si>
     <t>CAN010</t>
   </si>
   <si>
     <t>CGN26045</t>
   </si>
   <si>
     <t>19901108</t>
   </si>
   <si>
     <t>BGR001</t>
   </si>
   <si>
     <t>CGN26046</t>
   </si>
   <si>
     <t>19901111</t>
   </si>
   <si>
     <t>*SUNLUTSBG</t>
   </si>
   <si>
     <t>CGN26047</t>
   </si>
   <si>
     <t>19901145</t>
   </si>
   <si>
     <t>CGN26048</t>
   </si>
   <si>
     <t>19901146</t>
   </si>
   <si>
+    <t>3</t>
+  </si>
+  <si>
     <t>CGN26049</t>
   </si>
   <si>
     <t>19901147</t>
   </si>
   <si>
     <t>CGN26050</t>
   </si>
   <si>
     <t>19910928</t>
   </si>
   <si>
     <t>CGN26051</t>
   </si>
   <si>
     <t>19910957</t>
   </si>
   <si>
     <t>UKR036</t>
   </si>
   <si>
     <t>CGN26052</t>
   </si>
   <si>
     <t>19921112</t>
@@ -1016,50 +1028,59 @@
     <t>Jardin Botanique de Bordeaux, Terrasses du Jardin Public, Bordeaux, France</t>
   </si>
   <si>
     <t>Royal Sluis B.V., Enkhuizen, Netherlands</t>
   </si>
   <si>
     <t>Centre for Genetic Resources the Netherlands, Wageningen, Netherlands</t>
   </si>
   <si>
     <t>Centre for Plant Breeding and Reproduction Research, Wageningen, Netherlands</t>
   </si>
   <si>
     <t>Instituut voor de Veredeling van Tuinbouwgewassen, Wageningen, Netherlands</t>
   </si>
   <si>
     <t>Botanical Garden of the Polish Academy of Science, Warszawa, Poland</t>
   </si>
   <si>
     <t>Gradina Botanica a Universitatii "Al.I.Cuza", Iasi, Romania</t>
   </si>
   <si>
     <t>N.I. Vavilov Research Institute of Plant Industry, St. Petersburg, Russian Federation</t>
   </si>
   <si>
     <t>State Nikita Botanical Garden, Yalta Crimea, Ukraine</t>
+  </si>
+  <si>
+    <t>Traditional cultivar/Landrace</t>
+  </si>
+  <si>
+    <t>Wild</t>
+  </si>
+  <si>
+    <t>Advanced cultivar</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Czechoslovakia</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
@@ -1624,51 +1645,51 @@
       <c r="A2" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B6" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="5">
         <v>44</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B7" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6">
-        <v>45960</v>
+        <v>46030</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.15">
       <c r="B8" s="2"/>
       <c r="C8" s="3"/>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A9" s="1" t="s">
         <v>70</v>
       </c>
       <c r="B9" s="2"/>
       <c r="C9" s="3"/>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A10" s="2" t="s">
         <v>71</v>
       </c>
       <c r="B10" s="3"/>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A12" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.15">
@@ -2375,51 +2396,51 @@
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:Y45"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="M1" sqref="M1"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="9.85546875" style="20" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10.7109375" style="20" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="13.5703125" style="20" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="10.5703125" style="20" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="10.42578125" style="20" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" style="20" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="8.5703125" style="20" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="9.28515625" style="20" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="8.5703125" style="20" bestFit="1" customWidth="1"/>
-    <col min="10" max="10" width="9.28515625" style="20" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="33.28515625" style="20" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="9.140625" style="20" bestFit="1"/>
     <col min="12" max="12" width="11" style="20" customWidth="1"/>
     <col min="13" max="13" width="13.140625" style="20" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="10.28515625" style="20" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="10" style="20" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="9.7109375" style="20" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="9.28515625" style="20" bestFit="1" customWidth="1"/>
     <col min="18" max="19" width="12.42578125" style="20" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" style="20" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="22.140625" style="20" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="11.140625" style="20" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="10.85546875" style="20" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="10.28515625" style="20" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="12.5703125" style="20" bestFit="1" customWidth="1"/>
     <col min="26" max="16384" width="9.140625" style="20"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25" s="19" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A1" s="18" t="s">
         <v>14</v>
       </c>
       <c r="B1" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C1" s="18" t="s">
@@ -2529,51 +2550,51 @@
       <c r="L2" s="20" t="s">
         <v>138</v>
       </c>
       <c r="M2" s="20" t="s">
         <v>138</v>
       </c>
       <c r="N2" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O2" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P2" s="20" t="s">
         <v>138</v>
       </c>
       <c r="Q2" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R2" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W2" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X2" s="20" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="Y2" s="20" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="3" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A3" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B3" s="20" t="s">
         <v>143</v>
       </c>
       <c r="C3" s="20" t="s">
         <v>144</v>
       </c>
       <c r="D3" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E3" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F3" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G3" s="20" t="s">
@@ -2594,51 +2615,51 @@
       <c r="L3" s="20" t="s">
         <v>138</v>
       </c>
       <c r="M3" s="20" t="s">
         <v>138</v>
       </c>
       <c r="N3" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O3" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P3" s="20" t="s">
         <v>138</v>
       </c>
       <c r="Q3" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R3" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W3" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X3" s="20" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="Y3" s="20" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="4" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A4" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B4" s="20" t="s">
         <v>146</v>
       </c>
       <c r="C4" s="20" t="s">
         <v>147</v>
       </c>
       <c r="D4" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E4" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F4" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G4" s="20" t="s">
@@ -2659,51 +2680,51 @@
       <c r="L4" s="20" t="s">
         <v>138</v>
       </c>
       <c r="M4" s="20" t="s">
         <v>138</v>
       </c>
       <c r="N4" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O4" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P4" s="20" t="s">
         <v>138</v>
       </c>
       <c r="Q4" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R4" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W4" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X4" s="20" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="Y4" s="20" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="5" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A5" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B5" s="20" t="s">
         <v>148</v>
       </c>
       <c r="C5" s="20" t="s">
         <v>149</v>
       </c>
       <c r="D5" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E5" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F5" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G5" s="20" t="s">
@@ -2712,3061 +2733,3080 @@
       <c r="H5" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I5" s="20" t="s">
         <v>150</v>
       </c>
       <c r="J5" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K5" s="20" t="s">
         <v>151</v>
       </c>
       <c r="L5" s="20" t="s">
         <v>152</v>
       </c>
       <c r="M5" s="20" t="s">
         <v>153</v>
       </c>
       <c r="N5" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O5" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P5" s="20" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
       <c r="Q5" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R5" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W5" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X5" s="20" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="Y5" s="20" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="6" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A6" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B6" s="20" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C6" s="20" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D6" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E6" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F6" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G6" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H6" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I6" s="20" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="J6" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K6" s="20" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="L6" s="20" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="M6" s="20" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="N6" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O6" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P6" s="20" t="s">
         <v>138</v>
       </c>
       <c r="Q6" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R6" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W6" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X6" s="20" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="Y6" s="20" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="7" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A7" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B7" s="20" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C7" s="20" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D7" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E7" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F7" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G7" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H7" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I7" s="20" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="J7" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K7" s="20" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="L7" s="20" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="M7" s="20" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="N7" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O7" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P7" s="20" t="s">
         <v>138</v>
       </c>
       <c r="Q7" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R7" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W7" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X7" s="20" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="Y7" s="20" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="8" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A8" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B8" s="20" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C8" s="20" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D8" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E8" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F8" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G8" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H8" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I8" s="20" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="J8" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K8" s="20" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="L8" s="20" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M8" s="20" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="N8" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O8" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P8" s="20" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
       <c r="Q8" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R8" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W8" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X8" s="20" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="Y8" s="20" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="9" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A9" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B9" s="20" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C9" s="20" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D9" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E9" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F9" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G9" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H9" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I9" s="20" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="J9" s="20" t="s">
-        <v>138</v>
+        <v>174</v>
       </c>
       <c r="K9" s="20" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="L9" s="20" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M9" s="20" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="N9" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O9" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P9" s="20" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
       <c r="Q9" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R9" s="20" t="s">
         <v>141</v>
       </c>
       <c r="U9" s="20" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="W9" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X9" s="20" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="Y9" s="20" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="10" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A10" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B10" s="20" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="C10" s="20" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="D10" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E10" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F10" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G10" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H10" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I10" s="20" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="J10" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K10" s="20" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="L10" s="20" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="M10" s="20" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="N10" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O10" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P10" s="20" t="s">
         <v>138</v>
       </c>
       <c r="Q10" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R10" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W10" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X10" s="20" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="Y10" s="20" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
     <row r="11" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A11" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B11" s="20" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C11" s="20" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="D11" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E11" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F11" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G11" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H11" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I11" s="20" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="J11" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K11" s="20" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="L11" s="20" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="M11" s="20" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="N11" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O11" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P11" s="20" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
       <c r="Q11" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R11" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W11" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X11" s="20" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="Y11" s="20" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
     </row>
     <row r="12" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A12" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B12" s="20" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C12" s="20" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="D12" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E12" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F12" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G12" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H12" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I12" s="20" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="J12" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K12" s="20" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="L12" s="20" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="M12" s="20" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="N12" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O12" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P12" s="20" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
       <c r="Q12" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R12" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W12" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X12" s="20" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="Y12" s="20" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
     </row>
     <row r="13" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A13" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B13" s="20" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C13" s="20" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D13" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E13" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F13" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G13" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H13" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I13" s="20" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="J13" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K13" s="20" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="L13" s="20" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="M13" s="20" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="N13" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O13" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P13" s="20" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
       <c r="Q13" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R13" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W13" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X13" s="20" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="Y13" s="20" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
     </row>
     <row r="14" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A14" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B14" s="20" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C14" s="20" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="D14" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E14" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F14" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G14" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H14" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I14" s="20" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="J14" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K14" s="20" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="L14" s="20" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="M14" s="20" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="N14" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O14" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P14" s="20" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
       <c r="Q14" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R14" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W14" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X14" s="20" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="Y14" s="20" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
     </row>
     <row r="15" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A15" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B15" s="20" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C15" s="20" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="D15" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E15" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F15" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G15" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H15" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I15" s="20" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="J15" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K15" s="20" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="L15" s="20" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="M15" s="20" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="N15" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O15" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P15" s="20" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
       <c r="Q15" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R15" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W15" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X15" s="20" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="Y15" s="20" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
     </row>
     <row r="16" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A16" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B16" s="20" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="C16" s="20" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="D16" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E16" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F16" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G16" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H16" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I16" s="20" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="J16" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K16" s="20" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="L16" s="20" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="M16" s="20" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="N16" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O16" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P16" s="20" t="s">
         <v>138</v>
       </c>
       <c r="Q16" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R16" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W16" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X16" s="20" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="Y16" s="20" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
     </row>
     <row r="17" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A17" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B17" s="20" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C17" s="20" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="D17" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E17" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F17" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G17" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H17" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I17" s="20" t="s">
         <v>138</v>
       </c>
       <c r="J17" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K17" s="20" t="s">
         <v>138</v>
       </c>
       <c r="L17" s="20" t="s">
         <v>138</v>
       </c>
       <c r="M17" s="20" t="s">
         <v>138</v>
       </c>
       <c r="N17" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O17" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P17" s="20" t="s">
         <v>138</v>
       </c>
       <c r="Q17" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R17" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W17" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X17" s="20" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="Y17" s="20" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="18" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A18" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B18" s="20" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="C18" s="20" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="D18" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E18" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F18" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G18" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H18" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I18" s="20" t="s">
         <v>138</v>
       </c>
       <c r="J18" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K18" s="20" t="s">
         <v>138</v>
       </c>
       <c r="L18" s="20" t="s">
         <v>138</v>
       </c>
       <c r="M18" s="20" t="s">
         <v>138</v>
       </c>
       <c r="N18" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O18" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P18" s="20" t="s">
         <v>138</v>
       </c>
       <c r="Q18" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R18" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W18" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X18" s="20" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="Y18" s="20" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
     </row>
     <row r="19" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A19" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B19" s="20" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C19" s="20" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="D19" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E19" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F19" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G19" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H19" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I19" s="20" t="s">
         <v>138</v>
       </c>
       <c r="J19" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K19" s="20" t="s">
         <v>138</v>
       </c>
       <c r="L19" s="20" t="s">
         <v>138</v>
       </c>
       <c r="M19" s="20" t="s">
         <v>138</v>
       </c>
       <c r="N19" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O19" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P19" s="20" t="s">
         <v>138</v>
       </c>
       <c r="Q19" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R19" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W19" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X19" s="20" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="Y19" s="20" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
     </row>
     <row r="20" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A20" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B20" s="20" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="C20" s="20" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="D20" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E20" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F20" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G20" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H20" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I20" s="20" t="s">
         <v>138</v>
       </c>
       <c r="J20" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K20" s="20" t="s">
         <v>138</v>
       </c>
       <c r="L20" s="20" t="s">
         <v>138</v>
       </c>
       <c r="M20" s="20" t="s">
         <v>138</v>
       </c>
       <c r="N20" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O20" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P20" s="20" t="s">
         <v>138</v>
       </c>
       <c r="Q20" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R20" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W20" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X20" s="20" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="Y20" s="20" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
     </row>
     <row r="21" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A21" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B21" s="20" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C21" s="20" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="D21" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E21" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F21" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G21" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H21" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I21" s="20" t="s">
         <v>138</v>
       </c>
       <c r="J21" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K21" s="20" t="s">
         <v>138</v>
       </c>
       <c r="L21" s="20" t="s">
         <v>138</v>
       </c>
       <c r="M21" s="20" t="s">
         <v>138</v>
       </c>
       <c r="N21" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O21" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P21" s="20" t="s">
         <v>138</v>
       </c>
       <c r="Q21" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R21" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W21" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X21" s="20" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="Y21" s="20" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
     </row>
     <row r="22" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A22" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B22" s="20" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C22" s="20" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="D22" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E22" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F22" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G22" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H22" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I22" s="20" t="s">
         <v>138</v>
       </c>
       <c r="J22" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K22" s="20" t="s">
         <v>138</v>
       </c>
       <c r="L22" s="20" t="s">
         <v>138</v>
       </c>
       <c r="M22" s="20" t="s">
         <v>138</v>
       </c>
       <c r="N22" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O22" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P22" s="20" t="s">
         <v>138</v>
       </c>
       <c r="Q22" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R22" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W22" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X22" s="20" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="Y22" s="20" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
     </row>
     <row r="23" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A23" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B23" s="20" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="C23" s="20" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="D23" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E23" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F23" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G23" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H23" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I23" s="20" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="J23" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K23" s="20" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="L23" s="20" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="M23" s="20" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="N23" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O23" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P23" s="20" t="s">
         <v>138</v>
       </c>
       <c r="Q23" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R23" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W23" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X23" s="20" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="Y23" s="20" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="24" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A24" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B24" s="20" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C24" s="20" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="D24" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E24" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F24" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G24" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H24" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I24" s="20" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="J24" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K24" s="20" t="s">
         <v>151</v>
       </c>
       <c r="L24" s="20" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="M24" s="20" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="N24" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O24" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P24" s="20" t="s">
         <v>138</v>
       </c>
       <c r="Q24" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R24" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W24" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X24" s="20" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="Y24" s="20" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="25" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A25" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B25" s="20" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C25" s="20" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="D25" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E25" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F25" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G25" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H25" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I25" s="20" t="s">
         <v>138</v>
       </c>
       <c r="J25" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K25" s="20" t="s">
         <v>138</v>
       </c>
       <c r="L25" s="20" t="s">
         <v>138</v>
       </c>
       <c r="M25" s="20" t="s">
         <v>138</v>
       </c>
       <c r="N25" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O25" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P25" s="20" t="s">
         <v>138</v>
       </c>
       <c r="Q25" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R25" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W25" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X25" s="20" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="Y25" s="20" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="26" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A26" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B26" s="20" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C26" s="20" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D26" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E26" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F26" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G26" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H26" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I26" s="20" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="J26" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K26" s="20" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="L26" s="20" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="M26" s="20" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="N26" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O26" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P26" s="20" t="s">
         <v>138</v>
       </c>
       <c r="Q26" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R26" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W26" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X26" s="20" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="Y26" s="20" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
     </row>
     <row r="27" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A27" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B27" s="20" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C27" s="20" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="D27" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E27" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F27" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G27" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H27" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I27" s="20" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="J27" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K27" s="20" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="L27" s="20" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="M27" s="20" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="N27" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O27" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P27" s="20" t="s">
         <v>138</v>
       </c>
       <c r="Q27" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R27" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W27" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X27" s="20" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="Y27" s="20" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
     </row>
     <row r="28" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A28" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B28" s="20" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="C28" s="20" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="D28" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E28" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F28" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G28" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H28" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I28" s="20" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="J28" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K28" s="20" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="L28" s="20" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M28" s="20" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="N28" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O28" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P28" s="20" t="s">
         <v>138</v>
       </c>
       <c r="Q28" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R28" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W28" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X28" s="20" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="Y28" s="20" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
     </row>
     <row r="29" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A29" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B29" s="20" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="C29" s="20" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="D29" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E29" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F29" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G29" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H29" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I29" s="20" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="J29" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K29" s="20" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="L29" s="20" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="M29" s="20" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="N29" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O29" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P29" s="20" t="s">
         <v>138</v>
       </c>
       <c r="Q29" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R29" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W29" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X29" s="20" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="Y29" s="20" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
     </row>
     <row r="30" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A30" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B30" s="20" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="C30" s="20" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="D30" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E30" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F30" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G30" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H30" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I30" s="20" t="s">
         <v>138</v>
       </c>
       <c r="J30" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K30" s="20" t="s">
         <v>138</v>
       </c>
       <c r="L30" s="20" t="s">
         <v>138</v>
       </c>
       <c r="M30" s="20" t="s">
         <v>138</v>
       </c>
       <c r="N30" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O30" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P30" s="20" t="s">
         <v>138</v>
       </c>
       <c r="Q30" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R30" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W30" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X30" s="20" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="Y30" s="20" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
     </row>
     <row r="31" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A31" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B31" s="20" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="C31" s="20" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="D31" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E31" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F31" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G31" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H31" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I31" s="20" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="J31" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K31" s="20" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="L31" s="20" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="M31" s="20" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="N31" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O31" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P31" s="20" t="s">
         <v>138</v>
       </c>
       <c r="Q31" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R31" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W31" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X31" s="20" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="Y31" s="20" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
     </row>
     <row r="32" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A32" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B32" s="20" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C32" s="20" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="D32" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E32" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F32" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G32" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H32" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I32" s="20" t="s">
         <v>101</v>
       </c>
       <c r="J32" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K32" s="20" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="L32" s="20" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="M32" s="20" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="N32" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O32" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P32" s="20" t="s">
         <v>138</v>
       </c>
       <c r="Q32" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R32" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W32" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X32" s="20" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="Y32" s="20" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
     </row>
     <row r="33" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A33" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B33" s="20" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="C33" s="20" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="D33" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E33" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F33" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G33" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H33" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I33" s="20" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="J33" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K33" s="20" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="L33" s="20" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="M33" s="20" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="N33" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O33" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P33" s="20" t="s">
         <v>138</v>
       </c>
       <c r="Q33" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R33" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W33" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X33" s="20" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="Y33" s="20" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
     </row>
     <row r="34" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A34" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B34" s="20" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="C34" s="20" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="D34" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E34" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F34" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G34" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H34" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I34" s="20" t="s">
         <v>138</v>
       </c>
       <c r="J34" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K34" s="20" t="s">
         <v>138</v>
       </c>
       <c r="L34" s="20" t="s">
         <v>138</v>
       </c>
       <c r="M34" s="20" t="s">
         <v>138</v>
       </c>
       <c r="N34" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O34" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P34" s="20" t="s">
         <v>138</v>
       </c>
       <c r="Q34" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R34" s="20" t="s">
         <v>141</v>
       </c>
       <c r="U34" s="20" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="W34" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X34" s="20" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="Y34" s="20" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="35" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A35" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B35" s="20" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="C35" s="20" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="D35" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E35" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F35" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G35" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H35" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I35" s="20" t="s">
         <v>138</v>
       </c>
       <c r="J35" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K35" s="20" t="s">
         <v>138</v>
       </c>
       <c r="L35" s="20" t="s">
         <v>138</v>
       </c>
       <c r="M35" s="20" t="s">
         <v>138</v>
       </c>
       <c r="N35" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O35" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P35" s="20" t="s">
-        <v>138</v>
+        <v>271</v>
       </c>
       <c r="Q35" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R35" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W35" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X35" s="20" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="Y35" s="20" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
     </row>
     <row r="36" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A36" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B36" s="20" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="C36" s="20" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="D36" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E36" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F36" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G36" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H36" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I36" s="20" t="s">
         <v>138</v>
       </c>
       <c r="J36" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K36" s="20" t="s">
         <v>138</v>
       </c>
       <c r="L36" s="20" t="s">
         <v>138</v>
       </c>
       <c r="M36" s="20" t="s">
         <v>138</v>
       </c>
       <c r="N36" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O36" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P36" s="20" t="s">
         <v>138</v>
       </c>
       <c r="Q36" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R36" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W36" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X36" s="20" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="Y36" s="20" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
     </row>
     <row r="37" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A37" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B37" s="20" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="C37" s="20" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="D37" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E37" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F37" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G37" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H37" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I37" s="20" t="s">
         <v>138</v>
       </c>
       <c r="J37" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K37" s="20" t="s">
         <v>138</v>
       </c>
       <c r="L37" s="20" t="s">
         <v>138</v>
       </c>
       <c r="M37" s="20" t="s">
         <v>138</v>
       </c>
       <c r="N37" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O37" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P37" s="20" t="s">
         <v>138</v>
       </c>
       <c r="Q37" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R37" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W37" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X37" s="20" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="Y37" s="20" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
     </row>
     <row r="38" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A38" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B38" s="20" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="C38" s="20" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="D38" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E38" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F38" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G38" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H38" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I38" s="20" t="s">
         <v>138</v>
       </c>
       <c r="J38" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K38" s="20" t="s">
         <v>138</v>
       </c>
       <c r="L38" s="20" t="s">
         <v>138</v>
       </c>
       <c r="M38" s="20" t="s">
         <v>138</v>
       </c>
       <c r="N38" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O38" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P38" s="20" t="s">
-        <v>138</v>
+        <v>271</v>
       </c>
       <c r="Q38" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R38" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W38" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X38" s="20" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="Y38" s="20" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
     </row>
     <row r="39" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A39" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B39" s="20" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="C39" s="20" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="D39" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E39" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F39" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G39" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H39" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I39" s="20" t="s">
         <v>138</v>
       </c>
       <c r="J39" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K39" s="20" t="s">
         <v>138</v>
       </c>
       <c r="L39" s="20" t="s">
         <v>138</v>
       </c>
       <c r="M39" s="20" t="s">
         <v>138</v>
       </c>
       <c r="N39" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O39" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P39" s="20" t="s">
         <v>138</v>
       </c>
       <c r="Q39" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R39" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W39" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X39" s="20" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="Y39" s="20" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
     </row>
     <row r="40" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A40" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B40" s="20" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="C40" s="20" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="D40" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E40" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F40" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G40" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H40" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I40" s="20" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="J40" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K40" s="20" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="L40" s="20" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="M40" s="20" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="N40" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O40" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P40" s="20" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
       <c r="Q40" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R40" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W40" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X40" s="20" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="Y40" s="20" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="41" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A41" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B41" s="20" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="C41" s="20" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="D41" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E41" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F41" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G41" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H41" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I41" s="20" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="J41" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K41" s="20" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="L41" s="20" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="M41" s="20" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="N41" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O41" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P41" s="20" t="s">
-        <v>138</v>
+        <v>288</v>
       </c>
       <c r="Q41" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R41" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W41" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X41" s="20" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="Y41" s="20" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="42" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A42" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B42" s="20" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="C42" s="20" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="D42" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E42" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F42" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G42" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H42" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I42" s="20" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="J42" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K42" s="20" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="L42" s="20" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="M42" s="20" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="N42" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O42" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P42" s="20" t="s">
-        <v>138</v>
+        <v>288</v>
       </c>
       <c r="Q42" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R42" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W42" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X42" s="20" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="Y42" s="20" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="43" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A43" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B43" s="20" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="C43" s="20" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="D43" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E43" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F43" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G43" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H43" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I43" s="20" t="s">
         <v>150</v>
       </c>
       <c r="J43" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K43" s="20" t="s">
         <v>151</v>
       </c>
       <c r="L43" s="20" t="s">
         <v>152</v>
       </c>
       <c r="M43" s="20" t="s">
         <v>153</v>
       </c>
       <c r="N43" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O43" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P43" s="20" t="s">
         <v>138</v>
       </c>
       <c r="Q43" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R43" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W43" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X43" s="20" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="Y43" s="20" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="44" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A44" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B44" s="20" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="C44" s="20" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="D44" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E44" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F44" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G44" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H44" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I44" s="20" t="s">
         <v>138</v>
       </c>
       <c r="J44" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K44" s="20" t="s">
         <v>138</v>
       </c>
       <c r="L44" s="20" t="s">
         <v>138</v>
       </c>
       <c r="M44" s="20" t="s">
         <v>138</v>
       </c>
       <c r="N44" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O44" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P44" s="20" t="s">
         <v>138</v>
       </c>
       <c r="Q44" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R44" s="20" t="s">
         <v>141</v>
       </c>
       <c r="W44" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X44" s="20" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="Y44" s="20" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
     </row>
     <row r="45" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A45" s="20" t="s">
         <v>135</v>
       </c>
       <c r="B45" s="20" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="C45" s="20" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="D45" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E45" s="20" t="s">
         <v>139</v>
       </c>
       <c r="F45" s="20" t="s">
         <v>140</v>
       </c>
       <c r="G45" s="20" t="s">
         <v>138</v>
       </c>
       <c r="H45" s="20" t="s">
         <v>138</v>
       </c>
       <c r="I45" s="20" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="J45" s="20" t="s">
         <v>138</v>
       </c>
       <c r="K45" s="20" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="L45" s="20" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="M45" s="20" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="N45" s="20" t="s">
         <v>138</v>
       </c>
       <c r="O45" s="20" t="s">
         <v>138</v>
       </c>
       <c r="P45" s="20" t="s">
-        <v>138</v>
+        <v>288</v>
       </c>
       <c r="Q45" s="20" t="s">
         <v>138</v>
       </c>
       <c r="R45" s="20" t="s">
         <v>141</v>
       </c>
       <c r="U45" s="20" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="W45" s="20" t="s">
         <v>138</v>
       </c>
       <c r="X45" s="20" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="Y45" s="20" t="s">
         <v>138</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:B24"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="12.5703125" style="9" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="92" style="11" bestFit="1" customWidth="1"/>
     <col min="3" max="16384" width="9.140625" style="9"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" s="13" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="8" t="s">
         <v>31</v>
       </c>
       <c r="B1" s="10" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A2" s="9" t="s">
         <v>145</v>
       </c>
       <c r="B2" s="11" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A3" s="9" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B3" s="11" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A4" s="9" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B4" s="11" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A5" s="9" t="s">
         <v>142</v>
       </c>
       <c r="B5" s="11" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A6" s="9" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B6" s="11" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A7" s="9" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B7" s="11" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
     </row>
     <row r="8" spans="1:2" ht="24" x14ac:dyDescent="0.2">
       <c r="A8" s="9" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B8" s="11" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A9" s="9" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="B9" s="11" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A10" s="9" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="B10" s="11" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A11" s="9" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="B11" s="11" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
     </row>
     <row r="12" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A12" s="9" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B12" s="11" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A13" s="9" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B13" s="11" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A14" s="9" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B14" s="11" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A15" s="9" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B15" s="11" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A16" s="9" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="B16" s="11" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A17" s="9" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B17" s="11" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A18" s="9" t="s">
         <v>135</v>
       </c>
       <c r="B18" s="11" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A19" s="9" t="s">
         <v>141</v>
       </c>
       <c r="B19" s="11" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A20" s="9" t="s">
         <v>141</v>
       </c>
       <c r="B20" s="11" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A21" s="9" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B21" s="11" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A22" s="9" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="B22" s="11" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A23" s="9" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B23" s="11" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A24" s="9" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="B24" s="11" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:B14"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.28515625" style="9" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21" style="9" bestFit="1" customWidth="1"/>
     <col min="3" max="16384" width="9.140625" style="9"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="8" t="s">
         <v>31</v>
       </c>
       <c r="B1" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A2" s="9" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="B2" s="9" t="s">
-        <v>328</v>
+        <v>335</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A3" s="9" t="s">
         <v>101</v>
       </c>
       <c r="B3" s="9" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A4" s="9" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B4" s="9" t="s">
-        <v>330</v>
+        <v>337</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A5" s="9" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B5" s="9" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A6" s="9" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B6" s="9" t="s">
-        <v>332</v>
+        <v>339</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A7" s="9" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B7" s="9" t="s">
-        <v>333</v>
+        <v>340</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A8" s="9" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="B8" s="9" t="s">
-        <v>334</v>
+        <v>341</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A9" s="9" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B9" s="9" t="s">
-        <v>335</v>
+        <v>342</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A10" s="9" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B10" s="9" t="s">
-        <v>336</v>
+        <v>343</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A11" s="9" t="s">
         <v>150</v>
       </c>
       <c r="B11" s="9" t="s">
-        <v>337</v>
+        <v>344</v>
       </c>
     </row>
     <row r="12" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A12" s="9" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B12" s="9" t="s">
-        <v>338</v>
+        <v>345</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A13" s="9" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B13" s="9" t="s">
-        <v>339</v>
+        <v>346</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A14" s="9" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="B14" s="9" t="s">
-        <v>340</v>
+        <v>347</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
-  <dimension ref="A1:B2"/>
+  <dimension ref="A1:B4"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.28515625" style="9" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="23.85546875" style="9" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="23.42578125" style="9" bestFit="1" customWidth="1"/>
     <col min="3" max="16384" width="9.140625" style="9"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" s="12" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="8" t="s">
         <v>31</v>
       </c>
       <c r="B1" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A2" s="9" t="s">
-        <v>69</v>
+      <c r="A2" s="9">
+        <v>3</v>
+      </c>
+      <c r="B2" s="9" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A3" s="9">
+        <v>1</v>
+      </c>
+      <c r="B3" s="9" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A4" s="9">
+        <v>5</v>
+      </c>
+      <c r="B4" s="9" t="s">
+        <v>334</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:B2"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.28515625" style="9" customWidth="1"/>
     <col min="2" max="2" width="25.7109375" style="9" bestFit="1" customWidth="1"/>
     <col min="3" max="16384" width="9.140625" style="9"/>
   </cols>
   <sheetData>
@@ -5830,78 +5870,78 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1:B5"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.28515625" style="23" customWidth="1"/>
     <col min="2" max="2" width="29.140625" style="23" bestFit="1" customWidth="1"/>
     <col min="3" max="16384" width="9.140625" style="23"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" s="22" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="21" t="s">
         <v>31</v>
       </c>
       <c r="B1" s="21" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A2" s="23" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="B2" s="23" t="s">
-        <v>341</v>
+        <v>348</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A3" s="23" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="B3" s="23" t="s">
-        <v>342</v>
+        <v>349</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A4" s="23" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="B4" s="23" t="s">
-        <v>343</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A5" s="23" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="B5" s="23" t="s">
-        <v>344</v>
+        <v>351</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="A1:B26"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="83.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A1" t="s">
         <v>31</v>
       </c>