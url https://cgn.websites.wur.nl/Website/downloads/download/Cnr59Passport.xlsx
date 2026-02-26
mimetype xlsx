--- v0 (2025-12-27)
+++ v1 (2026-02-26)
@@ -12,53 +12,53 @@
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Data\Genis-Internet\Output\Download\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B88D419F-CCEB-4957-89BD-AC20144BB748}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CE986196-AF58-4FCA-B3D1-F07FCDB05148}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="read me" sheetId="1" r:id="rId1"/>
     <sheet name="data" sheetId="5" r:id="rId2"/>
     <sheet name="address" sheetId="6" r:id="rId3"/>
     <sheet name="country" sheetId="7" r:id="rId4"/>
     <sheet name="sample status" sheetId="8" r:id="rId5"/>
     <sheet name="collecting source" sheetId="9" r:id="rId6"/>
     <sheet name="ancestor" sheetId="10" r:id="rId7"/>
     <sheet name="sub crop" sheetId="11" r:id="rId8"/>
     <sheet name="remarks codes" sheetId="12" r:id="rId9"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="385" uniqueCount="222">
   <si>
     <t>Crop</t>
   </si>
   <si>
     <t>Number of accessions</t>
   </si>
   <si>
@@ -1255,51 +1255,51 @@
       <c r="A2" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B6" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B7" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6">
-        <v>45960</v>
+        <v>46030</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.15">
       <c r="B8" s="2"/>
       <c r="C8" s="3"/>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A9" s="1" t="s">
         <v>70</v>
       </c>
       <c r="B9" s="2"/>
       <c r="C9" s="3"/>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A10" s="2" t="s">
         <v>71</v>
       </c>
       <c r="B10" s="3"/>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.15">
       <c r="A12" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.15">