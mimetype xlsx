--- v0 (2025-12-09)
+++ v1 (2026-02-15)
@@ -8,82 +8,82 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\Documentatie\CGN_Databases\Roel-eval_online\Genotype information\Excel_genomic_data_backup\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8EB33AEC-8D28-4377-8A19-46A1D6076CBC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{71D090D7-F57D-40C5-8C35-22CF4D4B26BA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="27180" yWindow="1335" windowWidth="20595" windowHeight="14850" activeTab="1" xr2:uid="{9A7717BB-9515-4C6C-AD14-493145C525FF}"/>
+    <workbookView xWindow="1950" yWindow="1950" windowWidth="30645" windowHeight="16170" xr2:uid="{9A7717BB-9515-4C6C-AD14-493145C525FF}"/>
   </bookViews>
   <sheets>
     <sheet name="ReadMe" sheetId="1" r:id="rId1"/>
     <sheet name="Available Datasets" sheetId="3" r:id="rId2"/>
     <sheet name="Genotyped accessions" sheetId="2" r:id="rId3"/>
     <sheet name="Demirci et al., 2021" sheetId="4" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="660" uniqueCount="307">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="661" uniqueCount="308">
   <si>
     <t>Data type</t>
   </si>
   <si>
     <t>Technology</t>
   </si>
   <si>
     <t>Marker number</t>
   </si>
   <si>
     <t>Data repository</t>
   </si>
   <si>
     <t>Project accession number</t>
   </si>
   <si>
     <t>year</t>
   </si>
   <si>
     <t xml:space="preserve">Extra worksheet present? </t>
   </si>
   <si>
     <t xml:space="preserve">This file consists of three standardized worksheets, supplemented with dataset-specific information if needed. </t>
   </si>
   <si>
@@ -974,50 +974,53 @@
     <t>IVT 69007</t>
   </si>
   <si>
     <t>0114; VIR 4184</t>
   </si>
   <si>
     <t>OBN:Kolhoznica 749/753; TYP:honeydew/casaba?</t>
   </si>
   <si>
     <t>20041064</t>
   </si>
   <si>
     <t>Oranje ananas</t>
   </si>
   <si>
     <t>IVT 73113</t>
   </si>
   <si>
     <t>0121; 90015</t>
   </si>
   <si>
     <t>REM:an american little melon type; NIE:orange pineapple; TYP:group cantalupensis</t>
   </si>
   <si>
     <t>WGS</t>
+  </si>
+  <si>
+    <t>This overview was last updated on :</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Courier"/>
@@ -1199,51 +1202,51 @@
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="54">
+  <cellXfs count="56">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="5"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
@@ -1331,50 +1334,54 @@
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{8A4C1D7C-15FA-4163-BA58-E070AC0C7E28}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1682,73 +1689,81 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/g3journal/jkaa038" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6DA96C72-2385-483F-B8EB-1A3E4AD6ED2A}">
   <dimension ref="A2:B17"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="A3" sqref="A3"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="26.5703125" customWidth="1"/>
+    <col min="1" max="1" width="35" customWidth="1"/>
     <col min="2" max="2" width="74.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2" s="9" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>18</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A6" s="54" t="s">
+        <v>307</v>
+      </c>
+      <c r="B6" s="55">
+        <v>46036</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A8" s="4" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="4"/>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A10" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:2" ht="45" x14ac:dyDescent="0.25">
       <c r="A11" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="11" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:2" ht="30" x14ac:dyDescent="0.25">
@@ -1766,51 +1781,51 @@
       <c r="B13" s="12" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A14" s="3"/>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A15" s="3"/>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A16" s="3"/>
     </row>
     <row r="17" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A17" s="2"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FC9DD590-BEB4-411E-8DD9-3FB9BD2D3F6A}">
   <dimension ref="A1:N14"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
+    <sheetView workbookViewId="0">
       <pane xSplit="3" ySplit="1" topLeftCell="D2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.7109375" customWidth="1"/>
     <col min="2" max="2" width="11.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="5" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.5703125" customWidth="1"/>
     <col min="5" max="5" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.7109375" customWidth="1"/>
     <col min="7" max="7" width="25.7109375" customWidth="1"/>
     <col min="8" max="8" width="10.42578125" customWidth="1"/>
     <col min="9" max="9" width="10.85546875" customWidth="1"/>
     <col min="10" max="11" width="12.5703125" customWidth="1"/>
     <col min="12" max="12" width="69.28515625" style="5" customWidth="1"/>
     <col min="13" max="13" width="32.85546875" customWidth="1"/>
     <col min="14" max="14" width="25.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="45" x14ac:dyDescent="0.25">
       <c r="A1" s="17" t="s">