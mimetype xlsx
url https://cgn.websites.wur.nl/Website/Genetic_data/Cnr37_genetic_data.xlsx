--- v0 (2025-12-26)
+++ v1 (2026-02-15)
@@ -4,84 +4,84 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="A:\Website\Genetic_data\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\Documentatie\CGN_Databases\Roel-eval_online\Genotype information\Excel_genomic_data_backup\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8CF0E15B-4F29-4F0D-83C5-8CCF1C38D663}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{93DFB8CF-223B-40B2-A74C-A7340CE7DF49}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="8160" yWindow="3495" windowWidth="40050" windowHeight="16980" activeTab="1" xr2:uid="{9A7717BB-9515-4C6C-AD14-493145C525FF}"/>
+    <workbookView xWindow="3510" yWindow="3510" windowWidth="30645" windowHeight="16170" activeTab="1" xr2:uid="{9A7717BB-9515-4C6C-AD14-493145C525FF}"/>
   </bookViews>
   <sheets>
     <sheet name="ReadMe" sheetId="1" r:id="rId1"/>
     <sheet name="Available Datasets" sheetId="3" r:id="rId2"/>
     <sheet name="Genotyped accessions" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="290" uniqueCount="177">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="291" uniqueCount="179">
   <si>
     <t>Technology</t>
   </si>
   <si>
     <t>Data repository</t>
   </si>
   <si>
     <t>year</t>
   </si>
   <si>
     <t xml:space="preserve">Extra worksheet present? </t>
   </si>
   <si>
     <t xml:space="preserve">This file consists of three standardized worksheets, supplemented with dataset-specific information if needed. </t>
   </si>
   <si>
     <t>ReadMe</t>
   </si>
   <si>
     <t>Available Datasets</t>
   </si>
   <si>
     <t>Genotyped accessions</t>
   </si>
   <si>
@@ -623,52 +623,58 @@
   <si>
     <t>19922442</t>
   </si>
   <si>
     <t>pimpinellifolium</t>
   </si>
   <si>
     <t>IVT 65137</t>
   </si>
   <si>
     <t>1.704</t>
   </si>
   <si>
     <t>MON:IVT65137; REM:duplicate CGN15528 in archive; OBN:Lycopersicon pimpinellifollium</t>
   </si>
   <si>
     <t>3718</t>
   </si>
   <si>
     <t>NLD043</t>
   </si>
   <si>
     <t>WGS</t>
   </si>
   <si>
+    <t>Yes</t>
+  </si>
+  <si>
     <t xml:space="preserve">
 Please note that two accessions were submitted to ENA with the wrong accession number: CGN accessions CGN15791 and CGN15792 were submitted uder the names  CGN157591 and CGN15592 respectively.</t>
+  </si>
+  <si>
+    <t>This overview was last updated on :</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Courier"/>
@@ -873,51 +879,51 @@
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="66">
+  <cellXfs count="68">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="5"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
@@ -994,50 +1000,54 @@
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -1388,72 +1398,80 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pgen.1011336" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/tpj.12616" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6DA96C72-2385-483F-B8EB-1A3E4AD6ED2A}">
   <dimension ref="A2:B17"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A3" sqref="A3"/>
+      <selection activeCell="A6" sqref="A6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="26.5703125" customWidth="1"/>
+    <col min="1" max="1" width="35.42578125" customWidth="1"/>
     <col min="2" max="2" width="74.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>15</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A6" s="50" t="s">
+        <v>178</v>
+      </c>
+      <c r="B6" s="51">
+        <v>46036</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A8" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="5"/>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A10" s="10" t="s">
         <v>5</v>
       </c>
       <c r="B10" s="10" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:2" ht="45" x14ac:dyDescent="0.25">
       <c r="A11" s="11" t="s">
         <v>6</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:2" ht="30" x14ac:dyDescent="0.25">
@@ -1475,51 +1493,51 @@
     <row r="14" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A14" s="4"/>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A15" s="4"/>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A16" s="4"/>
     </row>
     <row r="17" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A17" s="3"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FC9DD590-BEB4-411E-8DD9-3FB9BD2D3F6A}">
   <dimension ref="A1:N14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="2" ySplit="1" topLeftCell="C2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight" activeCell="C2" sqref="C2:C4"/>
+      <selection pane="bottomRight" activeCell="B2" sqref="B2:B4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.7109375" customWidth="1"/>
     <col min="2" max="2" width="11.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="5" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.5703125" customWidth="1"/>
     <col min="5" max="5" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.7109375" customWidth="1"/>
     <col min="7" max="7" width="25.7109375" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
     <col min="9" max="9" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="11" width="18" customWidth="1"/>
     <col min="12" max="12" width="98.42578125" style="6" customWidth="1"/>
     <col min="13" max="13" width="79.85546875" customWidth="1"/>
     <col min="14" max="14" width="25.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="23" t="s">
         <v>14</v>
       </c>
       <c r="B1" s="24" t="s">
         <v>18</v>
@@ -1540,128 +1558,128 @@
         <v>0</v>
       </c>
       <c r="H1" s="24" t="s">
         <v>51</v>
       </c>
       <c r="I1" s="24" t="s">
         <v>1</v>
       </c>
       <c r="J1" s="24" t="s">
         <v>26</v>
       </c>
       <c r="K1" s="24" t="s">
         <v>55</v>
       </c>
       <c r="L1" s="24" t="s">
         <v>13</v>
       </c>
       <c r="M1" s="24" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="24" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:14" ht="45" x14ac:dyDescent="0.25">
-      <c r="A2" s="52">
+      <c r="A2" s="54">
         <v>1</v>
       </c>
-      <c r="B2" s="52" t="s">
+      <c r="B2" s="54" t="s">
         <v>21</v>
       </c>
-      <c r="C2" s="52">
+      <c r="C2" s="54">
         <v>2014</v>
       </c>
-      <c r="D2" s="52">
+      <c r="D2" s="54">
         <v>8</v>
       </c>
-      <c r="E2" s="54" t="s">
+      <c r="E2" s="56" t="s">
         <v>22</v>
       </c>
-      <c r="F2" s="56" t="s">
+      <c r="F2" s="58" t="s">
         <v>50</v>
       </c>
-      <c r="G2" s="52" t="s">
+      <c r="G2" s="54" t="s">
         <v>23</v>
       </c>
-      <c r="H2" s="58" t="s">
+      <c r="H2" s="60" t="s">
         <v>52</v>
       </c>
-      <c r="I2" s="52" t="s">
+      <c r="I2" s="54" t="s">
         <v>24</v>
       </c>
-      <c r="J2" s="52" t="s">
+      <c r="J2" s="54" t="s">
         <v>25</v>
       </c>
-      <c r="K2" s="58" t="s">
+      <c r="K2" s="60" t="s">
         <v>56</v>
       </c>
-      <c r="L2" s="59" t="s">
+      <c r="L2" s="61" t="s">
         <v>29</v>
       </c>
       <c r="M2" s="37" t="s">
         <v>28</v>
       </c>
-      <c r="N2" s="50" t="s">
-        <v>27</v>
+      <c r="N2" s="52" t="s">
+        <v>176</v>
       </c>
     </row>
     <row r="3" spans="1:14" ht="30" x14ac:dyDescent="0.25">
-      <c r="A3" s="52"/>
-[...10 lines deleted...]
-      <c r="L3" s="60"/>
+      <c r="A3" s="54"/>
+      <c r="B3" s="54"/>
+      <c r="C3" s="54"/>
+      <c r="D3" s="54"/>
+      <c r="E3" s="56"/>
+      <c r="F3" s="58"/>
+      <c r="G3" s="54"/>
+      <c r="H3" s="54"/>
+      <c r="I3" s="54"/>
+      <c r="J3" s="54"/>
+      <c r="K3" s="54"/>
+      <c r="L3" s="62"/>
       <c r="M3" s="15" t="s">
         <v>57</v>
       </c>
-      <c r="N3" s="50"/>
+      <c r="N3" s="52"/>
     </row>
     <row r="4" spans="1:14" ht="60" x14ac:dyDescent="0.25">
-      <c r="A4" s="53"/>
-[...10 lines deleted...]
-      <c r="L4" s="61"/>
+      <c r="A4" s="55"/>
+      <c r="B4" s="55"/>
+      <c r="C4" s="55"/>
+      <c r="D4" s="55"/>
+      <c r="E4" s="57"/>
+      <c r="F4" s="59"/>
+      <c r="G4" s="55"/>
+      <c r="H4" s="55"/>
+      <c r="I4" s="55"/>
+      <c r="J4" s="55"/>
+      <c r="K4" s="55"/>
+      <c r="L4" s="63"/>
       <c r="M4" s="16" t="s">
-        <v>176</v>
-[...1 lines deleted...]
-      <c r="N4" s="51"/>
+        <v>177</v>
+      </c>
+      <c r="N4" s="53"/>
     </row>
     <row r="5" spans="1:14" ht="30" x14ac:dyDescent="0.25">
       <c r="A5" s="20">
         <v>2</v>
       </c>
       <c r="B5" s="20" t="s">
         <v>42</v>
       </c>
       <c r="C5" s="20">
         <v>2024</v>
       </c>
       <c r="D5" s="25">
         <v>1</v>
       </c>
       <c r="E5" s="26" t="s">
         <v>45</v>
       </c>
       <c r="F5" s="30" t="s">
         <v>50</v>
       </c>
       <c r="G5" s="25" t="s">
         <v>23</v>
       </c>
       <c r="H5" s="25" t="s">
         <v>52</v>
@@ -1719,154 +1737,154 @@
     <mergeCell ref="G2:G4"/>
     <mergeCell ref="I2:I4"/>
     <mergeCell ref="J2:J4"/>
     <mergeCell ref="F2:F4"/>
     <mergeCell ref="H2:H4"/>
     <mergeCell ref="K2:K4"/>
     <mergeCell ref="L2:L4"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E2:E4" r:id="rId1" display="10.1111/tpj.12616" xr:uid="{2E55A33C-109A-4A15-8723-7D27EF5238A1}"/>
     <hyperlink ref="E5" r:id="rId2" xr:uid="{14B5AAC5-21CD-450B-9DB0-49C06F19B1B9}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A5CCCB69-03E0-47BD-9CD8-BEC57327DA7F}">
   <dimension ref="A1:AA353"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="3" ySplit="3" topLeftCell="D4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" activeCell="A12" sqref="A12"/>
+      <selection pane="bottomRight" activeCell="H37" sqref="H37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="28" customWidth="1"/>
     <col min="2" max="2" width="19.85546875" customWidth="1"/>
     <col min="3" max="3" width="18.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="10.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="8.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="27" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="8.85546875" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="24.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="8.140625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="64.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="8.85546875" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="10.28515625" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.28515625" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="9.7109375" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="8.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="11.5703125" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="11.85546875" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="13.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="10.85546875" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="10.28515625" bestFit="1" customWidth="1"/>
     <col min="27" max="27" width="12.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:27" x14ac:dyDescent="0.25">
       <c r="A1" s="34" t="s">
         <v>53</v>
       </c>
       <c r="B1" s="31">
         <v>1</v>
       </c>
       <c r="C1" s="31">
         <v>2</v>
       </c>
       <c r="D1" s="33"/>
-      <c r="E1" s="62" t="s">
+      <c r="E1" s="64" t="s">
         <v>58</v>
       </c>
-      <c r="F1" s="63"/>
-[...20 lines deleted...]
-      <c r="AA1" s="64"/>
+      <c r="F1" s="65"/>
+      <c r="G1" s="65"/>
+      <c r="H1" s="65"/>
+      <c r="I1" s="65"/>
+      <c r="J1" s="65"/>
+      <c r="K1" s="65"/>
+      <c r="L1" s="65"/>
+      <c r="M1" s="65"/>
+      <c r="N1" s="65"/>
+      <c r="O1" s="65"/>
+      <c r="P1" s="65"/>
+      <c r="Q1" s="65"/>
+      <c r="R1" s="65"/>
+      <c r="S1" s="65"/>
+      <c r="T1" s="65"/>
+      <c r="U1" s="65"/>
+      <c r="V1" s="65"/>
+      <c r="W1" s="65"/>
+      <c r="X1" s="65"/>
+      <c r="Y1" s="65"/>
+      <c r="Z1" s="65"/>
+      <c r="AA1" s="66"/>
     </row>
     <row r="2" spans="1:27" x14ac:dyDescent="0.25">
       <c r="A2" s="36" t="s">
         <v>54</v>
       </c>
       <c r="B2" s="32" t="s">
         <v>175</v>
       </c>
       <c r="C2" s="41" t="s">
         <v>175</v>
       </c>
       <c r="D2" s="38"/>
-      <c r="E2" s="65"/>
-[...21 lines deleted...]
-      <c r="AA2" s="64"/>
+      <c r="E2" s="67"/>
+      <c r="F2" s="65"/>
+      <c r="G2" s="65"/>
+      <c r="H2" s="65"/>
+      <c r="I2" s="65"/>
+      <c r="J2" s="65"/>
+      <c r="K2" s="65"/>
+      <c r="L2" s="65"/>
+      <c r="M2" s="65"/>
+      <c r="N2" s="65"/>
+      <c r="O2" s="65"/>
+      <c r="P2" s="65"/>
+      <c r="Q2" s="65"/>
+      <c r="R2" s="65"/>
+      <c r="S2" s="65"/>
+      <c r="T2" s="65"/>
+      <c r="U2" s="65"/>
+      <c r="V2" s="65"/>
+      <c r="W2" s="65"/>
+      <c r="X2" s="65"/>
+      <c r="Y2" s="65"/>
+      <c r="Z2" s="65"/>
+      <c r="AA2" s="66"/>
     </row>
     <row r="3" spans="1:27" x14ac:dyDescent="0.25">
       <c r="A3" s="35" t="s">
         <v>16</v>
       </c>
       <c r="B3" s="17" t="s">
         <v>38</v>
       </c>
       <c r="C3" s="42" t="s">
         <v>44</v>
       </c>
       <c r="D3" s="39"/>
       <c r="E3" s="45" t="s">
         <v>59</v>
       </c>
       <c r="F3" s="45" t="s">
         <v>60</v>
       </c>
       <c r="G3" s="45" t="s">
         <v>61</v>
       </c>
       <c r="H3" s="45" t="s">
         <v>62</v>
       </c>
       <c r="I3" s="45" t="s">