--- v0 (2025-10-18)
+++ v1 (2026-02-15)
@@ -1,89 +1,95 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://wageningenur4-my.sharepoint.com/personal/erik_wijnker_wur_nl/Documents/Projecten/KB plant Digital genebank/Verbeteringsronde/nog te uploaden en wegnschijven/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\Documentatie\CGN_Databases\Roel-eval_online\Genotype information\Excel_genomic_data_backup\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="3" documentId="13_ncr:1_{2F66B6CC-0E33-496A-AEFE-4E9ECED9082A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{2F25E7BE-BC92-45E5-B2D0-75A57F8DAE1A}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CB907CCB-33C3-469F-AB5D-F71AFBCC8A22}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="2550" yWindow="3030" windowWidth="42360" windowHeight="19590" activeTab="1" xr2:uid="{9A7717BB-9515-4C6C-AD14-493145C525FF}"/>
+    <workbookView xWindow="3900" yWindow="3900" windowWidth="30645" windowHeight="16170" activeTab="1" xr2:uid="{9A7717BB-9515-4C6C-AD14-493145C525FF}"/>
   </bookViews>
   <sheets>
     <sheet name="ReadMe" sheetId="1" r:id="rId1"/>
     <sheet name="Available Datasets" sheetId="3" r:id="rId2"/>
     <sheet name="Genotyped accessions" sheetId="2" r:id="rId3"/>
-    <sheet name="Gyawali et al., 2021" sheetId="4" r:id="rId4"/>
+    <sheet name="Hulse-Kemp 2021" sheetId="7" r:id="rId4"/>
+    <sheet name="Gyawali 2021" sheetId="4" r:id="rId5"/>
+    <sheet name="Bhattarai 2022" sheetId="5" r:id="rId6"/>
+    <sheet name="Rueda 2022" sheetId="6" r:id="rId7"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="352" uniqueCount="276">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4445" uniqueCount="1717">
   <si>
     <t>Technology</t>
   </si>
   <si>
     <t>Data repository</t>
   </si>
   <si>
     <t>year</t>
   </si>
   <si>
     <t xml:space="preserve">Extra worksheet present? </t>
   </si>
   <si>
     <t xml:space="preserve">This file consists of three standardized worksheets, supplemented with dataset-specific information if needed. </t>
   </si>
   <si>
     <t>ReadMe</t>
   </si>
   <si>
     <t>Available Datasets</t>
   </si>
   <si>
     <t>Genotyped accessions</t>
   </si>
   <si>
@@ -578,53 +584,50 @@
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">. </t>
     </r>
   </si>
   <si>
     <t>Gyawali et al.</t>
   </si>
   <si>
     <t>10.3389/fgene.2021.740437</t>
   </si>
   <si>
     <t xml:space="preserve">Genotyping by sequencing (GBS) </t>
   </si>
   <si>
     <t>Figshare</t>
   </si>
   <si>
     <t>doi: 10.6084/m9.figshare.15043191.v1</t>
   </si>
   <si>
     <t>Project identification number</t>
   </si>
   <si>
-    <t>The .vcf file for this study is available, but raw sequence data are not.</t>
-[...1 lines deleted...]
-  <si>
     <t>Yes</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t xml:space="preserve">The sample numbers in the .vcf file can be linked to CGN numbers using Supplementary Table 1 of the publication Gyawali et al., 2021. </t>
   </si>
   <si>
     <t>Gyawali et al, 2021</t>
   </si>
   <si>
     <t>St1</t>
   </si>
   <si>
     <t>CGN24992</t>
   </si>
   <si>
     <t>St2</t>
   </si>
   <si>
     <t>St3</t>
   </si>
   <si>
     <t>CGN25006</t>
@@ -985,80 +988,4406 @@
       <t>Gyawali et al. (2021) genotyped 72 CGN Spinacia turkestanica accessions using GBS to study the domestication of</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> S. oleracea</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>. The authors extracted 7065 SNP markers from their GBS dataset.</t>
     </r>
   </si>
   <si>
-    <t>All sequenced accessions</t>
-[...1 lines deleted...]
-  <si>
     <t>Severing et al., 2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>whole genome sequencing</t>
   </si>
   <si>
     <t>GBS</t>
   </si>
   <si>
     <t>dataset</t>
   </si>
   <si>
     <t>technique</t>
   </si>
   <si>
     <t xml:space="preserve">Links between CGN accession numbers and files with raw sequence reads are clear on the ENA.  
 </t>
   </si>
   <si>
-    <t xml:space="preserve">Datasets below list all accessions of spinach and wild relatives for which whole genome sequence (WGS) data are available. </t>
+    <t>Data type</t>
+  </si>
+  <si>
+    <t>Sequence reads</t>
+  </si>
+  <si>
+    <t>Mapped markers</t>
+  </si>
+  <si>
+    <t>.vcf available?</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>no</t>
+  </si>
+  <si>
+    <t>Yes, through figshare</t>
+  </si>
+  <si>
+    <t>Raw sequence data are not available for this study, but the .vcf can be accessed as supplemental data.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Please note that the link to the supplementary data (.vcf) in the online version of the manuscript is dysfunctional. The data can be accessed by 1) copying the link to your browser or 2) following the link in column K. </t>
+  </si>
+  <si>
+    <t>Passport data</t>
+  </si>
+  <si>
+    <t>RECEIPTNUMB</t>
+  </si>
+  <si>
+    <t>COLLNUMB</t>
+  </si>
+  <si>
+    <t>GENUS</t>
+  </si>
+  <si>
+    <t>SPECIES</t>
+  </si>
+  <si>
+    <t>SUBTAXA</t>
+  </si>
+  <si>
+    <t>ACCNAME</t>
+  </si>
+  <si>
+    <t>ORIGCTY</t>
+  </si>
+  <si>
+    <t>COLLSITE</t>
+  </si>
+  <si>
+    <t>LATITUDE</t>
+  </si>
+  <si>
+    <t>LONGITUDE</t>
+  </si>
+  <si>
+    <t>UNCERTAINTY</t>
+  </si>
+  <si>
+    <t>ELEVATION</t>
+  </si>
+  <si>
+    <t>COLLDATE</t>
+  </si>
+  <si>
+    <t>SAMPSTAT</t>
+  </si>
+  <si>
+    <t>COLLSRC</t>
+  </si>
+  <si>
+    <t>DONORCODE</t>
+  </si>
+  <si>
+    <t>DONORNUMB</t>
+  </si>
+  <si>
+    <t>OTHERNUMB</t>
+  </si>
+  <si>
+    <t>REMARKS</t>
+  </si>
+  <si>
+    <t>*ORIGADDR</t>
+  </si>
+  <si>
+    <t>*SUBCROP</t>
+  </si>
+  <si>
+    <t>*SECDONOR</t>
+  </si>
+  <si>
+    <t>Resistoflay</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>WGS</t>
+  </si>
+  <si>
+    <t>Bhattarai et al.</t>
+  </si>
+  <si>
+    <t>10.1093/hr/uhac205</t>
+  </si>
+  <si>
+    <t>PRJNA860974</t>
+  </si>
+  <si>
+    <t>SRA</t>
+  </si>
+  <si>
+    <t>Accession number: 19773070</t>
+  </si>
+  <si>
+    <t>Bhattarai et al., 2022</t>
+  </si>
+  <si>
+    <t>PI205231</t>
+  </si>
+  <si>
+    <t>PI205235</t>
+  </si>
+  <si>
+    <t>PI217425</t>
+  </si>
+  <si>
+    <t>PI319220</t>
+  </si>
+  <si>
+    <t>PI204732</t>
+  </si>
+  <si>
+    <t>PI169026</t>
+  </si>
+  <si>
+    <t>PI169671</t>
+  </si>
+  <si>
+    <t>PI169685</t>
+  </si>
+  <si>
+    <t>PI171865</t>
+  </si>
+  <si>
+    <t>PI174385</t>
+  </si>
+  <si>
+    <t>PI176772</t>
+  </si>
+  <si>
+    <t>PI176778</t>
+  </si>
+  <si>
+    <t>PI179043</t>
+  </si>
+  <si>
+    <t>PI175595</t>
+  </si>
+  <si>
+    <t>PI192945</t>
+  </si>
+  <si>
+    <t>PI200882</t>
+  </si>
+  <si>
+    <t>PI204632</t>
+  </si>
+  <si>
+    <t>PI204733</t>
+  </si>
+  <si>
+    <t>PI204734</t>
+  </si>
+  <si>
+    <t>PI204735</t>
+  </si>
+  <si>
+    <t>PI204736</t>
+  </si>
+  <si>
+    <t>PI205232</t>
+  </si>
+  <si>
+    <t>PI205233</t>
+  </si>
+  <si>
+    <t>PI205234</t>
+  </si>
+  <si>
+    <t>PI206473</t>
+  </si>
+  <si>
+    <t>PI206474</t>
+  </si>
+  <si>
+    <t>PI206475</t>
+  </si>
+  <si>
+    <t>PI206753</t>
+  </si>
+  <si>
+    <t>PI207518</t>
+  </si>
+  <si>
+    <t>PI211632</t>
+  </si>
+  <si>
+    <t>CGN14176</t>
+  </si>
+  <si>
+    <t>CGN14178</t>
+  </si>
+  <si>
+    <t>CGN14185</t>
+  </si>
+  <si>
+    <t>CGN14210</t>
+  </si>
+  <si>
+    <t>CGN09499</t>
+  </si>
+  <si>
+    <t>CGN09500</t>
+  </si>
+  <si>
+    <t>CGN09502</t>
+  </si>
+  <si>
+    <t>CGN09503</t>
+  </si>
+  <si>
+    <t>CGN09507</t>
+  </si>
+  <si>
+    <t>CGN09508</t>
+  </si>
+  <si>
+    <t>CGN09509</t>
+  </si>
+  <si>
+    <t>CGN09543</t>
+  </si>
+  <si>
+    <t>CGN09615</t>
+  </si>
+  <si>
+    <t>CGN09617</t>
+  </si>
+  <si>
+    <t>CGN09619</t>
+  </si>
+  <si>
+    <t>CGN09620</t>
+  </si>
+  <si>
+    <t>CGN09621</t>
+  </si>
+  <si>
+    <t>CGN09624</t>
+  </si>
+  <si>
+    <t>CGN09625</t>
+  </si>
+  <si>
+    <t>CGN09628</t>
+  </si>
+  <si>
+    <t>CGN09629</t>
+  </si>
+  <si>
+    <t>CGN09630</t>
+  </si>
+  <si>
+    <t>CGN09634</t>
+  </si>
+  <si>
+    <t>sample number in publication</t>
+  </si>
+  <si>
+    <t>Rueda et al.</t>
+  </si>
+  <si>
+    <t>10.3389/fgene.2021.752313</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Genotyping by sequencing (GBS) (ddRADseq) </t>
+  </si>
+  <si>
+    <t>PRJNA779442</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A collection of 352 spinach accessions (S. olearcea) was used in a GWAS screen for ascorbic acid content. All accessions were derived from the USDA germplasm collection, but 27 of hose have parallel numbers in the CGN collection: the CGN preserves the same accessions in its collection, but under a CGN number rather than a PI number. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Accessions held by the CGN may differ from those kept at the USDA, because populations were maintained seperately. </t>
+  </si>
+  <si>
+    <t>Please note that the samples on the SRA are more easily identified by their USDA-derived PI-numbers. The CGN accession number is indicated as "cultivar" on the SRA database.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Please note that the samples on the SRA are more easily identified by their USDA-derived PI-numbers. The CGN accession number is indicated as "cultivar" on the SRA database. </t>
+  </si>
+  <si>
+    <t>Rueda et al., 2022</t>
+  </si>
+  <si>
+    <t>CGN09636</t>
+  </si>
+  <si>
+    <t>CGN09639</t>
+  </si>
+  <si>
+    <t>P02_F05_Spinach_162</t>
+  </si>
+  <si>
+    <t>P01_E08_Spinach_57</t>
+  </si>
+  <si>
+    <t>P01_F07_Spinach_68</t>
+  </si>
+  <si>
+    <t>P01_G07_Spinach_80</t>
+  </si>
+  <si>
+    <t>P02_B05_Spinach_114</t>
+  </si>
+  <si>
+    <t>P02_B11_Spinach_120</t>
+  </si>
+  <si>
+    <t>P02_C08_Spinach_129</t>
+  </si>
+  <si>
+    <t>P02_A05_Spinach_102</t>
+  </si>
+  <si>
+    <t>P02_E01_Spinach_146</t>
+  </si>
+  <si>
+    <t>P02_E02_Spinach_147</t>
+  </si>
+  <si>
+    <t>P02_E03_Spinach_148</t>
+  </si>
+  <si>
+    <t>P02_E04_Spinach_149</t>
+  </si>
+  <si>
+    <t>P02_E05_Spinach_150</t>
+  </si>
+  <si>
+    <t>P02_E06_Spinach_151</t>
+  </si>
+  <si>
+    <t>P02_E07_Spinach_153</t>
+  </si>
+  <si>
+    <t>P02_E09_Spinach_154</t>
+  </si>
+  <si>
+    <t>P02_E10_Spinach_155</t>
+  </si>
+  <si>
+    <t>P02_E11_Spinach_156</t>
+  </si>
+  <si>
+    <t>P02_E12_Spinach_157</t>
+  </si>
+  <si>
+    <t>P02_F01_Spinach_158</t>
+  </si>
+  <si>
+    <t>P02_F02_Spinach_159</t>
+  </si>
+  <si>
+    <t>P02_F03_Spinach_160</t>
+  </si>
+  <si>
+    <t>P02_F04_Spinach_161</t>
+  </si>
+  <si>
+    <t>P02_F06_Spinach_163</t>
+  </si>
+  <si>
+    <t>P02_A02_Spinach_99</t>
+  </si>
+  <si>
+    <t>P03_A08_Spinach_201</t>
+  </si>
+  <si>
+    <t>P03_B02_Spinach_207</t>
+  </si>
+  <si>
+    <t>Hulse-Kemp</t>
+  </si>
+  <si>
+    <t>Hulse-Kemp, 2021</t>
+  </si>
+  <si>
+    <t>CGN09479</t>
+  </si>
+  <si>
+    <t>CGN09480</t>
+  </si>
+  <si>
+    <t>CGN09487</t>
+  </si>
+  <si>
+    <t>CGN09554</t>
+  </si>
+  <si>
+    <t>CGN09555</t>
+  </si>
+  <si>
+    <t>CGN15788</t>
+  </si>
+  <si>
+    <t>CGN16786</t>
+  </si>
+  <si>
+    <t>CGN16789</t>
+  </si>
+  <si>
+    <t>CGN16793</t>
+  </si>
+  <si>
+    <t>CGN18787</t>
+  </si>
+  <si>
+    <t>CGN18790</t>
+  </si>
+  <si>
+    <t>CGN18791</t>
+  </si>
+  <si>
+    <t>PRJNA663886</t>
+  </si>
+  <si>
+    <t>10.1002/tpg2.20101</t>
+  </si>
+  <si>
+    <t>SAMN16177658</t>
+  </si>
+  <si>
+    <t>SAMN16177657</t>
+  </si>
+  <si>
+    <t>SAMN16177655</t>
+  </si>
+  <si>
+    <t>SAMN16177654</t>
+  </si>
+  <si>
+    <t>SAMN16177651</t>
+  </si>
+  <si>
+    <t>SAMN16177650</t>
+  </si>
+  <si>
+    <t>SAMN16177649</t>
+  </si>
+  <si>
+    <t>SAMN16177601</t>
+  </si>
+  <si>
+    <t>SAMN16177600</t>
+  </si>
+  <si>
+    <t>Sample number SRA database</t>
+  </si>
+  <si>
+    <t>CGN09663</t>
+  </si>
+  <si>
+    <t>PI321020</t>
+  </si>
+  <si>
+    <t>PI179590</t>
+  </si>
+  <si>
+    <t>CGN09510</t>
+  </si>
+  <si>
+    <t>Original name in paper</t>
+  </si>
+  <si>
+    <t>Longstanding_Bloomsdale_OP</t>
+  </si>
+  <si>
+    <t>Meerkat</t>
+  </si>
+  <si>
+    <t>CGN09397</t>
+  </si>
+  <si>
+    <t>CGN25556</t>
+  </si>
+  <si>
+    <t>Nihon</t>
+  </si>
+  <si>
+    <t>CGN16788</t>
+  </si>
+  <si>
+    <t>Pigeon</t>
+  </si>
+  <si>
+    <t>CGN25564</t>
+  </si>
+  <si>
+    <t>Winter_Bloomsdale_OP</t>
+  </si>
+  <si>
+    <t>CGN14200</t>
+  </si>
+  <si>
+    <t>Butterflay_OP</t>
+  </si>
+  <si>
+    <t>Caladonia</t>
+  </si>
+  <si>
+    <t>Califlay</t>
+  </si>
+  <si>
+    <t>CGN09401</t>
+  </si>
+  <si>
+    <t>CGN25695</t>
+  </si>
+  <si>
+    <t>CGN09402</t>
+  </si>
+  <si>
+    <t>SAMN16177599</t>
+  </si>
+  <si>
+    <t>SAMN16177652</t>
+  </si>
+  <si>
+    <t>SAMN16177656</t>
+  </si>
+  <si>
+    <t>SAMN16177653</t>
+  </si>
+  <si>
+    <t>SAMN16177627</t>
+  </si>
+  <si>
+    <t>SAMN16177602</t>
+  </si>
+  <si>
+    <t>SAMN16177633</t>
+  </si>
+  <si>
+    <t>SAMN16177666</t>
+  </si>
+  <si>
+    <t>SAMN16177648</t>
+  </si>
+  <si>
+    <t>SAMN16177597</t>
+  </si>
+  <si>
+    <t>SAMN16177646</t>
+  </si>
+  <si>
+    <t>SAMN16177641</t>
+  </si>
+  <si>
+    <t>SAMN16177670</t>
+  </si>
+  <si>
+    <t>SAMN16177638</t>
+  </si>
+  <si>
+    <t>SAMN16177596</t>
+  </si>
+  <si>
+    <t>SAMN16177647</t>
+  </si>
+  <si>
+    <t>Sample name consistent with CGN accession</t>
+  </si>
+  <si>
+    <t>remark</t>
+  </si>
+  <si>
+    <t>A publication that describes a spinach genome assembly (acc. Viroflay) but also reports the re-sequencing 75 spinach accessions, among which are 27 accessions that are available from the CGN. 12 of the used accessions  were directly obtained from the CGN. 5 additional accessions are accessions from the USDA (PI numbers), but those accessions are also held as duplicates at the CGN. Lastly, there are 9 accessions (two of which were obtained from the CGN: "Pigeon" and "Longstanding_Bloomdale_OP") that are being held in the CGN collection, but it is possible that the seeds were obtained from different sources.</t>
+  </si>
+  <si>
+    <t>yes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Please note that for 15 of the 27 accessions there may be sequence divergence, as the seeds may have been obtained from different sources.  This is highlighted in the extra worksheet. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The USDA holds a duplicate accession, that was likely used for sequencing. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sample name consistent with CGN accession, CGN was source of this material. </t>
+  </si>
+  <si>
+    <t>A collection of 434 spinach accessions (S. olearcea) was used in a GWAS screen for downey mildew resistance. All accessions were derived from the USDA germplasm collection, but 36 of hose have parallel numbers in the CGN collection: the CGN preserves the same accessions in its collection, but under a CGN number rather than a PI number.</t>
+  </si>
+  <si>
+    <t>19870407</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>Spinacia</t>
+  </si>
+  <si>
+    <t>oleracea</t>
+  </si>
+  <si>
+    <t>Bloomsdale Blight Resistant</t>
+  </si>
+  <si>
+    <t>NLD</t>
+  </si>
+  <si>
+    <t>52.2</t>
+  </si>
+  <si>
+    <t>5.4</t>
+  </si>
+  <si>
+    <t>181007</t>
+  </si>
+  <si>
+    <t>NLD083</t>
+  </si>
+  <si>
+    <t>IVT SP7</t>
+  </si>
+  <si>
+    <t>TYP:Bloomsdale Longstanding</t>
+  </si>
+  <si>
+    <t>NLD057</t>
+  </si>
+  <si>
+    <t>1610</t>
+  </si>
+  <si>
+    <t>19870411</t>
+  </si>
+  <si>
+    <t>Butterflay</t>
+  </si>
+  <si>
+    <t>IVT SP11</t>
+  </si>
+  <si>
+    <t>TYP:Butterflay</t>
+  </si>
+  <si>
+    <t>NLD026</t>
+  </si>
+  <si>
+    <t>19870412</t>
+  </si>
+  <si>
+    <t>USA</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>-125</t>
+  </si>
+  <si>
+    <t>4342333</t>
+  </si>
+  <si>
+    <t>IVT SP12</t>
+  </si>
+  <si>
+    <t>TYP:Califlay</t>
+  </si>
+  <si>
+    <t>19870422</t>
+  </si>
+  <si>
+    <t>NPL</t>
+  </si>
+  <si>
+    <t>28.2</t>
+  </si>
+  <si>
+    <t>84.2</t>
+  </si>
+  <si>
+    <t>427577</t>
+  </si>
+  <si>
+    <t>3.2</t>
+  </si>
+  <si>
+    <t>IVT SP24</t>
+  </si>
+  <si>
+    <t>REM:collected by van der Laar, nr 4009</t>
+  </si>
+  <si>
+    <t>19870466</t>
+  </si>
+  <si>
+    <t>IVT SP70</t>
+  </si>
+  <si>
+    <t>NLD025</t>
+  </si>
+  <si>
+    <t>19870487</t>
+  </si>
+  <si>
+    <t>turkestanica</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>IVT SP91</t>
+  </si>
+  <si>
+    <t>REM:possibly intermediate between S. turkestanica and S. oleracea, IPK SPI number unknown</t>
+  </si>
+  <si>
+    <t>DEU146</t>
+  </si>
+  <si>
+    <t>1620</t>
+  </si>
+  <si>
+    <t>19870492</t>
+  </si>
+  <si>
+    <t>Viking</t>
+  </si>
+  <si>
+    <t>IVT SP96</t>
+  </si>
+  <si>
+    <t>TYP:Viking</t>
+  </si>
+  <si>
+    <t>19870494</t>
+  </si>
+  <si>
+    <t>Viroflay</t>
+  </si>
+  <si>
+    <t>FRA</t>
+  </si>
+  <si>
+    <t>45.7</t>
+  </si>
+  <si>
+    <t>2.9</t>
+  </si>
+  <si>
+    <t>697206</t>
+  </si>
+  <si>
+    <t>IVT SP98</t>
+  </si>
+  <si>
+    <t>TYP:Viroflay</t>
+  </si>
+  <si>
+    <t>FRA016</t>
+  </si>
+  <si>
+    <t>19870511</t>
+  </si>
+  <si>
+    <t>IRN</t>
+  </si>
+  <si>
+    <t>Valley N.E. of Meshed, N.E.-Iran</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>1180933</t>
+  </si>
+  <si>
+    <t>IVT SP116</t>
+  </si>
+  <si>
+    <t>EE 1</t>
+  </si>
+  <si>
+    <t>REM:via FAO</t>
+  </si>
+  <si>
+    <t>19870512</t>
+  </si>
+  <si>
+    <t>IVT SP117</t>
+  </si>
+  <si>
+    <t>EE 2</t>
+  </si>
+  <si>
+    <t>19870513</t>
+  </si>
+  <si>
+    <t>TWN</t>
+  </si>
+  <si>
+    <t>23.6</t>
+  </si>
+  <si>
+    <t>121.1</t>
+  </si>
+  <si>
+    <t>196383</t>
+  </si>
+  <si>
+    <t>IVT SP120</t>
+  </si>
+  <si>
+    <t>CN 06-026; EE 14</t>
+  </si>
+  <si>
+    <t>TWN006</t>
+  </si>
+  <si>
+    <t>19870514</t>
+  </si>
+  <si>
+    <t>IVT SP121</t>
+  </si>
+  <si>
+    <t>CN 06-026; EE 15</t>
+  </si>
+  <si>
+    <t>19870521</t>
+  </si>
+  <si>
+    <t>Uzho</t>
+  </si>
+  <si>
+    <t>JPN</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
+    <t>1560424</t>
+  </si>
+  <si>
+    <t>IVT SP128</t>
+  </si>
+  <si>
+    <t>508; EE 11</t>
+  </si>
+  <si>
+    <t>RUS001</t>
+  </si>
+  <si>
+    <t>19870526</t>
+  </si>
+  <si>
+    <t>Daghestan</t>
+  </si>
+  <si>
+    <t>RUS</t>
+  </si>
+  <si>
+    <t>Dagestan</t>
+  </si>
+  <si>
+    <t>43.1</t>
+  </si>
+  <si>
+    <t>46.9</t>
+  </si>
+  <si>
+    <t>230646</t>
+  </si>
+  <si>
+    <t>IVT SP133</t>
+  </si>
+  <si>
+    <t>217; EE 21</t>
+  </si>
+  <si>
+    <t>19870533</t>
+  </si>
+  <si>
+    <t>Harlan 2920</t>
+  </si>
+  <si>
+    <t>TUR</t>
+  </si>
+  <si>
+    <t>Marmara Region, Canakkale Province</t>
+  </si>
+  <si>
+    <t>40.15</t>
+  </si>
+  <si>
+    <t>26.4</t>
+  </si>
+  <si>
+    <t>5000</t>
+  </si>
+  <si>
+    <t>1948----</t>
+  </si>
+  <si>
+    <t>IVT SP140</t>
+  </si>
+  <si>
+    <t>EE 30; PI 169026</t>
+  </si>
+  <si>
+    <t>USA020</t>
+  </si>
+  <si>
+    <t>19870534</t>
+  </si>
+  <si>
+    <t>Harlan 1727</t>
+  </si>
+  <si>
+    <t>Burdur, Mediterranean Region, Burdur Province</t>
+  </si>
+  <si>
+    <t>37.717</t>
+  </si>
+  <si>
+    <t>30.283</t>
+  </si>
+  <si>
+    <t>IVT SP141</t>
+  </si>
+  <si>
+    <t>EE 31; PI 169671</t>
+  </si>
+  <si>
+    <t>19870536</t>
+  </si>
+  <si>
+    <t>Harlan 3132</t>
+  </si>
+  <si>
+    <t>Ayvalik, Marmara Region, Balikesir Province</t>
+  </si>
+  <si>
+    <t>39.3</t>
+  </si>
+  <si>
+    <t>26.683</t>
+  </si>
+  <si>
+    <t>3.4</t>
+  </si>
+  <si>
+    <t>IVT SP143</t>
+  </si>
+  <si>
+    <t>EE 33; PI 169685</t>
+  </si>
+  <si>
+    <t>19870537</t>
+  </si>
+  <si>
+    <t>Harlan 7044</t>
+  </si>
+  <si>
+    <t>Trabzon, Black Sea Region, Trabzon Province</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>39.717</t>
+  </si>
+  <si>
+    <t>IVT SP144</t>
+  </si>
+  <si>
+    <t>EE 34; PI 171865</t>
+  </si>
+  <si>
+    <t>19870538</t>
+  </si>
+  <si>
+    <t>Harlan 8070</t>
+  </si>
+  <si>
+    <t>Diyarbakir, Southeastern Anatolia Region, Diyarbakir Province</t>
+  </si>
+  <si>
+    <t>37.917</t>
+  </si>
+  <si>
+    <t>40.233</t>
+  </si>
+  <si>
+    <t>IVT SP145</t>
+  </si>
+  <si>
+    <t>EE 35; PI 174385</t>
+  </si>
+  <si>
+    <t>19870539</t>
+  </si>
+  <si>
+    <t>Koelz 10054</t>
+  </si>
+  <si>
+    <t>Palak</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Uttarkashi, Tehri</t>
+  </si>
+  <si>
+    <t>30.383</t>
+  </si>
+  <si>
+    <t>78.483</t>
+  </si>
+  <si>
+    <t>1135</t>
+  </si>
+  <si>
+    <t>IVT SP146</t>
+  </si>
+  <si>
+    <t>EE 36; PI 175311</t>
+  </si>
+  <si>
+    <t>19870541</t>
+  </si>
+  <si>
+    <t>Harlan 9261</t>
+  </si>
+  <si>
+    <t>Nigde, Central Anatolia Region, Nigde Province</t>
+  </si>
+  <si>
+    <t>37.983</t>
+  </si>
+  <si>
+    <t>34.7</t>
+  </si>
+  <si>
+    <t>IVT SP148</t>
+  </si>
+  <si>
+    <t>EE 39; PI 176772</t>
+  </si>
+  <si>
+    <t>19870542</t>
+  </si>
+  <si>
+    <t>Harlan 9524</t>
+  </si>
+  <si>
+    <t>Deresakari, Marmara Region, Bilecik Province</t>
+  </si>
+  <si>
+    <t>30.133</t>
+  </si>
+  <si>
+    <t>IVT SP149</t>
+  </si>
+  <si>
+    <t>EE 40; PI 176778</t>
+  </si>
+  <si>
+    <t>19870543</t>
+  </si>
+  <si>
+    <t>Harlan 9645</t>
+  </si>
+  <si>
+    <t>Sivrihisar, Central Anatolia Region, Eskisehir Province</t>
+  </si>
+  <si>
+    <t>39.45</t>
+  </si>
+  <si>
+    <t>31.567</t>
+  </si>
+  <si>
+    <t>IVT SP150</t>
+  </si>
+  <si>
+    <t>EE 41; PI 179043</t>
+  </si>
+  <si>
+    <t>19870544</t>
+  </si>
+  <si>
+    <t>Groene van Massey</t>
+  </si>
+  <si>
+    <t>IVT SP151</t>
+  </si>
+  <si>
+    <t>EE 42; PI 179590</t>
+  </si>
+  <si>
+    <t>REM:received by ARSNPI from Belot, Etienne and Company, Belgium in 1949</t>
+  </si>
+  <si>
+    <t>19870554</t>
+  </si>
+  <si>
+    <t>var. oleracea</t>
+  </si>
+  <si>
+    <t>AFG</t>
+  </si>
+  <si>
+    <t>former Turkestan Province</t>
+  </si>
+  <si>
+    <t>37.1</t>
+  </si>
+  <si>
+    <t>68.9</t>
+  </si>
+  <si>
+    <t>100000</t>
+  </si>
+  <si>
+    <t>IVT SP161</t>
+  </si>
+  <si>
+    <t>EE 55; SPI 108/04</t>
+  </si>
+  <si>
+    <t>REM:German Hindukush exp. 1935/1936, coll nr 56</t>
+  </si>
+  <si>
+    <t>19870559</t>
+  </si>
+  <si>
+    <t>CHN</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>3068461</t>
+  </si>
+  <si>
+    <t>IVT SP166</t>
+  </si>
+  <si>
+    <t>EE 63; SPI 122/64</t>
+  </si>
+  <si>
+    <t>REM:China exp. 1956, coll nr 32, from seed shop S.W. Beijing</t>
+  </si>
+  <si>
+    <t>19870563</t>
+  </si>
+  <si>
+    <t>33.9</t>
+  </si>
+  <si>
+    <t>67.7</t>
+  </si>
+  <si>
+    <t>776777</t>
+  </si>
+  <si>
+    <t>IVT SP170</t>
+  </si>
+  <si>
+    <t>EE 68; SPI 110/68</t>
+  </si>
+  <si>
+    <t>REM:German Hindukush exp. 1935/1936, coll nr 581</t>
+  </si>
+  <si>
+    <t>19870564</t>
+  </si>
+  <si>
+    <t>var. inermis</t>
+  </si>
+  <si>
+    <t>GRC</t>
+  </si>
+  <si>
+    <t>Welestinos, N.-Greece</t>
+  </si>
+  <si>
+    <t>39.7</t>
+  </si>
+  <si>
+    <t>23.7</t>
+  </si>
+  <si>
+    <t>337976</t>
+  </si>
+  <si>
+    <t>IVT SP171</t>
+  </si>
+  <si>
+    <t>EE 69; SPI 11/65</t>
+  </si>
+  <si>
+    <t>REM:Balkan exp. 1941, coll nr 1287</t>
+  </si>
+  <si>
+    <t>19870566</t>
+  </si>
+  <si>
+    <t>IVT SP173</t>
+  </si>
+  <si>
+    <t>EE 71; SPI 13/65</t>
+  </si>
+  <si>
+    <t>REM:German Hindukush exp. 1935/1936, coll nr 535</t>
+  </si>
+  <si>
+    <t>19870571</t>
+  </si>
+  <si>
+    <t>IVT SP178</t>
+  </si>
+  <si>
+    <t>EE 77; SPI 125/64</t>
+  </si>
+  <si>
+    <t>REM:China exp. 1956, coll nr 270, from seed shop Harbin</t>
+  </si>
+  <si>
+    <t>19870578</t>
+  </si>
+  <si>
+    <t>Harlan 5983</t>
+  </si>
+  <si>
+    <t>Marmara Region, Canakkale Province, Biga District</t>
+  </si>
+  <si>
+    <t>40.217</t>
+  </si>
+  <si>
+    <t>27.233</t>
+  </si>
+  <si>
+    <t>IVT SP187</t>
+  </si>
+  <si>
+    <t>EE 37; PI 175595</t>
+  </si>
+  <si>
+    <t>OBN:S. spinoza</t>
+  </si>
+  <si>
+    <t>19870581</t>
+  </si>
+  <si>
+    <t>UZB</t>
+  </si>
+  <si>
+    <t>Navoiy Region</t>
+  </si>
+  <si>
+    <t>41.4</t>
+  </si>
+  <si>
+    <t>63.9</t>
+  </si>
+  <si>
+    <t>790558</t>
+  </si>
+  <si>
+    <t>IVT SP191</t>
+  </si>
+  <si>
+    <t>490; EE 12</t>
+  </si>
+  <si>
+    <t>REM:see CGN09547 (VIR 490)</t>
+  </si>
+  <si>
+    <t>19870589</t>
+  </si>
+  <si>
+    <t>IVT SP201</t>
+  </si>
+  <si>
+    <t>19870590</t>
+  </si>
+  <si>
+    <t>An de Seeded</t>
+  </si>
+  <si>
+    <t>IVT SP203</t>
+  </si>
+  <si>
+    <t>19870644</t>
+  </si>
+  <si>
+    <t>IVT SP260</t>
+  </si>
+  <si>
+    <t>REM:via Botanical garden Tashkent, Uzbekistan</t>
+  </si>
+  <si>
+    <t>19870648</t>
+  </si>
+  <si>
+    <t>IVT SP264</t>
+  </si>
+  <si>
+    <t>REM:intermediate between S. turkestanica and S. oleracea, via Botanical Garden of Kosice, Slovakia</t>
+  </si>
+  <si>
+    <t>19870666</t>
+  </si>
+  <si>
+    <t>SYR</t>
+  </si>
+  <si>
+    <t>Hama, Hama</t>
+  </si>
+  <si>
+    <t>35.133</t>
+  </si>
+  <si>
+    <t>36.75</t>
+  </si>
+  <si>
+    <t>IVT SP288</t>
+  </si>
+  <si>
+    <t>PI 181923</t>
+  </si>
+  <si>
+    <t>REM:received by ARSNPI from collector C. Eyer, New East Foundation, Syria in 1949</t>
+  </si>
+  <si>
+    <t>19870670</t>
+  </si>
+  <si>
+    <t>IVT SP292</t>
+  </si>
+  <si>
+    <t>PI 192945</t>
+  </si>
+  <si>
+    <t>REM:received by ARSNPI in 1950 from T. Waung</t>
+  </si>
+  <si>
+    <t>19870672</t>
+  </si>
+  <si>
+    <t>IVT SP294</t>
+  </si>
+  <si>
+    <t>PI 200882</t>
+  </si>
+  <si>
+    <t>REM:received by ARSNPI from Afghan Dep. of Agr. in 1952</t>
+  </si>
+  <si>
+    <t>19870673</t>
+  </si>
+  <si>
+    <t>Godfrey 361</t>
+  </si>
+  <si>
+    <t>Ulas, Central Anatolia Region, Sivas Province</t>
+  </si>
+  <si>
+    <t>37.033</t>
+  </si>
+  <si>
+    <t>1952----</t>
+  </si>
+  <si>
+    <t>2.3</t>
+  </si>
+  <si>
+    <t>IVT SP295</t>
+  </si>
+  <si>
+    <t>PI 204632</t>
+  </si>
+  <si>
+    <t>REM:received by ARSNPI from collector Godfrey, USDA-Bureau of Plant Industry</t>
+  </si>
+  <si>
+    <t>19870675</t>
+  </si>
+  <si>
+    <t>Godfrey 191</t>
+  </si>
+  <si>
+    <t>Kayseri, Central Anatolia Region, Kayseri Province</t>
+  </si>
+  <si>
+    <t>38.717</t>
+  </si>
+  <si>
+    <t>35.5</t>
+  </si>
+  <si>
+    <t>IVT SP297</t>
+  </si>
+  <si>
+    <t>PI 204733</t>
+  </si>
+  <si>
+    <t>19870676</t>
+  </si>
+  <si>
+    <t>Godfrey 420</t>
+  </si>
+  <si>
+    <t>Malatya, Eastern Anatolia Region, Malatya Province</t>
+  </si>
+  <si>
+    <t>38.35</t>
+  </si>
+  <si>
+    <t>38.317</t>
+  </si>
+  <si>
+    <t>IVT SP298</t>
+  </si>
+  <si>
+    <t>PI 204734</t>
+  </si>
+  <si>
+    <t>19870677</t>
+  </si>
+  <si>
+    <t>Godfrey 421</t>
+  </si>
+  <si>
+    <t>IVT SP299</t>
+  </si>
+  <si>
+    <t>PI 204735</t>
+  </si>
+  <si>
+    <t>19870678</t>
+  </si>
+  <si>
+    <t>Godfrey 422</t>
+  </si>
+  <si>
+    <t>IVT SP300</t>
+  </si>
+  <si>
+    <t>PI 204736</t>
+  </si>
+  <si>
+    <t>19870680</t>
+  </si>
+  <si>
+    <t>Godfrey 1105</t>
+  </si>
+  <si>
+    <t>Izmir, Aegean Region, Izmir Province</t>
+  </si>
+  <si>
+    <t>38.5</t>
+  </si>
+  <si>
+    <t>26.833</t>
+  </si>
+  <si>
+    <t>IVT SP302</t>
+  </si>
+  <si>
+    <t>PI 205232</t>
+  </si>
+  <si>
+    <t>19870681</t>
+  </si>
+  <si>
+    <t>Godfrey 1111</t>
+  </si>
+  <si>
+    <t>IVT SP303</t>
+  </si>
+  <si>
+    <t>PI 205233</t>
+  </si>
+  <si>
+    <t>19870682</t>
+  </si>
+  <si>
+    <t>Godfrey 928</t>
+  </si>
+  <si>
+    <t>Eskisehir, Central Anatolia Region, Eskisehir Province</t>
+  </si>
+  <si>
+    <t>39.783</t>
+  </si>
+  <si>
+    <t>30.533</t>
+  </si>
+  <si>
+    <t>IVT SP304</t>
+  </si>
+  <si>
+    <t>PI 205234</t>
+  </si>
+  <si>
+    <t>19870684</t>
+  </si>
+  <si>
+    <t>Godfrey 695</t>
+  </si>
+  <si>
+    <t>40.983</t>
+  </si>
+  <si>
+    <t>IVT SP306</t>
+  </si>
+  <si>
+    <t>PI 206473</t>
+  </si>
+  <si>
+    <t>19870685</t>
+  </si>
+  <si>
+    <t>Godfrey 833</t>
+  </si>
+  <si>
+    <t>Bolu, Black Sea Region, Bolu Province</t>
+  </si>
+  <si>
+    <t>40.733</t>
+  </si>
+  <si>
+    <t>31.617</t>
+  </si>
+  <si>
+    <t>IVT SP307</t>
+  </si>
+  <si>
+    <t>PI 206474</t>
+  </si>
+  <si>
+    <t>19870686</t>
+  </si>
+  <si>
+    <t>Godfrey 1027</t>
+  </si>
+  <si>
+    <t>Elmadi, Mediterranean Region, Antalya Province</t>
+  </si>
+  <si>
+    <t>38.183</t>
+  </si>
+  <si>
+    <t>42.167</t>
+  </si>
+  <si>
+    <t>IVT SP308</t>
+  </si>
+  <si>
+    <t>PI 206475</t>
+  </si>
+  <si>
+    <t>19870687</t>
+  </si>
+  <si>
+    <t>Vocational Agricultural School Bornova, Aegean Region, Izmir Province</t>
+  </si>
+  <si>
+    <t>38.417</t>
+  </si>
+  <si>
+    <t>27.15</t>
+  </si>
+  <si>
+    <t>IVT SP309</t>
+  </si>
+  <si>
+    <t>PI 206753</t>
+  </si>
+  <si>
+    <t>OBN:S. spinoza Moench.; REM:received by ARSNPI from collector Godfrey, USDA-Bureau of Plant Industry</t>
+  </si>
+  <si>
+    <t>19870688</t>
+  </si>
+  <si>
+    <t>Gentry 12632</t>
+  </si>
+  <si>
+    <t>Kabul Province</t>
+  </si>
+  <si>
+    <t>1953----</t>
+  </si>
+  <si>
+    <t>IVT SP310</t>
+  </si>
+  <si>
+    <t>PI 207518</t>
+  </si>
+  <si>
+    <t>REM:received by ARSNPI from collector Gentry, USDA-ARS Crops Res. Div.</t>
+  </si>
+  <si>
+    <t>19870689</t>
+  </si>
+  <si>
+    <t>IVT SP311</t>
+  </si>
+  <si>
+    <t>PI 209644</t>
+  </si>
+  <si>
+    <t>REM:received by ARSNPI from US Techn. Coop. Admin for Iran in 1953</t>
+  </si>
+  <si>
+    <t>19870692</t>
+  </si>
+  <si>
+    <t>IVT SP314</t>
+  </si>
+  <si>
+    <t>PI 209647</t>
+  </si>
+  <si>
+    <t>19870693</t>
+  </si>
+  <si>
+    <t>Gentry 13002</t>
+  </si>
+  <si>
+    <t>Girishk, Kandahar Province</t>
+  </si>
+  <si>
+    <t>31.8</t>
+  </si>
+  <si>
+    <t>64.567</t>
+  </si>
+  <si>
+    <t>IVT SP315</t>
+  </si>
+  <si>
+    <t>PI 211632</t>
+  </si>
+  <si>
+    <t>19870694</t>
+  </si>
+  <si>
+    <t>Gentry 12870</t>
+  </si>
+  <si>
+    <t>Mazar-I-Sharif</t>
+  </si>
+  <si>
+    <t>36.7</t>
+  </si>
+  <si>
+    <t>67.1</t>
+  </si>
+  <si>
+    <t>IVT SP316</t>
+  </si>
+  <si>
+    <t>PI 212119</t>
+  </si>
+  <si>
+    <t>19870695</t>
+  </si>
+  <si>
+    <t>Gentry 13054</t>
+  </si>
+  <si>
+    <t>Nad-I-Ali, Kandahar Province</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>61.85</t>
+  </si>
+  <si>
+    <t>IVT SP317</t>
+  </si>
+  <si>
+    <t>PI 212120</t>
+  </si>
+  <si>
+    <t>19870696</t>
+  </si>
+  <si>
+    <t>Gentry 12974</t>
+  </si>
+  <si>
+    <t>Herat, Herat Province</t>
+  </si>
+  <si>
+    <t>34.333</t>
+  </si>
+  <si>
+    <t>62.2</t>
+  </si>
+  <si>
+    <t>IVT SP318</t>
+  </si>
+  <si>
+    <t>PI 212328</t>
+  </si>
+  <si>
+    <t>OBN:S. spinoza Moench.; REM:received by ARSNPI from collector Gentry, USDA-ARS Crops Res. Div.</t>
+  </si>
+  <si>
+    <t>19870697</t>
+  </si>
+  <si>
+    <t>Gentry 13370</t>
+  </si>
+  <si>
+    <t>Baroda, Bombay State</t>
+  </si>
+  <si>
+    <t>22.3</t>
+  </si>
+  <si>
+    <t>73.2</t>
+  </si>
+  <si>
+    <t>IVT SP319</t>
+  </si>
+  <si>
+    <t>PI 212921</t>
+  </si>
+  <si>
+    <t>19870699</t>
+  </si>
+  <si>
+    <t>Smith 24</t>
+  </si>
+  <si>
+    <t>Kabul</t>
+  </si>
+  <si>
+    <t>34.517</t>
+  </si>
+  <si>
+    <t>69.2</t>
+  </si>
+  <si>
+    <t>1954----</t>
+  </si>
+  <si>
+    <t>IVT SP321</t>
+  </si>
+  <si>
+    <t>PI 219949</t>
+  </si>
+  <si>
+    <t>REM:received by ARSNPI from collector Smith, USDA-ARS</t>
+  </si>
+  <si>
+    <t>19870700</t>
+  </si>
+  <si>
+    <t>Smith 283</t>
+  </si>
+  <si>
+    <t>Kandahar</t>
+  </si>
+  <si>
+    <t>31.583</t>
+  </si>
+  <si>
+    <t>65.75</t>
+  </si>
+  <si>
+    <t>IVT SP322</t>
+  </si>
+  <si>
+    <t>PI 220121</t>
+  </si>
+  <si>
+    <t>19870701</t>
+  </si>
+  <si>
+    <t>Smith 366</t>
+  </si>
+  <si>
+    <t>Pul-I-Khumri, Baghlan Province</t>
+  </si>
+  <si>
+    <t>35.94</t>
+  </si>
+  <si>
+    <t>68.71</t>
+  </si>
+  <si>
+    <t>630</t>
+  </si>
+  <si>
+    <t>IVT SP323</t>
+  </si>
+  <si>
+    <t>PI 220546</t>
+  </si>
+  <si>
+    <t>19870702</t>
+  </si>
+  <si>
+    <t>Smith 632</t>
+  </si>
+  <si>
+    <t>1050</t>
+  </si>
+  <si>
+    <t>IVT SP324</t>
+  </si>
+  <si>
+    <t>PI 220686</t>
+  </si>
+  <si>
+    <t>19870703</t>
+  </si>
+  <si>
+    <t>Smith 1411</t>
+  </si>
+  <si>
+    <t>Esfenaj</t>
+  </si>
+  <si>
+    <t>Tehran</t>
+  </si>
+  <si>
+    <t>35.667</t>
+  </si>
+  <si>
+    <t>51.433</t>
+  </si>
+  <si>
+    <t>1640</t>
+  </si>
+  <si>
+    <t>IVT SP325</t>
+  </si>
+  <si>
+    <t>PI 222270</t>
+  </si>
+  <si>
+    <t>19870731</t>
+  </si>
+  <si>
+    <t>Katmandu</t>
+  </si>
+  <si>
+    <t>27.717</t>
+  </si>
+  <si>
+    <t>85.317</t>
+  </si>
+  <si>
+    <t>IVT SP353</t>
+  </si>
+  <si>
+    <t>PI 286435</t>
+  </si>
+  <si>
+    <t>REM:received by ARSNPI in 1963 from collector Creech, USDA-ARS</t>
+  </si>
+  <si>
+    <t>19870732</t>
+  </si>
+  <si>
+    <t>IVT SP354</t>
+  </si>
+  <si>
+    <t>PI 296393</t>
+  </si>
+  <si>
+    <t>REM:received by ARSNPI in 1964 from Office Agricultural attache, Tehran</t>
+  </si>
+  <si>
+    <t>19870734</t>
+  </si>
+  <si>
+    <t>Wushe Waka Maru</t>
+  </si>
+  <si>
+    <t>IVT SP356</t>
+  </si>
+  <si>
+    <t>PI 321020</t>
+  </si>
+  <si>
+    <t>REM:received by ARSNPI from Taiwan Agricultural Research Institute in 1967</t>
+  </si>
+  <si>
+    <t>*TWNTAFENG</t>
+  </si>
+  <si>
+    <t>19870739</t>
+  </si>
+  <si>
+    <t>Gentry 22683</t>
+  </si>
+  <si>
+    <t>Kilis, Southeastern Anatolia Region, Kilis Province</t>
+  </si>
+  <si>
+    <t>36.733</t>
+  </si>
+  <si>
+    <t>37.083</t>
+  </si>
+  <si>
+    <t>450</t>
+  </si>
+  <si>
+    <t>IVT SP361</t>
+  </si>
+  <si>
+    <t>PI 344085</t>
+  </si>
+  <si>
+    <t>REM:received by ARSNPI from collector Gentry, USDA-ARS Crops Res. Div. in 1969</t>
+  </si>
+  <si>
+    <t>19870740</t>
+  </si>
+  <si>
+    <t>Aladzakov 54</t>
+  </si>
+  <si>
+    <t>Domasen</t>
+  </si>
+  <si>
+    <t>MKD</t>
+  </si>
+  <si>
+    <t>v.Marena (Kavadarci county)</t>
+  </si>
+  <si>
+    <t>41.467</t>
+  </si>
+  <si>
+    <t>22.033</t>
+  </si>
+  <si>
+    <t>210</t>
+  </si>
+  <si>
+    <t>IVT SP362</t>
+  </si>
+  <si>
+    <t>PI 358247</t>
+  </si>
+  <si>
+    <t>REM:received by ARSNPI in 1970 from collector Aladzajkov, Faculty of Agricultural Research Council, Skopje</t>
+  </si>
+  <si>
+    <t>19884106</t>
+  </si>
+  <si>
+    <t>PNE 249.8</t>
+  </si>
+  <si>
+    <t>PAK</t>
+  </si>
+  <si>
+    <t>Sharig, Farm on road Harnai to Kach, Baluchistan/Quetta</t>
+  </si>
+  <si>
+    <t>30.183</t>
+  </si>
+  <si>
+    <t>67.75</t>
+  </si>
+  <si>
+    <t>1200</t>
+  </si>
+  <si>
+    <t>1981----</t>
+  </si>
+  <si>
+    <t>2.1</t>
+  </si>
+  <si>
+    <t>NLD078</t>
+  </si>
+  <si>
+    <t>REM:seed harvested from a large population</t>
+  </si>
+  <si>
+    <t>*NLDPNE</t>
+  </si>
+  <si>
+    <t>19870679</t>
+  </si>
+  <si>
+    <t>Godfrey 1087</t>
+  </si>
+  <si>
+    <t>Mugla, Aegean Region, Mugla Province</t>
+  </si>
+  <si>
+    <t>37.2</t>
+  </si>
+  <si>
+    <t>28.367</t>
+  </si>
+  <si>
+    <t>IVT SP301</t>
+  </si>
+  <si>
+    <t>PI 205231</t>
+  </si>
+  <si>
+    <t>19900601</t>
+  </si>
+  <si>
+    <t>BGR</t>
+  </si>
+  <si>
+    <t>Slatino, Sofiya</t>
+  </si>
+  <si>
+    <t>23.05</t>
+  </si>
+  <si>
+    <t>*NLDMCBE</t>
+  </si>
+  <si>
+    <t>89E406</t>
+  </si>
+  <si>
+    <t>19900602</t>
+  </si>
+  <si>
+    <t>BFS9048</t>
+  </si>
+  <si>
+    <t>Derbent, town centre, Dagestan, Derbent</t>
+  </si>
+  <si>
+    <t>42.05</t>
+  </si>
+  <si>
+    <t>48.3</t>
+  </si>
+  <si>
+    <t>0</t>
+  </si>
+  <si>
+    <t>1990----</t>
+  </si>
+  <si>
+    <t>*NLDCFVRE</t>
+  </si>
+  <si>
+    <t>19870683</t>
+  </si>
+  <si>
+    <t>Godfrey 742</t>
+  </si>
+  <si>
+    <t>Giresun, Black Sea Region, Giresun Province</t>
+  </si>
+  <si>
+    <t>40.917</t>
+  </si>
+  <si>
+    <t>38.4</t>
+  </si>
+  <si>
+    <t>IVT SP305</t>
+  </si>
+  <si>
+    <t>PI 205235</t>
+  </si>
+  <si>
+    <t>19870690</t>
+  </si>
+  <si>
+    <t>IVT SP312</t>
+  </si>
+  <si>
+    <t>PI 209645</t>
+  </si>
+  <si>
+    <t>19870698</t>
+  </si>
+  <si>
+    <t>KOR</t>
+  </si>
+  <si>
+    <t>35.9</t>
+  </si>
+  <si>
+    <t>127.3</t>
+  </si>
+  <si>
+    <t>320390</t>
+  </si>
+  <si>
+    <t>IVT SP320</t>
+  </si>
+  <si>
+    <t>PI 217425</t>
+  </si>
+  <si>
+    <t>REM:received by ARSNPI from collector Mullen, USDA-ARS in 1954</t>
+  </si>
+  <si>
+    <t>19870733</t>
+  </si>
+  <si>
+    <t>EGY</t>
+  </si>
+  <si>
+    <t>26.7</t>
+  </si>
+  <si>
+    <t>29.7</t>
+  </si>
+  <si>
+    <t>708765</t>
+  </si>
+  <si>
+    <t>IVT SP355</t>
+  </si>
+  <si>
+    <t>PI 319220</t>
+  </si>
+  <si>
+    <t>REM:received by ARSNPI from collector Miller, Louisiana State University in 1967</t>
+  </si>
+  <si>
+    <t>19884102</t>
+  </si>
+  <si>
+    <t>PNE 205.8</t>
+  </si>
+  <si>
+    <t>Just Before Kalat, 142 km from Quetta on road to Kalat, Baluchistan/Kalat</t>
+  </si>
+  <si>
+    <t>29.1</t>
+  </si>
+  <si>
+    <t>66.75</t>
+  </si>
+  <si>
+    <t>1880</t>
+  </si>
+  <si>
+    <t>2.4</t>
+  </si>
+  <si>
+    <t>19884103</t>
+  </si>
+  <si>
+    <t>PNE 210.6</t>
+  </si>
+  <si>
+    <t>Anjira, 25km on road Surab to Karachi, Baluchistan/Khuzdar</t>
+  </si>
+  <si>
+    <t>28.317</t>
+  </si>
+  <si>
+    <t>66.317</t>
+  </si>
+  <si>
+    <t>1600</t>
+  </si>
+  <si>
+    <t>REM:seed harvested from a small population</t>
+  </si>
+  <si>
+    <t>19884105</t>
+  </si>
+  <si>
+    <t>PNE 245.11</t>
+  </si>
+  <si>
+    <t>Luralei Seedstore, Baluchistan/Loralei</t>
+  </si>
+  <si>
+    <t>30.333</t>
+  </si>
+  <si>
+    <t>68.683</t>
+  </si>
+  <si>
+    <t>1410</t>
+  </si>
+  <si>
+    <t>19870505</t>
+  </si>
+  <si>
+    <t>Winterkroes</t>
+  </si>
+  <si>
+    <t>IVT SP110</t>
+  </si>
+  <si>
+    <t>TYP:Winterkroes</t>
+  </si>
+  <si>
+    <t>19870674</t>
+  </si>
+  <si>
+    <t>Godfrey 173</t>
+  </si>
+  <si>
+    <t>IVT SP296</t>
+  </si>
+  <si>
+    <t>PI 204732</t>
+  </si>
+  <si>
+    <t>19890251</t>
+  </si>
+  <si>
+    <t>Xigiao (near Canton)</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>IVT 39</t>
+  </si>
+  <si>
+    <t>19911301</t>
+  </si>
+  <si>
+    <t>GEO</t>
+  </si>
+  <si>
+    <t>Rustavi, Market, Kvemo Kartli Region</t>
+  </si>
+  <si>
+    <t>41.455</t>
+  </si>
+  <si>
+    <t>45.004</t>
+  </si>
+  <si>
+    <t>330</t>
+  </si>
+  <si>
+    <t>*NLDCFVKE</t>
+  </si>
+  <si>
+    <t>FB91029</t>
+  </si>
+  <si>
+    <t>19926511</t>
+  </si>
+  <si>
+    <t>Kurobaminsu</t>
+  </si>
+  <si>
+    <t>JPN181</t>
+  </si>
+  <si>
+    <t>19926517</t>
+  </si>
+  <si>
+    <t>Shichigatsu Maki</t>
+  </si>
+  <si>
+    <t>Kinki</t>
+  </si>
+  <si>
+    <t>JPN178</t>
+  </si>
+  <si>
+    <t>28216</t>
+  </si>
+  <si>
+    <t>REM:cooperator from Nara</t>
+  </si>
+  <si>
+    <t>19926520</t>
+  </si>
+  <si>
+    <t>Shin Nihon</t>
+  </si>
+  <si>
+    <t>Nara</t>
+  </si>
+  <si>
+    <t>28227</t>
+  </si>
+  <si>
+    <t>19926523</t>
+  </si>
+  <si>
+    <t>Sapporo Ooba</t>
+  </si>
+  <si>
+    <t>Hokkaido</t>
+  </si>
+  <si>
+    <t>28218</t>
+  </si>
+  <si>
+    <t>19926529</t>
+  </si>
+  <si>
+    <t>Yamagata Akane</t>
+  </si>
+  <si>
+    <t>Yamagata</t>
+  </si>
+  <si>
+    <t>28219</t>
+  </si>
+  <si>
+    <t>19926507</t>
+  </si>
+  <si>
+    <t>Jiromaru</t>
+  </si>
+  <si>
+    <t>19926510</t>
+  </si>
+  <si>
+    <t>Hoyo</t>
+  </si>
+  <si>
+    <t>19926512</t>
+  </si>
+  <si>
+    <t>Touko</t>
+  </si>
+  <si>
+    <t>19950403</t>
+  </si>
+  <si>
+    <t>Harlan 9586</t>
+  </si>
+  <si>
+    <t>Beledi</t>
+  </si>
+  <si>
+    <t>Market of Damascus, Damascus</t>
+  </si>
+  <si>
+    <t>33.5</t>
+  </si>
+  <si>
+    <t>36.25</t>
+  </si>
+  <si>
+    <t>PI 179507</t>
+  </si>
+  <si>
+    <t>19990600</t>
+  </si>
+  <si>
+    <t>NUK196</t>
+  </si>
+  <si>
+    <t>Ismalak</t>
+  </si>
+  <si>
+    <t>Market of Kokand</t>
+  </si>
+  <si>
+    <t>40.533</t>
+  </si>
+  <si>
+    <t>70.933</t>
+  </si>
+  <si>
+    <t>480</t>
+  </si>
+  <si>
+    <t>*NLDNUK</t>
+  </si>
+  <si>
+    <t>20080701</t>
+  </si>
+  <si>
+    <t>HSK001</t>
+  </si>
+  <si>
+    <t>TJK</t>
+  </si>
+  <si>
+    <t>Lokhur-Isambay valley, Istgohi hojboi, Khatlon Province</t>
+  </si>
+  <si>
+    <t>38.241167</t>
+  </si>
+  <si>
+    <t>68.507333</t>
+  </si>
+  <si>
+    <t>1047</t>
+  </si>
+  <si>
+    <t>20080531</t>
+  </si>
+  <si>
+    <t>*NLDNUT</t>
+  </si>
+  <si>
+    <t>HAB:cultivated, non-irrigated steppe having loess soil, hilly, field; PLA:&gt;200; REM:Spinach is Ismalok, Ispaloq or Spaloq in local language</t>
+  </si>
+  <si>
+    <t>20080706</t>
+  </si>
+  <si>
+    <t>HSK006</t>
+  </si>
+  <si>
+    <t>Lokhur-Isambay valley, Skirdiferma, Khatlon Province</t>
+  </si>
+  <si>
+    <t>38.177833</t>
+  </si>
+  <si>
+    <t>68.520217</t>
+  </si>
+  <si>
+    <t>1044</t>
+  </si>
+  <si>
+    <t>HAB:cultivated, non-irrigated steppe having loess soil, level, backyard; PLA:&gt;200; REM:Spinach is Ismalok, Ispaloq or Spaloq in local language</t>
+  </si>
+  <si>
+    <t>20080707</t>
+  </si>
+  <si>
+    <t>HSK007</t>
+  </si>
+  <si>
+    <t>Lokhur-Isambay valley, Boghaki bolo, Khatlon Province</t>
+  </si>
+  <si>
+    <t>38.17665</t>
+  </si>
+  <si>
+    <t>68.524817</t>
+  </si>
+  <si>
+    <t>1072</t>
+  </si>
+  <si>
+    <t>HAB:cultivated, non-irrigated steppe having loess soil, level, grassland; PLA:&gt;200; REM:Spinach is Ismalok, Ispaloq or Spaloq in local language</t>
+  </si>
+  <si>
+    <t>20080711</t>
+  </si>
+  <si>
+    <t>HSK011</t>
+  </si>
+  <si>
+    <t>Lokhur-Isambay valley, Yolai pistaho, Khatlon Province</t>
+  </si>
+  <si>
+    <t>38.205033</t>
+  </si>
+  <si>
+    <t>68.538817</t>
+  </si>
+  <si>
+    <t>1297</t>
+  </si>
+  <si>
+    <t>20080601</t>
+  </si>
+  <si>
+    <t>HAB:cultivated, non-irrigated steppe having loess soil, hilly, shrubland; PLA:&gt;200; REM:Spinach is Ismalok, Ispaloq or Spaloq in local language</t>
+  </si>
+  <si>
+    <t>20080712</t>
+  </si>
+  <si>
+    <t>HSK012</t>
+  </si>
+  <si>
+    <t>Lokhur-Isambay valley, Zamini chuqurak, Khatlon Province</t>
+  </si>
+  <si>
+    <t>38.200567</t>
+  </si>
+  <si>
+    <t>68.537367</t>
+  </si>
+  <si>
+    <t>1260</t>
+  </si>
+  <si>
+    <t>HAB:cultivated, non-irrigated steppe having loess soil, level, field; PLA:&gt;200; REM:Spinach is Ismalok, Ispaloq or Spaloq in local language</t>
+  </si>
+  <si>
+    <t>20080716</t>
+  </si>
+  <si>
+    <t>HSK016</t>
+  </si>
+  <si>
+    <t>Lokhur-Isambay valley, Skirdimazor, Khatlon Province</t>
+  </si>
+  <si>
+    <t>38.197983</t>
+  </si>
+  <si>
+    <t>68.552867</t>
+  </si>
+  <si>
+    <t>1244</t>
+  </si>
+  <si>
+    <t>HAB:cultivated, non-irrigated steppe having loess soil, level, grassland; PLA:50-200; REM:Spinach is Ismalok, Ispaloq or Spaloq in local language</t>
+  </si>
+  <si>
+    <t>20080720</t>
+  </si>
+  <si>
+    <t>HSK024</t>
+  </si>
+  <si>
+    <t>Lokhur-Isambay valley, Chagan village (Zamini Ali Said), Khatlon Province</t>
+  </si>
+  <si>
+    <t>38.30175</t>
+  </si>
+  <si>
+    <t>68.568267</t>
+  </si>
+  <si>
+    <t>1129</t>
+  </si>
+  <si>
+    <t>20080608</t>
+  </si>
+  <si>
+    <t>HAB:cultivated, non-irrigated steppe having loess soil, undulating, grassland; PLA:&gt;200; REM:Spinach is Ismalok, Ispaloq or Spaloq in local language</t>
+  </si>
+  <si>
+    <t>20080721</t>
+  </si>
+  <si>
+    <t>HSK025</t>
+  </si>
+  <si>
+    <t>Lokhur-Isambay valley, Shurmanka village, Khatlon Province</t>
+  </si>
+  <si>
+    <t>38.221067</t>
+  </si>
+  <si>
+    <t>68.5105</t>
+  </si>
+  <si>
+    <t>1070</t>
+  </si>
+  <si>
+    <t>HAB:cultivated, non-irrigated steppe having loess soil, undulating, field; PLA:&gt;200; REM:Spinach is Ismalok, Ispaloq or Spaloq in local language</t>
+  </si>
+  <si>
+    <t>20080722</t>
+  </si>
+  <si>
+    <t>HSK026</t>
+  </si>
+  <si>
+    <t>Lokhur-Isambay valley, Ghor, Khatlon Province</t>
+  </si>
+  <si>
+    <t>38.22355</t>
+  </si>
+  <si>
+    <t>68.51645</t>
+  </si>
+  <si>
+    <t>1098</t>
+  </si>
+  <si>
+    <t>HAB:non-irrigated steppe having loess soil, undulating, wild habitat; PLA:&gt;200; REM:Spinach is Ismalok, Ispaloq or Spaloq in local language</t>
+  </si>
+  <si>
+    <t>20080726</t>
+  </si>
+  <si>
+    <t>HSK030</t>
+  </si>
+  <si>
+    <t>Lokhur-Isambay valley, Khosabuloq, Khatlon Province</t>
+  </si>
+  <si>
+    <t>38.152733</t>
+  </si>
+  <si>
+    <t>68.46645</t>
+  </si>
+  <si>
+    <t>881</t>
+  </si>
+  <si>
+    <t>20080610</t>
+  </si>
+  <si>
+    <t>20080727</t>
+  </si>
+  <si>
+    <t>HSK017</t>
+  </si>
+  <si>
+    <t>Kurgan Tyube, Tabaqchi mountain (Shikol), Khatlon Province</t>
+  </si>
+  <si>
+    <t>37.859333</t>
+  </si>
+  <si>
+    <t>68.95955</t>
+  </si>
+  <si>
+    <t>657</t>
+  </si>
+  <si>
+    <t>HAB:cultivated, non-irrigated steppe having loess soil, hilly, grassland; PLA:50-200; REM:Spinach is Ismalok, Ispaloq or Spaloq in local language</t>
+  </si>
+  <si>
+    <t>20080702</t>
+  </si>
+  <si>
+    <t>HSK002</t>
+  </si>
+  <si>
+    <t>Lokhur-Isambay valley, Istgohi (Boghaki poyon), Khatlon Province</t>
+  </si>
+  <si>
+    <t>38.186633</t>
+  </si>
+  <si>
+    <t>68.4744</t>
+  </si>
+  <si>
+    <t>871</t>
+  </si>
+  <si>
+    <t>HAB:cultivated, non-irrigated steppe having loess soil, level, field; PLA:10-50; REM:Spinach is Ismalok, Ispaloq or Spaloq in local language</t>
+  </si>
+  <si>
+    <t>20080703</t>
+  </si>
+  <si>
+    <t>HSK003</t>
+  </si>
+  <si>
+    <t>38.161583</t>
+  </si>
+  <si>
+    <t>68.462017</t>
+  </si>
+  <si>
+    <t>845</t>
+  </si>
+  <si>
+    <t>HAB:cultivated, non-irrigated steppe having loess soil, hilly, field; PLA:10-50; REM:Spinach is Ismalok, Ispaloq or Spaloq in local language</t>
+  </si>
+  <si>
+    <t>20080704</t>
+  </si>
+  <si>
+    <t>HSK004</t>
+  </si>
+  <si>
+    <t>Lokhur-Isambay valley, Chorrahai qunghuritha, Khatlon Province</t>
+  </si>
+  <si>
+    <t>38.1847</t>
+  </si>
+  <si>
+    <t>68.482267</t>
+  </si>
+  <si>
+    <t>938</t>
+  </si>
+  <si>
+    <t>HAB:cultivated, non-irrigated steppe having loess soil, hilly, field; PLA:50-200; REM:Spinach is Ismalok, Ispaloq or Spaloq in local language</t>
+  </si>
+  <si>
+    <t>20080708</t>
+  </si>
+  <si>
+    <t>HSK008</t>
+  </si>
+  <si>
+    <t>Lokhur-Isambay valley, Rohatdarai mobain, Khatlon Province</t>
+  </si>
+  <si>
+    <t>38.188867</t>
+  </si>
+  <si>
+    <t>68.532883</t>
+  </si>
+  <si>
+    <t>1185</t>
+  </si>
+  <si>
+    <t>20080713</t>
+  </si>
+  <si>
+    <t>HSK013</t>
+  </si>
+  <si>
+    <t>Lokhur-Isambay valley, Khirmanaki, Khatlon Province</t>
+  </si>
+  <si>
+    <t>38.20235</t>
+  </si>
+  <si>
+    <t>68.549833</t>
+  </si>
+  <si>
+    <t>1290</t>
+  </si>
+  <si>
+    <t>HAB:cultivated, non-irrigated steppe having loess soil, undulating, shrubland;PLA:&gt;200; REM:Spinach is Ismalok, Ispaloq or Spaloq in local language</t>
+  </si>
+  <si>
+    <t>20080714</t>
+  </si>
+  <si>
+    <t>HSK014</t>
+  </si>
+  <si>
+    <t>Lokhur-Isambay valley, Mazari khuja chasma, Khatlon Province</t>
+  </si>
+  <si>
+    <t>38.20175</t>
+  </si>
+  <si>
+    <t>68.55325</t>
+  </si>
+  <si>
+    <t>1238</t>
+  </si>
+  <si>
+    <t>20080715</t>
+  </si>
+  <si>
+    <t>HSK015</t>
+  </si>
+  <si>
+    <t>Lokhur-Isambay valley, Zamini tughak, Khatlon Province</t>
+  </si>
+  <si>
+    <t>38.201433</t>
+  </si>
+  <si>
+    <t>68.554983</t>
+  </si>
+  <si>
+    <t>1300</t>
+  </si>
+  <si>
+    <t>HAB:cultivated, non-irrigated steppe having loess soil, undulating, field; PLA:10-50; REM:Spinach is Ismalok, Ispaloq or Spaloq in local language</t>
+  </si>
+  <si>
+    <t>20080718</t>
+  </si>
+  <si>
+    <t>HSK022</t>
+  </si>
+  <si>
+    <t>Lokhur-Isambay valley, Ganda drara, Region of Republican Subordination</t>
+  </si>
+  <si>
+    <t>38.33085</t>
+  </si>
+  <si>
+    <t>68.605317</t>
+  </si>
+  <si>
+    <t>994</t>
+  </si>
+  <si>
+    <t>20080724</t>
+  </si>
+  <si>
+    <t>HSK028</t>
+  </si>
+  <si>
+    <t>Lokhur-Isambay valley, Shurion village (Devori Karim Devona), Khatlon Province</t>
+  </si>
+  <si>
+    <t>38.107933</t>
+  </si>
+  <si>
+    <t>68.4639</t>
+  </si>
+  <si>
+    <t>1180</t>
+  </si>
+  <si>
+    <t>HAB:cultivated, non-irrigated steppe having loess soil, level, backyard; PLA:50-200; REM:Spinach is Ismalok, Ispaloq or Spaloq in local language</t>
+  </si>
+  <si>
+    <t>20080725</t>
+  </si>
+  <si>
+    <t>HSK029</t>
+  </si>
+  <si>
+    <t>Lokhur-Isambay valley, Darai dughob, Region of Republican Subordination</t>
+  </si>
+  <si>
+    <t>38.109517</t>
+  </si>
+  <si>
+    <t>68.428533</t>
+  </si>
+  <si>
+    <t>735</t>
+  </si>
+  <si>
+    <t>HAB:non-irrigated steppe having loess soil, undulating, wild habitat; PLA:10-50; REM:Spinach is Ismalok, Ispaloq or Spaloq in local language</t>
+  </si>
+  <si>
+    <t>20080729</t>
+  </si>
+  <si>
+    <t>HSK019</t>
+  </si>
+  <si>
+    <t>Hissar, Qizil qishloq, Region of Republican Subordination</t>
+  </si>
+  <si>
+    <t>38.409117</t>
+  </si>
+  <si>
+    <t>68.570483</t>
+  </si>
+  <si>
+    <t>710</t>
+  </si>
+  <si>
+    <t>20080605</t>
+  </si>
+  <si>
+    <t>HAB:cultivated, non-irrigated steppe having loess soil, steep, grassland; PLA:&lt;10; REM:Spinach is Ismalok, Ispaloq or Spaloq in local language</t>
+  </si>
+  <si>
+    <t>20080731</t>
+  </si>
+  <si>
+    <t>KK003</t>
+  </si>
+  <si>
+    <t>Around Baysun, Boysun, Surxondaryo Region</t>
+  </si>
+  <si>
+    <t>38.1949</t>
+  </si>
+  <si>
+    <t>67.167217</t>
+  </si>
+  <si>
+    <t>1334</t>
+  </si>
+  <si>
+    <t>20080614</t>
+  </si>
+  <si>
+    <t>HAB:cultivated, non-irrigated steppe having loess soil, undulating, field margin; PLA:&gt;200; REM:Spinach is Ismalok, Ispaloq or Spaloq in local language</t>
+  </si>
+  <si>
+    <t>20080736</t>
+  </si>
+  <si>
+    <t>KK008</t>
+  </si>
+  <si>
+    <t>Guzzar and Yakkabag, Yakkabog, Qashqadaryo Region</t>
+  </si>
+  <si>
+    <t>38.88895</t>
+  </si>
+  <si>
+    <t>66.6363</t>
+  </si>
+  <si>
+    <t>587</t>
+  </si>
+  <si>
+    <t>20080615</t>
+  </si>
+  <si>
+    <t>20080737</t>
+  </si>
+  <si>
+    <t>KK009</t>
+  </si>
+  <si>
+    <t>Guzzar and Yakkabag, Kaltakul, Qashqadaryo Region</t>
+  </si>
+  <si>
+    <t>38.838183</t>
+  </si>
+  <si>
+    <t>67.129167</t>
+  </si>
+  <si>
+    <t>1520</t>
+  </si>
+  <si>
+    <t>20080616</t>
+  </si>
+  <si>
+    <t>HAB:cultivated, non-irrigated steppe having loess soil, level, backyard; PLA:10-50; REM:Spinach is Ismalok, Ispaloq or Spaloq in local language</t>
+  </si>
+  <si>
+    <t>20080738</t>
+  </si>
+  <si>
+    <t>KK013</t>
+  </si>
+  <si>
+    <t>Dzhizak and Zaamin, Rabot, Jizzakh Region</t>
+  </si>
+  <si>
+    <t>39.995033</t>
+  </si>
+  <si>
+    <t>68.022483</t>
+  </si>
+  <si>
+    <t>423</t>
+  </si>
+  <si>
+    <t>20080617</t>
+  </si>
+  <si>
+    <t>HAB:cultivated, non-irrigated steppe having loess soil, level, field margin; PLA:50-200; REM:Spinach is Ismalok, Ispaloq or Spaloq in local language</t>
+  </si>
+  <si>
+    <t>20080739</t>
+  </si>
+  <si>
+    <t>KK014</t>
+  </si>
+  <si>
+    <t>39.9913</t>
+  </si>
+  <si>
+    <t>68.042117</t>
+  </si>
+  <si>
+    <t>413</t>
+  </si>
+  <si>
+    <t>20080741</t>
+  </si>
+  <si>
+    <t>KK016</t>
+  </si>
+  <si>
+    <t>Dzhizak and Zaamin, Achchi, Jizzakh Region</t>
+  </si>
+  <si>
+    <t>39.961117</t>
+  </si>
+  <si>
+    <t>68.286433</t>
+  </si>
+  <si>
+    <t>530</t>
+  </si>
+  <si>
+    <t>20080742</t>
+  </si>
+  <si>
+    <t>KK017</t>
+  </si>
+  <si>
+    <t>Dzhizak and Zaamin, Zamyn, Jizzakh Region</t>
+  </si>
+  <si>
+    <t>40.0533</t>
+  </si>
+  <si>
+    <t>68.456367</t>
+  </si>
+  <si>
+    <t>455</t>
+  </si>
+  <si>
+    <t>HAB:non-irrigated steppe having loess soil, level, wild habitat; PLA:10-50; REM:Spinach is Ismalok, Ispaloq or Spaloq in local language</t>
+  </si>
+  <si>
+    <t>20080745</t>
+  </si>
+  <si>
+    <t>KK012</t>
+  </si>
+  <si>
+    <t>South east of Gallyaaral, Dzhizak, Jizzakh Region</t>
+  </si>
+  <si>
+    <t>40.054867</t>
+  </si>
+  <si>
+    <t>67.696767</t>
+  </si>
+  <si>
+    <t>594</t>
+  </si>
+  <si>
+    <t>HAB:cultivated, non-irrigated steppe having loess soil, undulating, field margin; PLA:10-50; REM:Spinach is Ismalok, Ispaloq or Spaloq in local language</t>
+  </si>
+  <si>
+    <t>20080748</t>
+  </si>
+  <si>
+    <t>KK023</t>
+  </si>
+  <si>
+    <t>South east of Gallyaaral, Gallaaral, Jizzakh Region</t>
+  </si>
+  <si>
+    <t>39.9438</t>
+  </si>
+  <si>
+    <t>67.620333</t>
+  </si>
+  <si>
+    <t>703</t>
+  </si>
+  <si>
+    <t>20080621</t>
+  </si>
+  <si>
+    <t>20080749</t>
+  </si>
+  <si>
+    <t>KK024</t>
+  </si>
+  <si>
+    <t>39.8889</t>
+  </si>
+  <si>
+    <t>67.658133</t>
+  </si>
+  <si>
+    <t>767</t>
+  </si>
+  <si>
+    <t>20080750</t>
+  </si>
+  <si>
+    <t>KK025</t>
+  </si>
+  <si>
+    <t>39.859433</t>
+  </si>
+  <si>
+    <t>868</t>
+  </si>
+  <si>
+    <t>HAB:cultivated, non-irrigated steppe having loess soil, undulating, field margin; PLA:50-200; REM:Spinach is Ismalok, Ispaloq or Spaloq in local language</t>
+  </si>
+  <si>
+    <t>20080752</t>
+  </si>
+  <si>
+    <t>KK027</t>
+  </si>
+  <si>
+    <t>South west of the Krebet Nuraiau mountain range, Karabulok, Jizzakh Region</t>
+  </si>
+  <si>
+    <t>40.264117</t>
+  </si>
+  <si>
+    <t>67.049</t>
+  </si>
+  <si>
+    <t>820</t>
+  </si>
+  <si>
+    <t>20080622</t>
+  </si>
+  <si>
+    <t>20080755</t>
+  </si>
+  <si>
+    <t>KK030</t>
+  </si>
+  <si>
+    <t>South west of the Krebet Nuraiau mountain range, Ishbuldy, Jizzakh Region</t>
+  </si>
+  <si>
+    <t>40.20935</t>
+  </si>
+  <si>
+    <t>67.0983</t>
+  </si>
+  <si>
+    <t>802</t>
+  </si>
+  <si>
+    <t>HAB:cultivated, non-irrigated steppe having loess soil, level, field; PLA:50-200; REM:Spinach is Ismalok, Ispaloq or Spaloq in local language</t>
+  </si>
+  <si>
+    <t>20080756</t>
+  </si>
+  <si>
+    <t>KK031</t>
+  </si>
+  <si>
+    <t>40.1997</t>
+  </si>
+  <si>
+    <t>67.117467</t>
+  </si>
+  <si>
+    <t>789</t>
+  </si>
+  <si>
+    <t>HAB:non-irrigated steppe having loess soil, level, wild habitat; PLA:50-200; REM:Spinach is Ismalok, Ispaloq or Spaloq in local language</t>
+  </si>
+  <si>
+    <t>20080759</t>
+  </si>
+  <si>
+    <t>KK034</t>
+  </si>
+  <si>
+    <t>South west of the Krebet Nuraiau mountain range, Gallaaral, Jizzakh Region</t>
+  </si>
+  <si>
+    <t>40.0819</t>
+  </si>
+  <si>
+    <t>67.586633</t>
+  </si>
+  <si>
+    <t>608</t>
+  </si>
+  <si>
+    <t>HAB:cultivated, non-irrigated steppe having loess soil, level, field margin; PLA:10-50; REM:Spinach is Ismalok, Ispaloq or Spaloq in local language</t>
+  </si>
+  <si>
+    <t>20080709</t>
+  </si>
+  <si>
+    <t>HSK009</t>
+  </si>
+  <si>
+    <t>Lokhur-Isambay valley, Mazori (Khoja chasma), Khatlon Province</t>
+  </si>
+  <si>
+    <t>38.201917</t>
+  </si>
+  <si>
+    <t>68.550633</t>
+  </si>
+  <si>
+    <t>1283</t>
+  </si>
+  <si>
+    <t>HAB:cultivated, non-irrigated steppe having loess soil, hilly, grassland; PLA:&gt;200; REM:Spinach is Ismalok, Ispaloq or Spaloq in local language</t>
+  </si>
+  <si>
+    <t>20080744</t>
+  </si>
+  <si>
+    <t>KK011</t>
+  </si>
+  <si>
+    <t>40.045217</t>
+  </si>
+  <si>
+    <t>67.661617</t>
+  </si>
+  <si>
+    <t>627</t>
+  </si>
+  <si>
+    <t>HAB:cultivated, non-irrigated steppe having loess soil, undulating, field margin; PLA:&lt;10; REM:Spinach is Ismalok, Ispaloq or Spaloq in local language</t>
+  </si>
+  <si>
+    <t>20080760</t>
+  </si>
+  <si>
+    <t>KK035</t>
+  </si>
+  <si>
+    <t>Road between Tashkent and Akhangaran, Dozlik, Tashkent Region</t>
+  </si>
+  <si>
+    <t>41.0667</t>
+  </si>
+  <si>
+    <t>69.4795</t>
+  </si>
+  <si>
+    <t>460</t>
+  </si>
+  <si>
+    <t>20080624</t>
+  </si>
+  <si>
+    <t>20140002</t>
+  </si>
+  <si>
+    <t>tetrandra</t>
+  </si>
+  <si>
+    <t>Marneuli, Riv. Khrami gorge, Kvemo Kartli Region</t>
+  </si>
+  <si>
+    <t>41.35139</t>
+  </si>
+  <si>
+    <t>45.04861</t>
+  </si>
+  <si>
+    <t>310</t>
+  </si>
+  <si>
+    <t>USA245</t>
+  </si>
+  <si>
+    <t>*GEOEXPGR</t>
+  </si>
+  <si>
+    <t>1621</t>
+  </si>
+  <si>
+    <t>20140001</t>
+  </si>
+  <si>
+    <t>41.36056</t>
+  </si>
+  <si>
+    <t>45.05028</t>
+  </si>
+  <si>
+    <t>337</t>
+  </si>
+  <si>
+    <t>20080705</t>
+  </si>
+  <si>
+    <t>HSK005</t>
+  </si>
+  <si>
+    <t>Lokhur-Isambay valley, Khirmanak, Khatlon Province</t>
+  </si>
+  <si>
+    <t>38.180983</t>
+  </si>
+  <si>
+    <t>68.515383</t>
+  </si>
+  <si>
+    <t>1022</t>
+  </si>
+  <si>
+    <t>20080710</t>
+  </si>
+  <si>
+    <t>HSK010</t>
+  </si>
+  <si>
+    <t>Lokhur-Isambay valley, Qutany gul (Zamini poion), Khatlon Province</t>
+  </si>
+  <si>
+    <t>38.2036</t>
+  </si>
+  <si>
+    <t>68.540133</t>
+  </si>
+  <si>
+    <t>1270</t>
+  </si>
+  <si>
+    <t>20080717</t>
+  </si>
+  <si>
+    <t>HSK021</t>
+  </si>
+  <si>
+    <t>Lokhur-Isambay valley, Ganda teppa, Region of Republican Subordination</t>
+  </si>
+  <si>
+    <t>38.324967</t>
+  </si>
+  <si>
+    <t>68.610567</t>
+  </si>
+  <si>
+    <t>1055</t>
+  </si>
+  <si>
+    <t>HAB:non-irrigated steppe having loess soil, undulating, wild habitat; PLA:50-200; REM:Spinach is Ismalok, Ispaloq or Spaloq in local language</t>
+  </si>
+  <si>
+    <t>20080719</t>
+  </si>
+  <si>
+    <t>HSK023</t>
+  </si>
+  <si>
+    <t>Lokhur-Isambay valley, Kukabuloq village, Khatlon Province</t>
+  </si>
+  <si>
+    <t>38.297133</t>
+  </si>
+  <si>
+    <t>68.5881</t>
+  </si>
+  <si>
+    <t>1157</t>
+  </si>
+  <si>
+    <t>HAB:cultivated, non-irrigated steppe having loess soil, level, roadsite; PLA:&gt;200; REM:Spinach is Ismalok, Ispaloq or Spaloq in local language</t>
+  </si>
+  <si>
+    <t>20080723</t>
+  </si>
+  <si>
+    <t>HSK027</t>
+  </si>
+  <si>
+    <t>Lokhur-Isambay valley, Nimboman, Khatlon Province</t>
+  </si>
+  <si>
+    <t>38.219767</t>
+  </si>
+  <si>
+    <t>68.52595</t>
+  </si>
+  <si>
+    <t>1179</t>
+  </si>
+  <si>
+    <t>20080730</t>
+  </si>
+  <si>
+    <t>HSK020</t>
+  </si>
+  <si>
+    <t>Hissar, Darai kharar, Region of Republican Subordination</t>
+  </si>
+  <si>
+    <t>38.4145</t>
+  </si>
+  <si>
+    <t>68.546</t>
+  </si>
+  <si>
+    <t>840</t>
+  </si>
+  <si>
+    <t>HAB:non-irrigated steppe having loess soil, hilly, wild habitat; PLA:&lt;10; REM:Spinach is Ismalok, Ispaloq or Spaloq in local language</t>
+  </si>
+  <si>
+    <t>20080733</t>
+  </si>
+  <si>
+    <t>KK005</t>
+  </si>
+  <si>
+    <t>Around Baysun, Sayrob, Surxondaryo Region</t>
+  </si>
+  <si>
+    <t>38.15175</t>
+  </si>
+  <si>
+    <t>66.978833</t>
+  </si>
+  <si>
+    <t>1188</t>
+  </si>
+  <si>
+    <t>20080734</t>
+  </si>
+  <si>
+    <t>KK006</t>
+  </si>
+  <si>
+    <t>Guzzar and Yakkabag, Guzar, Qashqadaryo Region</t>
+  </si>
+  <si>
+    <t>38.72435</t>
+  </si>
+  <si>
+    <t>66.394267</t>
+  </si>
+  <si>
+    <t>485</t>
+  </si>
+  <si>
+    <t>HAB:cultivated, non-irrigated steppe having loess soil, level, field margin; PLA:&gt;200; REM:Spinach is Ismalok, Ispaloq or Spaloq in local language</t>
+  </si>
+  <si>
+    <t>20080740</t>
+  </si>
+  <si>
+    <t>KK015</t>
+  </si>
+  <si>
+    <t>39.98305</t>
+  </si>
+  <si>
+    <t>68.080067</t>
+  </si>
+  <si>
+    <t>415</t>
+  </si>
+  <si>
+    <t>20080743</t>
+  </si>
+  <si>
+    <t>KK010</t>
+  </si>
+  <si>
+    <t>South east of Gallyaaral, Gallaaral - south, Jizzakh Region</t>
+  </si>
+  <si>
+    <t>39.84505</t>
+  </si>
+  <si>
+    <t>67.457183</t>
+  </si>
+  <si>
+    <t>813</t>
+  </si>
+  <si>
+    <t>HAB:cultivated, non-irrigated steppe having loess soil, level, roadsite; PLA:50-200; REM:Spinach is Ismalok, Ispaloq or Spaloq in local language</t>
+  </si>
+  <si>
+    <t>20080747</t>
+  </si>
+  <si>
+    <t>KK022</t>
+  </si>
+  <si>
+    <t>39.95805</t>
+  </si>
+  <si>
+    <t>67.617917</t>
+  </si>
+  <si>
+    <t>656</t>
+  </si>
+  <si>
+    <t>HAB:non-irrigated steppe having loess soil, level, wild habitat; PLA:&gt;200; REM:Spinach is Ismalok, Ispaloq or Spaloq in local language</t>
+  </si>
+  <si>
+    <t>20080751</t>
+  </si>
+  <si>
+    <t>KK026</t>
+  </si>
+  <si>
+    <t>South east of Gallyaaral, Bakhmal, Jizzakh Region</t>
+  </si>
+  <si>
+    <t>39.780333</t>
+  </si>
+  <si>
+    <t>67.86045</t>
+  </si>
+  <si>
+    <t>1079</t>
+  </si>
+  <si>
+    <t>20080754</t>
+  </si>
+  <si>
+    <t>KK029</t>
+  </si>
+  <si>
+    <t>40.226317</t>
+  </si>
+  <si>
+    <t>67.068483</t>
+  </si>
+  <si>
+    <t>774</t>
+  </si>
+  <si>
+    <t>20080757</t>
+  </si>
+  <si>
+    <t>KK032</t>
+  </si>
+  <si>
+    <t>40.186083</t>
+  </si>
+  <si>
+    <t>67.143833</t>
+  </si>
+  <si>
+    <t>772</t>
+  </si>
+  <si>
+    <t>20080763</t>
+  </si>
+  <si>
+    <t>KK038</t>
+  </si>
+  <si>
+    <t>Road between Tashkent and Akhangaran, Shodmalik, Tashkent Region</t>
+  </si>
+  <si>
+    <t>41.01283</t>
+  </si>
+  <si>
+    <t>69.554483</t>
+  </si>
+  <si>
+    <t>496</t>
+  </si>
+  <si>
+    <t>20080764</t>
+  </si>
+  <si>
+    <t>KK001</t>
+  </si>
+  <si>
+    <t>Denau bazar, Surxondaryo Region</t>
+  </si>
+  <si>
+    <t>38.274433</t>
+  </si>
+  <si>
+    <t>67.888817</t>
+  </si>
+  <si>
+    <t>REM:Spinach is Ismalok, Ispaloq or Spaloq in local language</t>
+  </si>
+  <si>
+    <t>20080766</t>
+  </si>
+  <si>
+    <t>KK018</t>
+  </si>
+  <si>
+    <t>Tashkent bazar, Tashkent Region</t>
+  </si>
+  <si>
+    <t>41.327117</t>
+  </si>
+  <si>
+    <t>69.234667</t>
+  </si>
+  <si>
+    <t>20080619</t>
+  </si>
+  <si>
+    <t>20120219</t>
+  </si>
+  <si>
+    <t>FK 19</t>
+  </si>
+  <si>
+    <t>AZE</t>
+  </si>
+  <si>
+    <t>Nakhchivan City, Nakhchivan, Babek District</t>
+  </si>
+  <si>
+    <t>39.20613</t>
+  </si>
+  <si>
+    <t>45.42573</t>
+  </si>
+  <si>
+    <t>20110608</t>
+  </si>
+  <si>
+    <t>*NLDNTC</t>
+  </si>
+  <si>
+    <t>REM:Gongorli Atash (seller) at the Djahan bazar</t>
+  </si>
+  <si>
+    <t>20120220</t>
+  </si>
+  <si>
+    <t>FK 20</t>
+  </si>
+  <si>
+    <t>Kapaz and Nizami Region, Ganca, Ganja-Gazakh, Samukh District</t>
+  </si>
+  <si>
+    <t>40.73852</t>
+  </si>
+  <si>
+    <t>46.39487</t>
+  </si>
+  <si>
+    <t>290</t>
+  </si>
+  <si>
+    <t>REM:production field, landform level, Nasibov (seller); PLA:&gt;50</t>
+  </si>
+  <si>
+    <t>20120223</t>
+  </si>
+  <si>
+    <t>FK 23</t>
+  </si>
+  <si>
+    <t>Aghdash, Aran, Agdash District</t>
+  </si>
+  <si>
+    <t>40.64222</t>
+  </si>
+  <si>
+    <t>47.47013</t>
+  </si>
+  <si>
+    <t>20110611</t>
+  </si>
+  <si>
+    <t>REM:Mehman Chalbiyev (seller) at the Agha bazar</t>
+  </si>
+  <si>
+    <t>20120242</t>
+  </si>
+  <si>
+    <t>MGK 09</t>
+  </si>
+  <si>
+    <t>ARM</t>
+  </si>
+  <si>
+    <t>Griboedov, Armavir Province</t>
+  </si>
+  <si>
+    <t>40.1092</t>
+  </si>
+  <si>
+    <t>44.27538</t>
+  </si>
+  <si>
+    <t>846</t>
+  </si>
+  <si>
+    <t>20110626</t>
+  </si>
+  <si>
+    <t>REM:home yard, landform level, farmer Simon Jamalyan</t>
+  </si>
+  <si>
+    <t>20120243</t>
+  </si>
+  <si>
+    <t>MGK 10</t>
+  </si>
+  <si>
+    <t>40.11142</t>
+  </si>
+  <si>
+    <t>44.27003</t>
+  </si>
+  <si>
+    <t>851</t>
+  </si>
+  <si>
+    <t>REM:home yard, landform level, farmer Khachikh Hovakiuiyan</t>
+  </si>
+  <si>
+    <t>20080728</t>
+  </si>
+  <si>
+    <t>HSK018</t>
+  </si>
+  <si>
+    <t>Hissar, Lailak-khona, Region of Republican Subordination</t>
+  </si>
+  <si>
+    <t>38.409967</t>
+  </si>
+  <si>
+    <t>68.572833</t>
+  </si>
+  <si>
+    <t>717</t>
+  </si>
+  <si>
+    <t>HAB:cultivated, non-irrigated steppe having loess soil, hilly, grassland; PLA:&lt;10; REM:Spinach is Ismalok, Ispaloq or Spaloq in local language</t>
+  </si>
+  <si>
+    <t>20080732</t>
+  </si>
+  <si>
+    <t>KK004</t>
+  </si>
+  <si>
+    <t>Around Baysun, Khodzhabugan, Surxondaryo Region</t>
+  </si>
+  <si>
+    <t>38.0856</t>
+  </si>
+  <si>
+    <t>66.996283</t>
+  </si>
+  <si>
+    <t>930</t>
+  </si>
+  <si>
+    <t>HAB:cultivated, non-irrigated steppe having loess soil, level, field; PL:10-50; REM:Spinach is Ismalok, Ispaloq or Spaloq in local language</t>
+  </si>
+  <si>
+    <t>20080735</t>
+  </si>
+  <si>
+    <t>KK007</t>
+  </si>
+  <si>
+    <t>Guzzar and Yakkabag, Langar, Qashqadaryo Region</t>
+  </si>
+  <si>
+    <t>38.8312</t>
+  </si>
+  <si>
+    <t>66.570217</t>
+  </si>
+  <si>
+    <t>565</t>
+  </si>
+  <si>
+    <t>HAB:cultivated, non-irrigated steppe having loess soil, level, roadsite; PLA:&lt;50-200; REM:Spinach is Ismalok, Ispaloq or Spaloq in local language</t>
+  </si>
+  <si>
+    <t>20080758</t>
+  </si>
+  <si>
+    <t>KK033</t>
+  </si>
+  <si>
+    <t>40.179983</t>
+  </si>
+  <si>
+    <t>67.201567</t>
+  </si>
+  <si>
+    <t>824</t>
+  </si>
+  <si>
+    <t>20080761</t>
+  </si>
+  <si>
+    <t>KK036</t>
+  </si>
+  <si>
+    <t>Road between Tashkent and Akhangaran, Olmalik, Tashkent Region</t>
+  </si>
+  <si>
+    <t>40.963217</t>
+  </si>
+  <si>
+    <t>69.557533</t>
+  </si>
+  <si>
+    <t>545</t>
+  </si>
+  <si>
+    <t>20080762</t>
+  </si>
+  <si>
+    <t>KK037</t>
+  </si>
+  <si>
+    <t>40.93425</t>
+  </si>
+  <si>
+    <t>69.590383</t>
+  </si>
+  <si>
+    <t>527</t>
+  </si>
+  <si>
+    <t>20080765</t>
+  </si>
+  <si>
+    <t>KK002</t>
+  </si>
+  <si>
+    <t>Denau bazar</t>
+  </si>
+  <si>
+    <t>38.27505</t>
+  </si>
+  <si>
+    <t>67.889267</t>
+  </si>
+  <si>
+    <t>20080767</t>
+  </si>
+  <si>
+    <t>KK019</t>
+  </si>
+  <si>
+    <t>20080768</t>
+  </si>
+  <si>
+    <t>KK020</t>
+  </si>
+  <si>
+    <t>Tashkent bazar</t>
+  </si>
+  <si>
+    <t>41.33</t>
+  </si>
+  <si>
+    <t>69.23</t>
+  </si>
+  <si>
+    <t>20000</t>
+  </si>
+  <si>
+    <t>20140005</t>
+  </si>
+  <si>
+    <t>TKM</t>
+  </si>
+  <si>
+    <t>Konegumbez, Balkan Province</t>
+  </si>
+  <si>
+    <t>38.38416</t>
+  </si>
+  <si>
+    <t>56.97667</t>
+  </si>
+  <si>
+    <t>1417</t>
+  </si>
+  <si>
+    <t>*TKMEXPGRI</t>
+  </si>
+  <si>
+    <t>20140007</t>
+  </si>
+  <si>
+    <t>Konegumbez, Ahal Province</t>
+  </si>
+  <si>
+    <t>38.40194</t>
+  </si>
+  <si>
+    <t>56.99083</t>
+  </si>
+  <si>
+    <t>1460</t>
+  </si>
+  <si>
+    <t>20140008</t>
+  </si>
+  <si>
+    <t>Between Gara and Notur, Ahal Province</t>
+  </si>
+  <si>
+    <t>38.43528</t>
+  </si>
+  <si>
+    <t>57.03861</t>
+  </si>
+  <si>
+    <t>1343</t>
+  </si>
+  <si>
+    <t>20140006</t>
+  </si>
+  <si>
+    <t>Ahal, Ahal Province</t>
+  </si>
+  <si>
+    <t>38.08888</t>
+  </si>
+  <si>
+    <t>58.05861</t>
+  </si>
+  <si>
+    <t>223</t>
+  </si>
+  <si>
+    <t>REM:accession shows hybrid features with cultivated spinach</t>
+  </si>
+  <si>
+    <t>20080753</t>
+  </si>
+  <si>
+    <t>KK028</t>
+  </si>
+  <si>
+    <t>40.230117</t>
+  </si>
+  <si>
+    <t>67.059167</t>
+  </si>
+  <si>
+    <t>775</t>
+  </si>
+  <si>
+    <t>20120224</t>
+  </si>
+  <si>
+    <t>FK 24</t>
+  </si>
+  <si>
+    <t>Samaxi, Daghlig Shirvan, Shamakhi District</t>
+  </si>
+  <si>
+    <t>40.64237</t>
+  </si>
+  <si>
+    <t>48.6363</t>
+  </si>
+  <si>
+    <t>REM:Khaliq Mamedov (seller) at Samaxi bazar</t>
+  </si>
+  <si>
+    <t>20140004</t>
+  </si>
+  <si>
+    <t>Garavul, Ahal Province</t>
+  </si>
+  <si>
+    <t>38.38888</t>
+  </si>
+  <si>
+    <t>57.02556</t>
+  </si>
+  <si>
+    <t>1257</t>
+  </si>
+  <si>
+    <t>20120204</t>
+  </si>
+  <si>
+    <t>FK 04</t>
+  </si>
+  <si>
+    <t>Bayramli village, Ganja-Gazakh, Shamkir District</t>
+  </si>
+  <si>
+    <t>40.97142</t>
+  </si>
+  <si>
+    <t>45.98253</t>
+  </si>
+  <si>
+    <t>192</t>
+  </si>
+  <si>
+    <t>20110601</t>
+  </si>
+  <si>
+    <t>HAB:farm, grazed, landform undulating, Hordeum murinum (?); PLA:&gt;50</t>
+  </si>
+  <si>
+    <t>20120205</t>
+  </si>
+  <si>
+    <t>FK 05</t>
+  </si>
+  <si>
+    <t>Kechili village, Ganja-Gazakh, Shamkir District</t>
+  </si>
+  <si>
+    <t>40.91658</t>
+  </si>
+  <si>
+    <t>46.15855</t>
+  </si>
+  <si>
+    <t>188</t>
+  </si>
+  <si>
+    <t>HAB:roadside, landform level, not grazed; PLA:&gt;50</t>
+  </si>
+  <si>
+    <t>20120208</t>
+  </si>
+  <si>
+    <t>FK 08</t>
+  </si>
+  <si>
+    <t>Dallar, C. Cabbarli, Aran, Yevlakh District</t>
+  </si>
+  <si>
+    <t>40.92768</t>
+  </si>
+  <si>
+    <t>46.0903</t>
+  </si>
+  <si>
+    <t>194</t>
+  </si>
+  <si>
+    <t>20110602</t>
+  </si>
+  <si>
+    <t>HAB:wasteland, landform level; PLA:&gt;50</t>
+  </si>
+  <si>
+    <t>20120216</t>
+  </si>
+  <si>
+    <t>FK 16</t>
+  </si>
+  <si>
+    <t>Yenykend, Nakhchivan, Babek District</t>
+  </si>
+  <si>
+    <t>39.39507</t>
+  </si>
+  <si>
+    <t>45.31957</t>
+  </si>
+  <si>
+    <t>1120</t>
+  </si>
+  <si>
+    <t>20110607</t>
+  </si>
+  <si>
+    <t>HAB:between rivulet and cereal field, local use, landform level; PLA:&gt;50</t>
+  </si>
+  <si>
+    <t>20120218</t>
+  </si>
+  <si>
+    <t>FK 18</t>
+  </si>
+  <si>
+    <t>Nahadji, Nakhchivan, Babek District</t>
+  </si>
+  <si>
+    <t>39.24662</t>
+  </si>
+  <si>
+    <t>45.5779</t>
+  </si>
+  <si>
+    <t>HAB:along rivulet, not grazed, landform level; PLA:&gt;50</t>
+  </si>
+  <si>
+    <t>20120222</t>
+  </si>
+  <si>
+    <t>FK 22</t>
+  </si>
+  <si>
+    <t>Goyuk, Aran, Yevlakh District</t>
+  </si>
+  <si>
+    <t>40.40367</t>
+  </si>
+  <si>
+    <t>47.25708</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>20110610</t>
+  </si>
+  <si>
+    <t>HAB:poorly maintained graveyard, landform level; PLA:&gt;50</t>
+  </si>
+  <si>
+    <t>20120225</t>
+  </si>
+  <si>
+    <t>FK 25</t>
+  </si>
+  <si>
+    <t>Shikhzarli, Absheron, Absheron District</t>
+  </si>
+  <si>
+    <t>40.49217</t>
+  </si>
+  <si>
+    <t>49.020033</t>
+  </si>
+  <si>
+    <t>HAB:bogara field with barley on loess soil, landform level; PLA:1-15</t>
+  </si>
+  <si>
+    <t>20120234</t>
+  </si>
+  <si>
+    <t>MGK 01</t>
+  </si>
+  <si>
+    <t>Areni, Yerevan Province</t>
+  </si>
+  <si>
+    <t>39.73282</t>
+  </si>
+  <si>
+    <t>45.18015</t>
+  </si>
+  <si>
+    <t>1031</t>
+  </si>
+  <si>
+    <t>20110624</t>
+  </si>
+  <si>
+    <t>HAB:along road M2, landform undulating; PLA:&gt;50</t>
+  </si>
+  <si>
+    <t>20120237</t>
+  </si>
+  <si>
+    <t>MGK 04</t>
+  </si>
+  <si>
+    <t>Avshar, Ararat Province</t>
+  </si>
+  <si>
+    <t>39.84002</t>
+  </si>
+  <si>
+    <t>44.68265</t>
+  </si>
+  <si>
+    <t>832</t>
+  </si>
+  <si>
+    <t>HAB:near grapevine, landform hilly; PLA:&gt;50</t>
+  </si>
+  <si>
+    <t>20120239</t>
+  </si>
+  <si>
+    <t>MGK 06</t>
+  </si>
+  <si>
+    <t>Nubarashen (former Sovetashen), Yerevan Province</t>
+  </si>
+  <si>
+    <t>40.10802</t>
+  </si>
+  <si>
+    <t>44.56088</t>
+  </si>
+  <si>
+    <t>1162</t>
+  </si>
+  <si>
+    <t>20110625</t>
+  </si>
+  <si>
+    <t>HAB:poorly maintained graveyard,downhill, landform undulating; PLA:&gt;5</t>
+  </si>
+  <si>
+    <t>20120241</t>
+  </si>
+  <si>
+    <t>MGK 08</t>
+  </si>
+  <si>
+    <t>Jzashen, Yerevan Province</t>
+  </si>
+  <si>
+    <t>40.13267</t>
+  </si>
+  <si>
+    <t>44.57372</t>
+  </si>
+  <si>
+    <t>1174</t>
+  </si>
+  <si>
+    <t>HAB:Khurdish settlement, landform hilly; PLA:15-50</t>
+  </si>
+  <si>
+    <t>20120245</t>
+  </si>
+  <si>
+    <t>MGK 12</t>
+  </si>
+  <si>
+    <t>Khor Virap, Ararat Province</t>
+  </si>
+  <si>
+    <t>39.87963</t>
+  </si>
+  <si>
+    <t>44.56717</t>
+  </si>
+  <si>
+    <t>829</t>
+  </si>
+  <si>
+    <t>20110627</t>
+  </si>
+  <si>
+    <t>HAB:saline semi-desert (with Salicornia, Salsola) close to Turkish border, landform hilly; PLA:&gt;50</t>
+  </si>
+  <si>
+    <t>20120246</t>
+  </si>
+  <si>
+    <t>MGK 13</t>
+  </si>
+  <si>
+    <t>39.87835</t>
+  </si>
+  <si>
+    <t>44.56933</t>
+  </si>
+  <si>
+    <t>837</t>
+  </si>
+  <si>
+    <t>HAB:hill with southern exposure, Turkish border, landform hilly/steep; PLA:&gt;50</t>
+  </si>
+  <si>
+    <t>20120247</t>
+  </si>
+  <si>
+    <t>MGK 14</t>
+  </si>
+  <si>
+    <t>39.87843</t>
+  </si>
+  <si>
+    <t>44.5773</t>
+  </si>
+  <si>
+    <t>HAB:hill close to monastery, landform hilly; PLA:&gt;50</t>
+  </si>
+  <si>
+    <t>20120251</t>
+  </si>
+  <si>
+    <t>MGK 18</t>
+  </si>
+  <si>
+    <t>Nubarashen - east, Yerevan Province</t>
+  </si>
+  <si>
+    <t>40.076217</t>
+  </si>
+  <si>
+    <t>44.54882</t>
+  </si>
+  <si>
+    <t>1041</t>
+  </si>
+  <si>
+    <t>20110628</t>
+  </si>
+  <si>
+    <t>HAB:roadside, landform undulating; PLA:1-15</t>
+  </si>
+  <si>
+    <t>20190104</t>
+  </si>
+  <si>
+    <t>NLD066</t>
+  </si>
+  <si>
+    <t>20190112</t>
+  </si>
+  <si>
+    <t>20210102</t>
+  </si>
+  <si>
+    <t>DEU477</t>
+  </si>
+  <si>
+    <t>Batch02131</t>
+  </si>
+  <si>
+    <t>This overview was last updated on :</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="13" x14ac:knownFonts="1">
+  <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Courier"/>
       <family val="3"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -1106,333 +5435,464 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="7">
+  <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.14999847407452621"/>
-[...4 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor theme="3" tint="0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="4">
+  <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="67">
+  <cellXfs count="102">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="5"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="13" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="13" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="13" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -1707,80 +6167,88 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fgene.2021.740437" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10722-020-01042-y" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/2023.07.17.549201" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/tpg2.20101" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fgene.2021.740437" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fgene.2021.752313" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10722-020-01042-y" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/2023.07.17.549201" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/hr/uhac205" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/hr/uhac205" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.6084/m9.figshare.15043191.v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6DA96C72-2385-483F-B8EB-1A3E4AD6ED2A}">
   <dimension ref="A2:B17"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A2" sqref="A2"/>
+      <selection activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="26.5703125" customWidth="1"/>
+    <col min="1" max="1" width="33.140625" customWidth="1"/>
     <col min="2" max="2" width="74.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2" s="10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>15</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A6" s="73" t="s">
+        <v>1716</v>
+      </c>
+      <c r="B6" s="74">
+        <v>46036</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A8" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="5"/>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A10" s="10" t="s">
         <v>5</v>
       </c>
       <c r="B10" s="10" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:2" ht="45" x14ac:dyDescent="0.25">
       <c r="A11" s="11" t="s">
         <v>6</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:2" ht="30" x14ac:dyDescent="0.25">
@@ -1796,3327 +6264,18550 @@
         <v>8</v>
       </c>
       <c r="B13" s="13" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A14" s="4"/>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A15" s="4"/>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A16" s="4"/>
     </row>
     <row r="17" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A17" s="3"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FC9DD590-BEB4-411E-8DD9-3FB9BD2D3F6A}">
-  <dimension ref="A1:L17"/>
+  <dimension ref="A1:N22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="G13" sqref="G13"/>
+      <pane xSplit="2" ySplit="1" topLeftCell="I2" activePane="bottomRight" state="frozen"/>
+      <selection pane="topRight" activeCell="C1" sqref="C1"/>
+      <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
+      <selection pane="bottomRight" activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.7109375" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" customWidth="1"/>
     <col min="3" max="3" width="5" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.5703125" customWidth="1"/>
     <col min="5" max="5" width="16.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="25.7109375" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="12" max="12" width="25.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="16.28515625" style="23" customWidth="1"/>
+    <col min="7" max="7" width="25.7109375" customWidth="1"/>
+    <col min="8" max="8" width="18.5703125" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="14.5703125" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="18" customWidth="1"/>
+    <col min="11" max="11" width="14.5703125" style="23" customWidth="1"/>
+    <col min="12" max="12" width="98.42578125" style="6" customWidth="1"/>
+    <col min="13" max="13" width="54.42578125" customWidth="1"/>
+    <col min="14" max="14" width="25.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="45" x14ac:dyDescent="0.25">
-      <c r="A1" s="17" t="s">
+    <row r="1" spans="1:14" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1" s="16" t="s">
         <v>14</v>
       </c>
-      <c r="B1" s="18" t="s">
+      <c r="B1" s="16" t="s">
         <v>19</v>
       </c>
-      <c r="C1" s="18" t="s">
+      <c r="C1" s="16" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="18" t="s">
+      <c r="D1" s="16" t="s">
         <v>20</v>
       </c>
-      <c r="E1" s="18" t="s">
+      <c r="E1" s="16" t="s">
         <v>21</v>
       </c>
-      <c r="F1" s="18" t="s">
-[...2 lines deleted...]
-      <c r="G1" s="18" t="s">
+      <c r="F1" s="16" t="s">
+        <v>272</v>
+      </c>
+      <c r="G1" s="16" t="s">
+        <v>0</v>
+      </c>
+      <c r="H1" s="16" t="s">
         <v>130</v>
       </c>
-      <c r="H1" s="18" t="s">
-[...2 lines deleted...]
-      <c r="I1" s="18" t="s">
+      <c r="I1" s="16" t="s">
+        <v>1</v>
+      </c>
+      <c r="J1" s="16" t="s">
         <v>139</v>
       </c>
-      <c r="J1" s="18" t="s">
+      <c r="K1" s="16" t="s">
+        <v>275</v>
+      </c>
+      <c r="L1" s="16" t="s">
         <v>13</v>
       </c>
-      <c r="K1" s="18" t="s">
+      <c r="M1" s="16" t="s">
         <v>12</v>
       </c>
-      <c r="L1" s="18" t="s">
+      <c r="N1" s="16" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:12" s="20" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B2" s="25" t="s">
+    <row r="2" spans="1:14" s="17" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A2" s="41">
+        <v>1</v>
+      </c>
+      <c r="B2" s="41" t="s">
         <v>129</v>
       </c>
-      <c r="C2" s="25">
+      <c r="C2" s="41">
         <v>2021</v>
       </c>
-      <c r="D2" s="25">
+      <c r="D2" s="41">
         <v>95</v>
       </c>
-      <c r="E2" s="26" t="s">
+      <c r="E2" s="43" t="s">
         <v>126</v>
       </c>
-      <c r="F2" s="25" t="s">
+      <c r="F2" s="44" t="s">
+        <v>274</v>
+      </c>
+      <c r="G2" s="41" t="s">
         <v>127</v>
       </c>
-      <c r="G2" s="19">
+      <c r="H2" s="42">
         <v>56</v>
       </c>
-      <c r="H2" s="19"/>
-[...1 lines deleted...]
-      <c r="J2" s="22" t="s">
+      <c r="I2" s="42"/>
+      <c r="J2" s="42"/>
+      <c r="K2" s="42" t="s">
+        <v>276</v>
+      </c>
+      <c r="L2" s="40" t="s">
         <v>133</v>
       </c>
-      <c r="K2" s="22" t="s">
+      <c r="M2" s="40" t="s">
         <v>132</v>
       </c>
-      <c r="L2" s="19" t="s">
+      <c r="N2" s="42" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="3" spans="1:12" s="20" customFormat="1" ht="30" x14ac:dyDescent="0.25">
-      <c r="A3" s="58">
+    <row r="3" spans="1:14" s="17" customFormat="1" ht="99" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="72">
         <v>2</v>
       </c>
-      <c r="B3" s="58" t="s">
+      <c r="B3" s="72" t="s">
+        <v>409</v>
+      </c>
+      <c r="C3" s="63">
+        <v>2021</v>
+      </c>
+      <c r="D3" s="63">
+        <v>27</v>
+      </c>
+      <c r="E3" s="67" t="s">
+        <v>424</v>
+      </c>
+      <c r="F3" s="61" t="s">
+        <v>273</v>
+      </c>
+      <c r="G3" s="63" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" s="68" t="s">
+        <v>141</v>
+      </c>
+      <c r="I3" s="68" t="s">
+        <v>314</v>
+      </c>
+      <c r="J3" s="68" t="s">
+        <v>423</v>
+      </c>
+      <c r="K3" s="68" t="s">
+        <v>277</v>
+      </c>
+      <c r="L3" s="62" t="s">
+        <v>474</v>
+      </c>
+      <c r="M3" s="22" t="s">
+        <v>476</v>
+      </c>
+      <c r="N3" s="69" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="4" spans="1:14" s="17" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A4" s="81">
+        <v>3</v>
+      </c>
+      <c r="B4" s="81" t="s">
         <v>134</v>
       </c>
-      <c r="C3" s="58">
+      <c r="C4" s="81">
         <v>2021</v>
       </c>
-      <c r="D3" s="58">
+      <c r="D4" s="81">
         <v>72</v>
       </c>
-      <c r="E3" s="59" t="s">
+      <c r="E4" s="95" t="s">
         <v>135</v>
       </c>
-      <c r="F3" s="58" t="s">
+      <c r="F4" s="85" t="s">
+        <v>273</v>
+      </c>
+      <c r="G4" s="81" t="s">
         <v>136</v>
       </c>
-      <c r="G3" s="65">
+      <c r="H4" s="79">
         <v>7065</v>
       </c>
-      <c r="H3" s="65" t="s">
+      <c r="I4" s="79" t="s">
         <v>137</v>
       </c>
-      <c r="I3" s="65" t="s">
+      <c r="J4" s="79" t="s">
         <v>138</v>
       </c>
-      <c r="J3" s="61" t="s">
-[...2 lines deleted...]
-      <c r="K3" s="28" t="s">
+      <c r="K4" s="88" t="s">
+        <v>278</v>
+      </c>
+      <c r="L4" s="89" t="s">
+        <v>266</v>
+      </c>
+      <c r="M4" s="22" t="s">
+        <v>279</v>
+      </c>
+      <c r="N4" s="88" t="s">
         <v>140</v>
       </c>
-      <c r="L3" s="63" t="s">
+    </row>
+    <row r="5" spans="1:14" s="17" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A5" s="81"/>
+      <c r="B5" s="81"/>
+      <c r="C5" s="81"/>
+      <c r="D5" s="81"/>
+      <c r="E5" s="95"/>
+      <c r="F5" s="87"/>
+      <c r="G5" s="81"/>
+      <c r="H5" s="79"/>
+      <c r="I5" s="79"/>
+      <c r="J5" s="79"/>
+      <c r="K5" s="88"/>
+      <c r="L5" s="89"/>
+      <c r="M5" s="22" t="s">
+        <v>142</v>
+      </c>
+      <c r="N5" s="88"/>
+    </row>
+    <row r="6" spans="1:14" s="17" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="78"/>
+      <c r="B6" s="78"/>
+      <c r="C6" s="78"/>
+      <c r="D6" s="78"/>
+      <c r="E6" s="96"/>
+      <c r="F6" s="86"/>
+      <c r="G6" s="78"/>
+      <c r="H6" s="80"/>
+      <c r="I6" s="80"/>
+      <c r="J6" s="80"/>
+      <c r="K6" s="76"/>
+      <c r="L6" s="90"/>
+      <c r="M6" s="32" t="s">
+        <v>280</v>
+      </c>
+      <c r="N6" s="76"/>
+    </row>
+    <row r="7" spans="1:14" s="17" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="77">
+        <v>4</v>
+      </c>
+      <c r="B7" s="77" t="s">
+        <v>311</v>
+      </c>
+      <c r="C7" s="77">
+        <v>2022</v>
+      </c>
+      <c r="D7" s="77">
+        <v>36</v>
+      </c>
+      <c r="E7" s="83" t="s">
+        <v>312</v>
+      </c>
+      <c r="F7" s="85" t="s">
+        <v>273</v>
+      </c>
+      <c r="G7" s="77" t="s">
+        <v>25</v>
+      </c>
+      <c r="H7" s="79" t="s">
         <v>141</v>
       </c>
-    </row>
-[...24 lines deleted...]
-      <c r="F5" s="40" t="s">
+      <c r="I7" s="48" t="s">
+        <v>137</v>
+      </c>
+      <c r="J7" s="48" t="s">
+        <v>315</v>
+      </c>
+      <c r="K7" s="81" t="s">
+        <v>277</v>
+      </c>
+      <c r="L7" s="82" t="s">
+        <v>479</v>
+      </c>
+      <c r="M7" s="22" t="s">
+        <v>376</v>
+      </c>
+      <c r="N7" s="75" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14" s="17" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="78"/>
+      <c r="B8" s="78"/>
+      <c r="C8" s="78"/>
+      <c r="D8" s="78"/>
+      <c r="E8" s="84"/>
+      <c r="F8" s="86"/>
+      <c r="G8" s="78"/>
+      <c r="H8" s="80"/>
+      <c r="I8" s="54" t="s">
+        <v>314</v>
+      </c>
+      <c r="J8" s="54" t="s">
+        <v>313</v>
+      </c>
+      <c r="K8" s="78"/>
+      <c r="L8" s="80"/>
+      <c r="M8" s="32" t="s">
+        <v>378</v>
+      </c>
+      <c r="N8" s="76"/>
+    </row>
+    <row r="9" spans="1:14" s="17" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="77">
+        <v>5</v>
+      </c>
+      <c r="B9" s="77" t="s">
+        <v>371</v>
+      </c>
+      <c r="C9" s="77">
+        <v>2022</v>
+      </c>
+      <c r="D9" s="77">
+        <v>27</v>
+      </c>
+      <c r="E9" s="83" t="s">
+        <v>372</v>
+      </c>
+      <c r="F9" s="85" t="s">
+        <v>273</v>
+      </c>
+      <c r="G9" s="77" t="s">
+        <v>373</v>
+      </c>
+      <c r="H9" s="82">
+        <v>6167</v>
+      </c>
+      <c r="I9" s="79" t="s">
+        <v>314</v>
+      </c>
+      <c r="J9" s="79" t="s">
+        <v>374</v>
+      </c>
+      <c r="K9" s="77" t="s">
+        <v>277</v>
+      </c>
+      <c r="L9" s="82" t="s">
+        <v>375</v>
+      </c>
+      <c r="M9" s="22" t="s">
+        <v>376</v>
+      </c>
+      <c r="N9" s="75" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" s="17" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="78"/>
+      <c r="B10" s="78"/>
+      <c r="C10" s="78"/>
+      <c r="D10" s="78"/>
+      <c r="E10" s="84"/>
+      <c r="F10" s="86"/>
+      <c r="G10" s="78"/>
+      <c r="H10" s="80"/>
+      <c r="I10" s="80"/>
+      <c r="J10" s="80"/>
+      <c r="K10" s="78"/>
+      <c r="L10" s="80"/>
+      <c r="M10" s="22" t="s">
+        <v>377</v>
+      </c>
+      <c r="N10" s="76"/>
+    </row>
+    <row r="11" spans="1:14" ht="45" x14ac:dyDescent="0.25">
+      <c r="A11" s="77">
+        <v>6</v>
+      </c>
+      <c r="B11" s="77" t="s">
+        <v>23</v>
+      </c>
+      <c r="C11" s="77">
+        <v>2023</v>
+      </c>
+      <c r="D11" s="77">
+        <v>2</v>
+      </c>
+      <c r="E11" s="97" t="s">
+        <v>24</v>
+      </c>
+      <c r="F11" s="87" t="s">
+        <v>273</v>
+      </c>
+      <c r="G11" s="77" t="s">
         <v>25</v>
       </c>
-      <c r="G5" s="40"/>
-[...30 lines deleted...]
-      <c r="H6" s="52" t="s">
+      <c r="H11" s="77" t="s">
+        <v>141</v>
+      </c>
+      <c r="I11" s="77" t="s">
         <v>26</v>
       </c>
-      <c r="I6" s="52" t="s">
+      <c r="J11" s="77" t="s">
         <v>27</v>
       </c>
-      <c r="J6" s="42" t="s">
+      <c r="K11" s="77" t="s">
+        <v>277</v>
+      </c>
+      <c r="L11" s="33" t="s">
         <v>128</v>
       </c>
-      <c r="K6" s="56" t="s">
-[...2 lines deleted...]
-      <c r="L6" s="50" t="s">
+      <c r="M11" s="93" t="s">
+        <v>271</v>
+      </c>
+      <c r="N11" s="91" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="7" spans="1:12" ht="30" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="J7" s="43" t="s">
+    <row r="12" spans="1:14" ht="30" x14ac:dyDescent="0.25">
+      <c r="A12" s="78"/>
+      <c r="B12" s="78"/>
+      <c r="C12" s="78"/>
+      <c r="D12" s="78"/>
+      <c r="E12" s="98"/>
+      <c r="F12" s="86"/>
+      <c r="G12" s="78"/>
+      <c r="H12" s="78"/>
+      <c r="I12" s="78"/>
+      <c r="J12" s="78"/>
+      <c r="K12" s="78"/>
+      <c r="L12" s="34" t="s">
         <v>31</v>
       </c>
-      <c r="K7" s="57"/>
-[...47 lines deleted...]
-    <row r="13" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="M12" s="94"/>
+      <c r="N12" s="92"/>
+    </row>
+    <row r="13" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A13" s="10"/>
       <c r="B13" s="10"/>
       <c r="C13" s="10"/>
       <c r="D13" s="10"/>
       <c r="E13" s="10"/>
       <c r="F13" s="10"/>
-      <c r="K13" s="8"/>
-[...11 lines deleted...]
-      <c r="K17" s="9"/>
+      <c r="G13" s="10"/>
+    </row>
+    <row r="14" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A14" s="10"/>
+      <c r="B14" s="10"/>
+      <c r="C14" s="10"/>
+      <c r="D14" s="10"/>
+      <c r="E14" s="10"/>
+      <c r="F14" s="10"/>
+      <c r="G14" s="21"/>
+      <c r="H14" s="18"/>
+    </row>
+    <row r="15" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A15" s="10"/>
+      <c r="B15" s="10"/>
+      <c r="C15" s="10"/>
+      <c r="D15" s="10"/>
+      <c r="E15" s="10"/>
+      <c r="F15" s="10"/>
+      <c r="G15" s="10"/>
+      <c r="M15" s="7"/>
+    </row>
+    <row r="16" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A16" s="10"/>
+      <c r="B16" s="10"/>
+      <c r="C16" s="10"/>
+      <c r="D16" s="10"/>
+      <c r="E16" s="10"/>
+      <c r="F16" s="10"/>
+      <c r="G16" s="10"/>
+      <c r="L16" s="14"/>
+      <c r="M16" s="7"/>
+    </row>
+    <row r="17" spans="1:13" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A17" s="10"/>
+      <c r="B17" s="10"/>
+      <c r="C17" s="10"/>
+      <c r="D17" s="10"/>
+      <c r="E17" s="10"/>
+      <c r="F17" s="10"/>
+      <c r="G17" s="10"/>
+      <c r="M17" s="7"/>
+    </row>
+    <row r="18" spans="1:13" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A18" s="10"/>
+      <c r="B18" s="10"/>
+      <c r="C18" s="10"/>
+      <c r="D18" s="10"/>
+      <c r="E18" s="10"/>
+      <c r="F18" s="10"/>
+      <c r="G18" s="10"/>
+      <c r="M18" s="8"/>
+    </row>
+    <row r="19" spans="1:13" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="M19" s="8"/>
+    </row>
+    <row r="20" spans="1:13" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="M20" s="7"/>
+    </row>
+    <row r="21" spans="1:13" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="M21" s="7"/>
+    </row>
+    <row r="22" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="M22" s="9"/>
     </row>
   </sheetData>
-  <mergeCells count="22">
-[...21 lines deleted...]
-    <mergeCell ref="G6:G7"/>
+  <mergeCells count="50">
+    <mergeCell ref="N9:N10"/>
+    <mergeCell ref="I9:I10"/>
+    <mergeCell ref="J9:J10"/>
+    <mergeCell ref="A9:A10"/>
+    <mergeCell ref="B9:B10"/>
+    <mergeCell ref="C9:C10"/>
+    <mergeCell ref="D9:D10"/>
+    <mergeCell ref="E9:E10"/>
+    <mergeCell ref="A11:A12"/>
+    <mergeCell ref="B11:B12"/>
+    <mergeCell ref="C11:C12"/>
+    <mergeCell ref="D11:D12"/>
+    <mergeCell ref="E11:E12"/>
+    <mergeCell ref="A4:A6"/>
+    <mergeCell ref="B4:B6"/>
+    <mergeCell ref="C4:C6"/>
+    <mergeCell ref="D4:D6"/>
+    <mergeCell ref="E4:E6"/>
+    <mergeCell ref="N11:N12"/>
+    <mergeCell ref="G11:G12"/>
+    <mergeCell ref="I11:I12"/>
+    <mergeCell ref="J11:J12"/>
+    <mergeCell ref="M11:M12"/>
+    <mergeCell ref="H11:H12"/>
+    <mergeCell ref="N4:N6"/>
+    <mergeCell ref="G4:G6"/>
+    <mergeCell ref="H4:H6"/>
+    <mergeCell ref="I4:I6"/>
+    <mergeCell ref="J4:J6"/>
+    <mergeCell ref="F7:F8"/>
+    <mergeCell ref="F4:F6"/>
+    <mergeCell ref="K4:K6"/>
+    <mergeCell ref="K11:K12"/>
+    <mergeCell ref="L4:L6"/>
+    <mergeCell ref="F11:F12"/>
+    <mergeCell ref="F9:F10"/>
+    <mergeCell ref="G9:G10"/>
+    <mergeCell ref="H9:H10"/>
+    <mergeCell ref="K9:K10"/>
+    <mergeCell ref="L9:L10"/>
+    <mergeCell ref="A7:A8"/>
+    <mergeCell ref="B7:B8"/>
+    <mergeCell ref="C7:C8"/>
+    <mergeCell ref="D7:D8"/>
+    <mergeCell ref="E7:E8"/>
+    <mergeCell ref="N7:N8"/>
+    <mergeCell ref="G7:G8"/>
+    <mergeCell ref="H7:H8"/>
+    <mergeCell ref="K7:K8"/>
+    <mergeCell ref="L7:L8"/>
   </mergeCells>
+  <phoneticPr fontId="14" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="E6:E7" r:id="rId1" display="10.1101/2023.07.17.549201" xr:uid="{48972351-CB57-47F0-8508-D2119A51870E}"/>
+    <hyperlink ref="E11:E12" r:id="rId1" display="10.1101/2023.07.17.549201" xr:uid="{48972351-CB57-47F0-8508-D2119A51870E}"/>
     <hyperlink ref="E2" r:id="rId2" xr:uid="{6991AA6A-FEF1-41B9-B269-3A2608FDC987}"/>
-    <hyperlink ref="E3" r:id="rId3" xr:uid="{023612B5-6C76-48BF-B320-097DA04E6A60}"/>
-    <hyperlink ref="L3:L4" location="'Gyawali et al., 2021'!A1" display="Yes" xr:uid="{BB4E9F9B-6353-4BCD-A99A-9285C1EB659E}"/>
+    <hyperlink ref="E4" r:id="rId3" xr:uid="{023612B5-6C76-48BF-B320-097DA04E6A60}"/>
+    <hyperlink ref="N4:N6" location="'Gyawali 2021'!A1" display="Yes" xr:uid="{BB4E9F9B-6353-4BCD-A99A-9285C1EB659E}"/>
+    <hyperlink ref="K4:K6" r:id="rId4" display="Yes, through figshare" xr:uid="{47619D9B-0512-4325-92B1-0F3BC71E0318}"/>
+    <hyperlink ref="E7" r:id="rId5" xr:uid="{6E0448AD-1B5C-4EBD-82B1-EBEE3E062BE1}"/>
+    <hyperlink ref="N7:N8" location="'Bhattarai 2022'!A1" display="Yes" xr:uid="{CA5A829D-290C-4E46-A2E7-19BABCE43A26}"/>
+    <hyperlink ref="E9" r:id="rId6" display="10.1093/hr/uhac205" xr:uid="{548939AF-31DC-4092-A2A9-50D322BE34B9}"/>
+    <hyperlink ref="N9:N10" location="'Rueda 2022'!A1" display="Yes" xr:uid="{2F15023B-B2E6-4B9F-A23C-4D9A6B4A1860}"/>
+    <hyperlink ref="E9:E10" r:id="rId7" display="10.3389/fgene.2021.752313" xr:uid="{95086CFA-8F38-425F-9BE0-87950AA7A1DE}"/>
+    <hyperlink ref="E3" r:id="rId8" xr:uid="{B3A26F07-1FC4-476D-B7A3-048092495847}"/>
+    <hyperlink ref="N3" location="'Hulse-Kemp 2021'!A1" display="yes" xr:uid="{8159AF63-4945-472C-9E9D-D5385A742B92}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId4"/>
+  <pageSetup orientation="portrait" r:id="rId9"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A5CCCB69-03E0-47BD-9CD8-BEC57327DA7F}">
-  <dimension ref="A1:D416"/>
+  <dimension ref="A1:AE380"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" ySplit="3" topLeftCell="B4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" activeCell="F6" sqref="F6"/>
+      <selection pane="bottomRight" activeCell="B4" sqref="B4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="17.42578125" style="33" customWidth="1"/>
+    <col min="1" max="1" width="17.42578125" style="27" customWidth="1"/>
     <col min="2" max="2" width="17.42578125" customWidth="1"/>
-    <col min="3" max="3" width="12.85546875" style="9" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="14.140625" style="23" customWidth="1"/>
+    <col min="4" max="4" width="12.85546875" style="9" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="15.42578125" style="9" customWidth="1"/>
+    <col min="6" max="6" width="11" style="9" customWidth="1"/>
+    <col min="7" max="7" width="15.28515625" customWidth="1"/>
+    <col min="8" max="8" width="11" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="12.7109375" style="55" customWidth="1"/>
+    <col min="10" max="10" width="12.42578125" style="55" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="8.7109375" style="55" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="12" style="55" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="12.42578125" style="55" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="10.5703125" style="55" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="8.140625" style="55" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="72.85546875" style="55" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="9.5703125" style="55" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="10.28515625" style="55" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="12.28515625" style="55" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="10.140625" style="55" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="9.7109375" style="55" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="10.140625" style="55" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="8.85546875" style="55" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="11.5703125" style="55" bestFit="1" customWidth="1"/>
+    <col min="25" max="25" width="11.85546875" style="55" bestFit="1" customWidth="1"/>
+    <col min="26" max="26" width="15.42578125" style="55" bestFit="1" customWidth="1"/>
+    <col min="27" max="27" width="138.85546875" style="55" bestFit="1" customWidth="1"/>
+    <col min="28" max="28" width="10.28515625" style="55" bestFit="1" customWidth="1"/>
+    <col min="29" max="29" width="12" style="55" bestFit="1" customWidth="1"/>
+    <col min="30" max="30" width="11" style="55" bestFit="1" customWidth="1"/>
+    <col min="31" max="16384" width="9.140625" style="55"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" s="29" customFormat="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C1" s="45">
+    <row r="1" spans="1:30" s="23" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="35" t="s">
+        <v>269</v>
+      </c>
+      <c r="B1" s="36">
+        <v>1</v>
+      </c>
+      <c r="C1" s="36">
         <v>2</v>
       </c>
-      <c r="D1" s="45">
+      <c r="D1" s="36">
         <v>3</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B2" s="47" t="s">
+      <c r="E1" s="36">
+        <v>4</v>
+      </c>
+      <c r="F1" s="36">
+        <v>5</v>
+      </c>
+      <c r="G1" s="45">
+        <v>6</v>
+      </c>
+      <c r="I1" s="99" t="s">
+        <v>281</v>
+      </c>
+      <c r="J1" s="100"/>
+      <c r="K1" s="100"/>
+      <c r="L1" s="100"/>
+      <c r="M1" s="100"/>
+      <c r="N1" s="100"/>
+      <c r="O1" s="100"/>
+      <c r="P1" s="100"/>
+      <c r="Q1" s="100"/>
+      <c r="R1" s="100"/>
+      <c r="S1" s="100"/>
+      <c r="T1" s="100"/>
+      <c r="U1" s="100"/>
+      <c r="V1" s="100"/>
+      <c r="W1" s="100"/>
+      <c r="X1" s="100"/>
+      <c r="Y1" s="100"/>
+      <c r="Z1" s="100"/>
+      <c r="AA1" s="100"/>
+      <c r="AB1" s="100"/>
+      <c r="AC1" s="100"/>
+      <c r="AD1" s="101"/>
+    </row>
+    <row r="2" spans="1:30" s="23" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="37" t="s">
+        <v>270</v>
+      </c>
+      <c r="B2" s="38" t="s">
         <v>127</v>
       </c>
-      <c r="C2" s="48" t="s">
-[...7 lines deleted...]
-      <c r="A3" s="32" t="s">
+      <c r="C2" s="38" t="s">
+        <v>310</v>
+      </c>
+      <c r="D2" s="39" t="s">
+        <v>268</v>
+      </c>
+      <c r="E2" s="39" t="s">
+        <v>310</v>
+      </c>
+      <c r="F2" s="39" t="s">
+        <v>268</v>
+      </c>
+      <c r="G2" s="53" t="s">
+        <v>310</v>
+      </c>
+      <c r="I2" s="99"/>
+      <c r="J2" s="100"/>
+      <c r="K2" s="100"/>
+      <c r="L2" s="100"/>
+      <c r="M2" s="100"/>
+      <c r="N2" s="100"/>
+      <c r="O2" s="100"/>
+      <c r="P2" s="100"/>
+      <c r="Q2" s="100"/>
+      <c r="R2" s="100"/>
+      <c r="S2" s="100"/>
+      <c r="T2" s="100"/>
+      <c r="U2" s="100"/>
+      <c r="V2" s="100"/>
+      <c r="W2" s="100"/>
+      <c r="X2" s="100"/>
+      <c r="Y2" s="100"/>
+      <c r="Z2" s="100"/>
+      <c r="AA2" s="100"/>
+      <c r="AB2" s="100"/>
+      <c r="AC2" s="100"/>
+      <c r="AD2" s="101"/>
+    </row>
+    <row r="3" spans="1:30" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A3" s="26" t="s">
         <v>17</v>
       </c>
       <c r="B3" s="15" t="s">
         <v>131</v>
       </c>
       <c r="C3" s="15" t="s">
+        <v>410</v>
+      </c>
+      <c r="D3" s="15" t="s">
+        <v>143</v>
+      </c>
+      <c r="E3" s="15" t="s">
+        <v>316</v>
+      </c>
+      <c r="F3" s="15" t="s">
+        <v>379</v>
+      </c>
+      <c r="G3" s="60" t="s">
+        <v>267</v>
+      </c>
+      <c r="I3" s="49" t="s">
+        <v>282</v>
+      </c>
+      <c r="J3" s="50" t="s">
+        <v>283</v>
+      </c>
+      <c r="K3" s="50" t="s">
+        <v>284</v>
+      </c>
+      <c r="L3" s="50" t="s">
+        <v>285</v>
+      </c>
+      <c r="M3" s="50" t="s">
+        <v>286</v>
+      </c>
+      <c r="N3" s="50" t="s">
+        <v>287</v>
+      </c>
+      <c r="O3" s="50" t="s">
+        <v>288</v>
+      </c>
+      <c r="P3" s="50" t="s">
+        <v>289</v>
+      </c>
+      <c r="Q3" s="50" t="s">
+        <v>290</v>
+      </c>
+      <c r="R3" s="50" t="s">
+        <v>291</v>
+      </c>
+      <c r="S3" s="50" t="s">
+        <v>292</v>
+      </c>
+      <c r="T3" s="50" t="s">
+        <v>293</v>
+      </c>
+      <c r="U3" s="50" t="s">
+        <v>294</v>
+      </c>
+      <c r="V3" s="50" t="s">
+        <v>295</v>
+      </c>
+      <c r="W3" s="50" t="s">
+        <v>296</v>
+      </c>
+      <c r="X3" s="50" t="s">
+        <v>297</v>
+      </c>
+      <c r="Y3" s="50" t="s">
+        <v>298</v>
+      </c>
+      <c r="Z3" s="50" t="s">
+        <v>299</v>
+      </c>
+      <c r="AA3" s="51" t="s">
+        <v>300</v>
+      </c>
+      <c r="AB3" s="51" t="s">
+        <v>301</v>
+      </c>
+      <c r="AC3" s="51" t="s">
+        <v>302</v>
+      </c>
+      <c r="AD3" s="52" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="4" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="70" t="s">
+        <v>442</v>
+      </c>
+      <c r="B4" s="23"/>
+      <c r="C4" s="23">
+        <v>1</v>
+      </c>
+      <c r="D4" s="9"/>
+      <c r="E4" s="9"/>
+      <c r="F4" s="9"/>
+      <c r="G4" s="47"/>
+      <c r="H4" s="71"/>
+      <c r="I4" s="71" t="s">
+        <v>480</v>
+      </c>
+      <c r="J4" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K4" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L4" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M4" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N4" s="71" t="s">
+        <v>484</v>
+      </c>
+      <c r="O4" s="71" t="s">
+        <v>485</v>
+      </c>
+      <c r="P4" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q4" s="71" t="s">
+        <v>486</v>
+      </c>
+      <c r="R4" s="71" t="s">
+        <v>487</v>
+      </c>
+      <c r="S4" s="71" t="s">
+        <v>488</v>
+      </c>
+      <c r="T4" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U4" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V4" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="W4" s="71" t="s">
+        <v>306</v>
+      </c>
+      <c r="X4" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y4" s="71" t="s">
+        <v>490</v>
+      </c>
+      <c r="Z4" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA4" s="71" t="s">
+        <v>491</v>
+      </c>
+      <c r="AB4" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC4" s="71" t="s">
+        <v>492</v>
+      </c>
+      <c r="AD4" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="5" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="70" t="s">
+        <v>453</v>
+      </c>
+      <c r="B5" s="23"/>
+      <c r="C5" s="23">
+        <v>1</v>
+      </c>
+      <c r="D5" s="9"/>
+      <c r="E5" s="9"/>
+      <c r="F5" s="9"/>
+      <c r="G5" s="47"/>
+      <c r="H5" s="71"/>
+      <c r="I5" s="71" t="s">
+        <v>494</v>
+      </c>
+      <c r="J5" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K5" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L5" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M5" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N5" s="71" t="s">
+        <v>495</v>
+      </c>
+      <c r="O5" s="71" t="s">
+        <v>485</v>
+      </c>
+      <c r="P5" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q5" s="71" t="s">
+        <v>486</v>
+      </c>
+      <c r="R5" s="71" t="s">
+        <v>487</v>
+      </c>
+      <c r="S5" s="71" t="s">
+        <v>488</v>
+      </c>
+      <c r="T5" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U5" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V5" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="W5" s="71" t="s">
+        <v>306</v>
+      </c>
+      <c r="X5" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y5" s="71" t="s">
+        <v>496</v>
+      </c>
+      <c r="Z5" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA5" s="71" t="s">
+        <v>497</v>
+      </c>
+      <c r="AB5" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC5" s="71" t="s">
+        <v>498</v>
+      </c>
+      <c r="AD5" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="6" spans="1:30" s="23" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="70" t="s">
+        <v>455</v>
+      </c>
+      <c r="C6" s="23">
+        <v>1</v>
+      </c>
+      <c r="D6" s="9"/>
+      <c r="E6" s="9"/>
+      <c r="F6" s="9"/>
+      <c r="G6" s="47"/>
+      <c r="H6" s="71"/>
+      <c r="I6" s="71" t="s">
+        <v>499</v>
+      </c>
+      <c r="J6" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K6" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L6" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M6" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N6" s="71" t="s">
+        <v>452</v>
+      </c>
+      <c r="O6" s="71" t="s">
+        <v>500</v>
+      </c>
+      <c r="P6" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q6" s="71" t="s">
+        <v>501</v>
+      </c>
+      <c r="R6" s="71" t="s">
+        <v>502</v>
+      </c>
+      <c r="S6" s="71" t="s">
+        <v>503</v>
+      </c>
+      <c r="T6" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U6" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V6" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="W6" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X6" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y6" s="71" t="s">
+        <v>504</v>
+      </c>
+      <c r="Z6" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA6" s="71" t="s">
+        <v>505</v>
+      </c>
+      <c r="AB6" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC6" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD6" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="7" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="27" t="s">
+        <v>88</v>
+      </c>
+      <c r="B7" s="19">
+        <v>1</v>
+      </c>
+      <c r="C7" s="19"/>
+      <c r="D7" s="9"/>
+      <c r="E7" s="9"/>
+      <c r="F7" s="9"/>
+      <c r="G7" s="46"/>
+      <c r="H7" s="71"/>
+      <c r="I7" s="71" t="s">
+        <v>506</v>
+      </c>
+      <c r="J7" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K7" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L7" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M7" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N7" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O7" s="71" t="s">
+        <v>507</v>
+      </c>
+      <c r="P7" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q7" s="71" t="s">
+        <v>508</v>
+      </c>
+      <c r="R7" s="71" t="s">
+        <v>509</v>
+      </c>
+      <c r="S7" s="71" t="s">
+        <v>510</v>
+      </c>
+      <c r="T7" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U7" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V7" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W7" s="71" t="s">
+        <v>511</v>
+      </c>
+      <c r="X7" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y7" s="71" t="s">
+        <v>512</v>
+      </c>
+      <c r="Z7" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA7" s="71" t="s">
+        <v>513</v>
+      </c>
+      <c r="AB7" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC7" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD7" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="8" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="27" t="s">
+        <v>124</v>
+      </c>
+      <c r="B8" s="19">
+        <v>1</v>
+      </c>
+      <c r="C8" s="19">
+        <v>1</v>
+      </c>
+      <c r="D8" s="9"/>
+      <c r="E8" s="9"/>
+      <c r="F8" s="9"/>
+      <c r="G8" s="46"/>
+      <c r="H8" s="71"/>
+      <c r="I8" s="71" t="s">
+        <v>514</v>
+      </c>
+      <c r="J8" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K8" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L8" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M8" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N8" s="71" t="s">
+        <v>304</v>
+      </c>
+      <c r="O8" s="71" t="s">
+        <v>485</v>
+      </c>
+      <c r="P8" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q8" s="71" t="s">
+        <v>486</v>
+      </c>
+      <c r="R8" s="71" t="s">
+        <v>487</v>
+      </c>
+      <c r="S8" s="71" t="s">
+        <v>488</v>
+      </c>
+      <c r="T8" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U8" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V8" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="W8" s="71" t="s">
+        <v>306</v>
+      </c>
+      <c r="X8" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y8" s="71" t="s">
+        <v>515</v>
+      </c>
+      <c r="Z8" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA8" s="71">
+        <v>0</v>
+      </c>
+      <c r="AB8" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC8" s="71" t="s">
+        <v>516</v>
+      </c>
+      <c r="AD8" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="9" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="29" t="s">
+        <v>221</v>
+      </c>
+      <c r="B9" s="19"/>
+      <c r="C9" s="19"/>
+      <c r="D9" s="9">
+        <v>1</v>
+      </c>
+      <c r="E9" s="9"/>
+      <c r="F9" s="9"/>
+      <c r="G9" s="46"/>
+      <c r="H9" s="71"/>
+      <c r="I9" s="71" t="s">
+        <v>517</v>
+      </c>
+      <c r="J9" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K9" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L9" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M9" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N9" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O9" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="P9" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q9" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="R9" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="S9" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="T9" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U9" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V9" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W9" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X9" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y9" s="71" t="s">
+        <v>520</v>
+      </c>
+      <c r="Z9" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA9" s="71" t="s">
+        <v>521</v>
+      </c>
+      <c r="AB9" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC9" s="71" t="s">
+        <v>522</v>
+      </c>
+      <c r="AD9" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="10" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="27" t="s">
+        <v>125</v>
+      </c>
+      <c r="B10" s="19">
+        <v>1</v>
+      </c>
+      <c r="C10" s="19"/>
+      <c r="D10" s="9"/>
+      <c r="E10" s="9"/>
+      <c r="F10" s="9"/>
+      <c r="G10" s="46"/>
+      <c r="H10" s="71"/>
+      <c r="I10" s="71" t="s">
+        <v>524</v>
+      </c>
+      <c r="J10" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K10" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L10" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M10" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N10" s="71" t="s">
+        <v>525</v>
+      </c>
+      <c r="O10" s="71" t="s">
+        <v>485</v>
+      </c>
+      <c r="P10" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q10" s="71" t="s">
+        <v>486</v>
+      </c>
+      <c r="R10" s="71" t="s">
+        <v>487</v>
+      </c>
+      <c r="S10" s="71" t="s">
+        <v>488</v>
+      </c>
+      <c r="T10" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U10" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V10" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="W10" s="71" t="s">
+        <v>306</v>
+      </c>
+      <c r="X10" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y10" s="71" t="s">
+        <v>526</v>
+      </c>
+      <c r="Z10" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA10" s="71" t="s">
+        <v>527</v>
+      </c>
+      <c r="AB10" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC10" s="71" t="s">
+        <v>516</v>
+      </c>
+      <c r="AD10" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="11" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="27" t="s">
+        <v>123</v>
+      </c>
+      <c r="B11" s="19">
+        <v>1</v>
+      </c>
+      <c r="C11" s="19"/>
+      <c r="D11" s="9"/>
+      <c r="E11" s="9"/>
+      <c r="F11" s="9"/>
+      <c r="G11" s="46"/>
+      <c r="H11" s="71"/>
+      <c r="I11" s="71" t="s">
+        <v>528</v>
+      </c>
+      <c r="J11" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K11" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L11" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M11" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N11" s="71" t="s">
+        <v>529</v>
+      </c>
+      <c r="O11" s="71" t="s">
+        <v>530</v>
+      </c>
+      <c r="P11" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q11" s="71" t="s">
+        <v>531</v>
+      </c>
+      <c r="R11" s="71" t="s">
+        <v>532</v>
+      </c>
+      <c r="S11" s="71" t="s">
+        <v>533</v>
+      </c>
+      <c r="T11" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U11" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V11" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="W11" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X11" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y11" s="71" t="s">
+        <v>534</v>
+      </c>
+      <c r="Z11" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA11" s="71" t="s">
+        <v>535</v>
+      </c>
+      <c r="AB11" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC11" s="71" t="s">
+        <v>536</v>
+      </c>
+      <c r="AD11" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="12" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="27" t="s">
+        <v>94</v>
+      </c>
+      <c r="B12" s="19">
+        <v>1</v>
+      </c>
+      <c r="C12" s="19"/>
+      <c r="D12" s="9"/>
+      <c r="E12" s="9"/>
+      <c r="F12" s="9"/>
+      <c r="G12" s="46"/>
+      <c r="H12" s="71"/>
+      <c r="I12" s="71" t="s">
+        <v>537</v>
+      </c>
+      <c r="J12" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K12" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L12" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M12" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N12" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O12" s="71" t="s">
+        <v>538</v>
+      </c>
+      <c r="P12" s="71" t="s">
+        <v>539</v>
+      </c>
+      <c r="Q12" s="71" t="s">
+        <v>540</v>
+      </c>
+      <c r="R12" s="71" t="s">
+        <v>541</v>
+      </c>
+      <c r="S12" s="71" t="s">
+        <v>542</v>
+      </c>
+      <c r="T12" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U12" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V12" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W12" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X12" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y12" s="71" t="s">
+        <v>543</v>
+      </c>
+      <c r="Z12" s="71" t="s">
+        <v>544</v>
+      </c>
+      <c r="AA12" s="71" t="s">
+        <v>545</v>
+      </c>
+      <c r="AB12" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC12" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD12" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="13" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="27" t="s">
+        <v>95</v>
+      </c>
+      <c r="B13" s="19">
+        <v>1</v>
+      </c>
+      <c r="C13" s="19"/>
+      <c r="D13" s="9"/>
+      <c r="E13" s="9"/>
+      <c r="F13" s="9"/>
+      <c r="G13" s="46"/>
+      <c r="H13" s="71"/>
+      <c r="I13" s="71" t="s">
+        <v>546</v>
+      </c>
+      <c r="J13" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K13" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L13" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M13" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N13" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O13" s="71" t="s">
+        <v>538</v>
+      </c>
+      <c r="P13" s="71" t="s">
+        <v>539</v>
+      </c>
+      <c r="Q13" s="71" t="s">
+        <v>540</v>
+      </c>
+      <c r="R13" s="71" t="s">
+        <v>541</v>
+      </c>
+      <c r="S13" s="71" t="s">
+        <v>542</v>
+      </c>
+      <c r="T13" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U13" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V13" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W13" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X13" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y13" s="71" t="s">
+        <v>547</v>
+      </c>
+      <c r="Z13" s="71" t="s">
+        <v>548</v>
+      </c>
+      <c r="AA13" s="71" t="s">
+        <v>545</v>
+      </c>
+      <c r="AB13" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC13" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD13" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="14" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="70" t="s">
+        <v>411</v>
+      </c>
+      <c r="B14" s="23"/>
+      <c r="C14" s="23">
+        <v>1</v>
+      </c>
+      <c r="D14" s="9"/>
+      <c r="E14" s="9"/>
+      <c r="F14" s="9"/>
+      <c r="G14" s="47"/>
+      <c r="H14" s="71"/>
+      <c r="I14" s="71" t="s">
+        <v>549</v>
+      </c>
+      <c r="J14" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K14" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L14" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M14" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N14" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O14" s="71" t="s">
+        <v>550</v>
+      </c>
+      <c r="P14" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q14" s="71" t="s">
+        <v>551</v>
+      </c>
+      <c r="R14" s="71" t="s">
+        <v>552</v>
+      </c>
+      <c r="S14" s="71" t="s">
+        <v>553</v>
+      </c>
+      <c r="T14" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U14" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V14" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="W14" s="71" t="s">
+        <v>306</v>
+      </c>
+      <c r="X14" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y14" s="71" t="s">
+        <v>554</v>
+      </c>
+      <c r="Z14" s="71" t="s">
+        <v>555</v>
+      </c>
+      <c r="AA14" s="71">
+        <v>0</v>
+      </c>
+      <c r="AB14" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC14" s="71" t="s">
+        <v>556</v>
+      </c>
+      <c r="AD14" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="15" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="70" t="s">
+        <v>412</v>
+      </c>
+      <c r="B15" s="23"/>
+      <c r="C15" s="23">
+        <v>1</v>
+      </c>
+      <c r="D15" s="9"/>
+      <c r="E15" s="9"/>
+      <c r="F15" s="9"/>
+      <c r="G15" s="47"/>
+      <c r="H15" s="71"/>
+      <c r="I15" s="71" t="s">
+        <v>557</v>
+      </c>
+      <c r="J15" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K15" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L15" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M15" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N15" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O15" s="71" t="s">
+        <v>550</v>
+      </c>
+      <c r="P15" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q15" s="71" t="s">
+        <v>551</v>
+      </c>
+      <c r="R15" s="71" t="s">
+        <v>552</v>
+      </c>
+      <c r="S15" s="71" t="s">
+        <v>553</v>
+      </c>
+      <c r="T15" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U15" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V15" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="W15" s="71" t="s">
+        <v>306</v>
+      </c>
+      <c r="X15" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y15" s="71" t="s">
+        <v>558</v>
+      </c>
+      <c r="Z15" s="71" t="s">
+        <v>559</v>
+      </c>
+      <c r="AA15" s="71">
+        <v>0</v>
+      </c>
+      <c r="AB15" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC15" s="71" t="s">
+        <v>556</v>
+      </c>
+      <c r="AD15" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="16" spans="1:30" s="23" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="70" t="s">
+        <v>413</v>
+      </c>
+      <c r="C16" s="23">
+        <v>1</v>
+      </c>
+      <c r="D16" s="9"/>
+      <c r="E16" s="9"/>
+      <c r="F16" s="9"/>
+      <c r="G16" s="47"/>
+      <c r="H16" s="71"/>
+      <c r="I16" s="71" t="s">
+        <v>560</v>
+      </c>
+      <c r="J16" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K16" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L16" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M16" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N16" s="71" t="s">
+        <v>561</v>
+      </c>
+      <c r="O16" s="71" t="s">
+        <v>562</v>
+      </c>
+      <c r="P16" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q16" s="71" t="s">
+        <v>563</v>
+      </c>
+      <c r="R16" s="71" t="s">
+        <v>564</v>
+      </c>
+      <c r="S16" s="71" t="s">
+        <v>565</v>
+      </c>
+      <c r="T16" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U16" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V16" s="71" t="s">
+        <v>307</v>
+      </c>
+      <c r="W16" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X16" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y16" s="71" t="s">
+        <v>566</v>
+      </c>
+      <c r="Z16" s="71" t="s">
+        <v>567</v>
+      </c>
+      <c r="AA16" s="71">
+        <v>0</v>
+      </c>
+      <c r="AB16" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC16" s="71" t="s">
+        <v>568</v>
+      </c>
+      <c r="AD16" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="17" spans="1:30" s="23" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="27" t="s">
+        <v>118</v>
+      </c>
+      <c r="B17" s="19">
+        <v>1</v>
+      </c>
+      <c r="C17" s="19"/>
+      <c r="D17" s="9"/>
+      <c r="E17" s="9"/>
+      <c r="F17" s="9"/>
+      <c r="G17" s="46"/>
+      <c r="H17" s="71"/>
+      <c r="I17" s="71" t="s">
+        <v>569</v>
+      </c>
+      <c r="J17" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K17" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L17" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M17" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N17" s="71" t="s">
+        <v>570</v>
+      </c>
+      <c r="O17" s="71" t="s">
+        <v>571</v>
+      </c>
+      <c r="P17" s="71" t="s">
+        <v>572</v>
+      </c>
+      <c r="Q17" s="71" t="s">
+        <v>573</v>
+      </c>
+      <c r="R17" s="71" t="s">
+        <v>574</v>
+      </c>
+      <c r="S17" s="71" t="s">
+        <v>575</v>
+      </c>
+      <c r="T17" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U17" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V17" s="71" t="s">
+        <v>307</v>
+      </c>
+      <c r="W17" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X17" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y17" s="71" t="s">
+        <v>576</v>
+      </c>
+      <c r="Z17" s="71" t="s">
+        <v>577</v>
+      </c>
+      <c r="AA17" s="71">
+        <v>0</v>
+      </c>
+      <c r="AB17" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC17" s="71" t="s">
+        <v>568</v>
+      </c>
+      <c r="AD17" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="18" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="55" t="s">
+        <v>351</v>
+      </c>
+      <c r="B18" s="23"/>
+      <c r="C18" s="23"/>
+      <c r="D18" s="9"/>
+      <c r="E18" s="57">
+        <v>1</v>
+      </c>
+      <c r="F18" s="57"/>
+      <c r="G18" s="47"/>
+      <c r="H18" s="71"/>
+      <c r="I18" s="71" t="s">
+        <v>578</v>
+      </c>
+      <c r="J18" s="71" t="s">
+        <v>579</v>
+      </c>
+      <c r="K18" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L18" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M18" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N18" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O18" s="71" t="s">
+        <v>580</v>
+      </c>
+      <c r="P18" s="71" t="s">
+        <v>581</v>
+      </c>
+      <c r="Q18" s="71" t="s">
+        <v>582</v>
+      </c>
+      <c r="R18" s="71" t="s">
+        <v>583</v>
+      </c>
+      <c r="S18" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T18" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U18" s="71" t="s">
+        <v>585</v>
+      </c>
+      <c r="V18" s="71" t="s">
+        <v>307</v>
+      </c>
+      <c r="W18" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X18" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y18" s="71" t="s">
+        <v>586</v>
+      </c>
+      <c r="Z18" s="71" t="s">
+        <v>587</v>
+      </c>
+      <c r="AA18" s="71">
+        <v>0</v>
+      </c>
+      <c r="AB18" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC18" s="71" t="s">
+        <v>588</v>
+      </c>
+      <c r="AD18" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="19" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="55" t="s">
+        <v>352</v>
+      </c>
+      <c r="B19" s="23"/>
+      <c r="C19" s="23"/>
+      <c r="D19" s="9"/>
+      <c r="E19" s="58">
+        <v>1</v>
+      </c>
+      <c r="F19" s="58">
+        <v>1</v>
+      </c>
+      <c r="G19" s="47"/>
+      <c r="H19" s="71"/>
+      <c r="I19" s="71" t="s">
+        <v>589</v>
+      </c>
+      <c r="J19" s="71" t="s">
+        <v>590</v>
+      </c>
+      <c r="K19" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L19" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M19" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N19" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O19" s="71" t="s">
+        <v>580</v>
+      </c>
+      <c r="P19" s="71" t="s">
+        <v>591</v>
+      </c>
+      <c r="Q19" s="71" t="s">
+        <v>592</v>
+      </c>
+      <c r="R19" s="71" t="s">
+        <v>593</v>
+      </c>
+      <c r="S19" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T19" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U19" s="71" t="s">
+        <v>585</v>
+      </c>
+      <c r="V19" s="71" t="s">
+        <v>307</v>
+      </c>
+      <c r="W19" s="71" t="s">
+        <v>511</v>
+      </c>
+      <c r="X19" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y19" s="71" t="s">
+        <v>594</v>
+      </c>
+      <c r="Z19" s="71" t="s">
+        <v>595</v>
+      </c>
+      <c r="AA19" s="71">
+        <v>0</v>
+      </c>
+      <c r="AB19" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC19" s="71" t="s">
+        <v>588</v>
+      </c>
+      <c r="AD19" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="20" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="55" t="s">
+        <v>353</v>
+      </c>
+      <c r="B20" s="23"/>
+      <c r="C20" s="23"/>
+      <c r="D20" s="9"/>
+      <c r="E20" s="57">
+        <v>1</v>
+      </c>
+      <c r="F20" s="57">
+        <v>1</v>
+      </c>
+      <c r="G20" s="47"/>
+      <c r="H20" s="71"/>
+      <c r="I20" s="71" t="s">
+        <v>596</v>
+      </c>
+      <c r="J20" s="71" t="s">
+        <v>597</v>
+      </c>
+      <c r="K20" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L20" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M20" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N20" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O20" s="71" t="s">
+        <v>580</v>
+      </c>
+      <c r="P20" s="71" t="s">
+        <v>598</v>
+      </c>
+      <c r="Q20" s="71" t="s">
+        <v>599</v>
+      </c>
+      <c r="R20" s="71" t="s">
+        <v>600</v>
+      </c>
+      <c r="S20" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T20" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U20" s="71" t="s">
+        <v>585</v>
+      </c>
+      <c r="V20" s="71" t="s">
+        <v>307</v>
+      </c>
+      <c r="W20" s="71" t="s">
+        <v>601</v>
+      </c>
+      <c r="X20" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y20" s="71" t="s">
+        <v>602</v>
+      </c>
+      <c r="Z20" s="71" t="s">
+        <v>603</v>
+      </c>
+      <c r="AA20" s="71">
+        <v>0</v>
+      </c>
+      <c r="AB20" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC20" s="71" t="s">
+        <v>588</v>
+      </c>
+      <c r="AD20" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="21" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="55" t="s">
+        <v>354</v>
+      </c>
+      <c r="B21" s="23"/>
+      <c r="C21" s="23"/>
+      <c r="D21" s="9"/>
+      <c r="E21" s="57">
+        <v>1</v>
+      </c>
+      <c r="F21" s="57">
+        <v>1</v>
+      </c>
+      <c r="G21" s="47"/>
+      <c r="H21" s="71"/>
+      <c r="I21" s="71" t="s">
+        <v>604</v>
+      </c>
+      <c r="J21" s="71" t="s">
+        <v>605</v>
+      </c>
+      <c r="K21" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L21" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M21" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N21" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O21" s="71" t="s">
+        <v>580</v>
+      </c>
+      <c r="P21" s="71" t="s">
+        <v>606</v>
+      </c>
+      <c r="Q21" s="71" t="s">
+        <v>607</v>
+      </c>
+      <c r="R21" s="71" t="s">
+        <v>608</v>
+      </c>
+      <c r="S21" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T21" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U21" s="71" t="s">
+        <v>585</v>
+      </c>
+      <c r="V21" s="71" t="s">
+        <v>307</v>
+      </c>
+      <c r="W21" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X21" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y21" s="71" t="s">
+        <v>609</v>
+      </c>
+      <c r="Z21" s="71" t="s">
+        <v>610</v>
+      </c>
+      <c r="AA21" s="71">
+        <v>0</v>
+      </c>
+      <c r="AB21" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC21" s="71" t="s">
+        <v>588</v>
+      </c>
+      <c r="AD21" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="22" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="27" t="s">
+        <v>103</v>
+      </c>
+      <c r="B22" s="19">
+        <v>1</v>
+      </c>
+      <c r="C22" s="19"/>
+      <c r="D22" s="9"/>
+      <c r="E22" s="9">
+        <v>1</v>
+      </c>
+      <c r="F22" s="9"/>
+      <c r="G22" s="46"/>
+      <c r="H22" s="71"/>
+      <c r="I22" s="71" t="s">
+        <v>611</v>
+      </c>
+      <c r="J22" s="71" t="s">
+        <v>612</v>
+      </c>
+      <c r="K22" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L22" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M22" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N22" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O22" s="71" t="s">
+        <v>580</v>
+      </c>
+      <c r="P22" s="71" t="s">
+        <v>613</v>
+      </c>
+      <c r="Q22" s="71" t="s">
+        <v>614</v>
+      </c>
+      <c r="R22" s="71" t="s">
+        <v>615</v>
+      </c>
+      <c r="S22" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T22" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U22" s="71" t="s">
+        <v>585</v>
+      </c>
+      <c r="V22" s="71" t="s">
+        <v>307</v>
+      </c>
+      <c r="W22" s="71" t="s">
+        <v>601</v>
+      </c>
+      <c r="X22" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y22" s="71" t="s">
+        <v>616</v>
+      </c>
+      <c r="Z22" s="71" t="s">
+        <v>617</v>
+      </c>
+      <c r="AA22" s="71">
+        <v>0</v>
+      </c>
+      <c r="AB22" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC22" s="71" t="s">
+        <v>588</v>
+      </c>
+      <c r="AD22" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="23" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="27" t="s">
+        <v>86</v>
+      </c>
+      <c r="B23" s="19">
+        <v>1</v>
+      </c>
+      <c r="C23" s="19"/>
+      <c r="D23" s="9"/>
+      <c r="E23" s="9"/>
+      <c r="F23" s="9"/>
+      <c r="G23" s="46"/>
+      <c r="H23" s="71"/>
+      <c r="I23" s="71" t="s">
+        <v>618</v>
+      </c>
+      <c r="J23" s="71" t="s">
+        <v>619</v>
+      </c>
+      <c r="K23" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L23" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M23" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N23" s="71" t="s">
+        <v>620</v>
+      </c>
+      <c r="O23" s="71" t="s">
+        <v>621</v>
+      </c>
+      <c r="P23" s="71" t="s">
+        <v>622</v>
+      </c>
+      <c r="Q23" s="71" t="s">
+        <v>623</v>
+      </c>
+      <c r="R23" s="71" t="s">
+        <v>624</v>
+      </c>
+      <c r="S23" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T23" s="71" t="s">
+        <v>625</v>
+      </c>
+      <c r="U23" s="71" t="s">
+        <v>585</v>
+      </c>
+      <c r="V23" s="71" t="s">
+        <v>307</v>
+      </c>
+      <c r="W23" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X23" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y23" s="71" t="s">
+        <v>626</v>
+      </c>
+      <c r="Z23" s="71" t="s">
+        <v>627</v>
+      </c>
+      <c r="AA23" s="71">
+        <v>0</v>
+      </c>
+      <c r="AB23" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC23" s="71" t="s">
+        <v>588</v>
+      </c>
+      <c r="AD23" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="24" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="55" t="s">
+        <v>355</v>
+      </c>
+      <c r="B24" s="23"/>
+      <c r="C24" s="23">
+        <v>1</v>
+      </c>
+      <c r="D24" s="9"/>
+      <c r="E24" s="57">
+        <v>1</v>
+      </c>
+      <c r="F24" s="57">
+        <v>1</v>
+      </c>
+      <c r="G24" s="47"/>
+      <c r="H24" s="71"/>
+      <c r="I24" s="71" t="s">
+        <v>628</v>
+      </c>
+      <c r="J24" s="71" t="s">
+        <v>629</v>
+      </c>
+      <c r="K24" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L24" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M24" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N24" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O24" s="71" t="s">
+        <v>580</v>
+      </c>
+      <c r="P24" s="71" t="s">
+        <v>630</v>
+      </c>
+      <c r="Q24" s="71" t="s">
+        <v>631</v>
+      </c>
+      <c r="R24" s="71" t="s">
+        <v>632</v>
+      </c>
+      <c r="S24" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T24" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U24" s="71" t="s">
+        <v>585</v>
+      </c>
+      <c r="V24" s="71" t="s">
+        <v>307</v>
+      </c>
+      <c r="W24" s="71" t="s">
+        <v>601</v>
+      </c>
+      <c r="X24" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y24" s="71" t="s">
+        <v>633</v>
+      </c>
+      <c r="Z24" s="71" t="s">
+        <v>634</v>
+      </c>
+      <c r="AA24" s="71">
+        <v>0</v>
+      </c>
+      <c r="AB24" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC24" s="71" t="s">
+        <v>588</v>
+      </c>
+      <c r="AD24" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="25" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="55" t="s">
+        <v>356</v>
+      </c>
+      <c r="B25" s="23"/>
+      <c r="C25" s="23"/>
+      <c r="D25" s="9"/>
+      <c r="E25" s="57">
+        <v>1</v>
+      </c>
+      <c r="F25" s="57">
+        <v>1</v>
+      </c>
+      <c r="G25" s="47"/>
+      <c r="H25" s="71"/>
+      <c r="I25" s="71" t="s">
+        <v>635</v>
+      </c>
+      <c r="J25" s="71" t="s">
+        <v>636</v>
+      </c>
+      <c r="K25" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L25" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M25" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N25" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O25" s="71" t="s">
+        <v>580</v>
+      </c>
+      <c r="P25" s="71" t="s">
+        <v>637</v>
+      </c>
+      <c r="Q25" s="71" t="s">
+        <v>582</v>
+      </c>
+      <c r="R25" s="71" t="s">
+        <v>638</v>
+      </c>
+      <c r="S25" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T25" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U25" s="71" t="s">
+        <v>585</v>
+      </c>
+      <c r="V25" s="71" t="s">
+        <v>307</v>
+      </c>
+      <c r="W25" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X25" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y25" s="71" t="s">
+        <v>639</v>
+      </c>
+      <c r="Z25" s="71" t="s">
+        <v>640</v>
+      </c>
+      <c r="AA25" s="71">
+        <v>0</v>
+      </c>
+      <c r="AB25" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC25" s="71" t="s">
+        <v>588</v>
+      </c>
+      <c r="AD25" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="26" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="55" t="s">
+        <v>357</v>
+      </c>
+      <c r="B26" s="23"/>
+      <c r="C26" s="23"/>
+      <c r="D26" s="9"/>
+      <c r="E26" s="58">
+        <v>1</v>
+      </c>
+      <c r="F26" s="58">
+        <v>1</v>
+      </c>
+      <c r="G26" s="47"/>
+      <c r="H26" s="71"/>
+      <c r="I26" s="71" t="s">
+        <v>641</v>
+      </c>
+      <c r="J26" s="71" t="s">
+        <v>642</v>
+      </c>
+      <c r="K26" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L26" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M26" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N26" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O26" s="71" t="s">
+        <v>580</v>
+      </c>
+      <c r="P26" s="71" t="s">
+        <v>643</v>
+      </c>
+      <c r="Q26" s="71" t="s">
+        <v>644</v>
+      </c>
+      <c r="R26" s="71" t="s">
+        <v>645</v>
+      </c>
+      <c r="S26" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T26" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U26" s="71" t="s">
+        <v>585</v>
+      </c>
+      <c r="V26" s="71" t="s">
+        <v>307</v>
+      </c>
+      <c r="W26" s="71" t="s">
+        <v>511</v>
+      </c>
+      <c r="X26" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y26" s="71" t="s">
+        <v>646</v>
+      </c>
+      <c r="Z26" s="71" t="s">
+        <v>647</v>
+      </c>
+      <c r="AA26" s="71">
+        <v>0</v>
+      </c>
+      <c r="AB26" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC26" s="71" t="s">
+        <v>588</v>
+      </c>
+      <c r="AD26" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="27" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="70" t="s">
+        <v>438</v>
+      </c>
+      <c r="B27" s="23"/>
+      <c r="C27" s="23">
+        <v>1</v>
+      </c>
+      <c r="D27" s="9"/>
+      <c r="E27" s="9"/>
+      <c r="F27" s="9"/>
+      <c r="G27" s="47"/>
+      <c r="H27" s="71"/>
+      <c r="I27" s="71" t="s">
+        <v>648</v>
+      </c>
+      <c r="J27" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K27" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L27" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M27" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N27" s="71" t="s">
+        <v>649</v>
+      </c>
+      <c r="O27" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="P27" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q27" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="R27" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="S27" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="T27" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U27" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V27" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="W27" s="71" t="s">
+        <v>306</v>
+      </c>
+      <c r="X27" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y27" s="71" t="s">
+        <v>650</v>
+      </c>
+      <c r="Z27" s="71" t="s">
+        <v>651</v>
+      </c>
+      <c r="AA27" s="71" t="s">
+        <v>652</v>
+      </c>
+      <c r="AB27" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC27" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD27" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="28" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="27" t="s">
+        <v>78</v>
+      </c>
+      <c r="B28" s="19">
+        <v>1</v>
+      </c>
+      <c r="C28" s="19"/>
+      <c r="D28" s="9"/>
+      <c r="E28" s="9"/>
+      <c r="F28" s="9"/>
+      <c r="G28" s="46"/>
+      <c r="H28" s="71"/>
+      <c r="I28" s="71" t="s">
+        <v>653</v>
+      </c>
+      <c r="J28" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K28" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L28" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M28" s="71" t="s">
+        <v>654</v>
+      </c>
+      <c r="N28" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O28" s="71" t="s">
+        <v>655</v>
+      </c>
+      <c r="P28" s="71" t="s">
+        <v>656</v>
+      </c>
+      <c r="Q28" s="71" t="s">
+        <v>657</v>
+      </c>
+      <c r="R28" s="71" t="s">
+        <v>658</v>
+      </c>
+      <c r="S28" s="71" t="s">
+        <v>659</v>
+      </c>
+      <c r="T28" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U28" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V28" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W28" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X28" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y28" s="71" t="s">
+        <v>660</v>
+      </c>
+      <c r="Z28" s="71" t="s">
+        <v>661</v>
+      </c>
+      <c r="AA28" s="71" t="s">
+        <v>662</v>
+      </c>
+      <c r="AB28" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC28" s="71" t="s">
+        <v>522</v>
+      </c>
+      <c r="AD28" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="29" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="27" t="s">
+        <v>75</v>
+      </c>
+      <c r="B29" s="19">
+        <v>1</v>
+      </c>
+      <c r="C29" s="19"/>
+      <c r="D29" s="9"/>
+      <c r="E29" s="9"/>
+      <c r="F29" s="9"/>
+      <c r="G29" s="46"/>
+      <c r="H29" s="71"/>
+      <c r="I29" s="71" t="s">
+        <v>663</v>
+      </c>
+      <c r="J29" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K29" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L29" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M29" s="71" t="s">
+        <v>654</v>
+      </c>
+      <c r="N29" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O29" s="71" t="s">
+        <v>664</v>
+      </c>
+      <c r="P29" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q29" s="71" t="s">
+        <v>665</v>
+      </c>
+      <c r="R29" s="71" t="s">
+        <v>666</v>
+      </c>
+      <c r="S29" s="71" t="s">
+        <v>667</v>
+      </c>
+      <c r="T29" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U29" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V29" s="71" t="s">
+        <v>307</v>
+      </c>
+      <c r="W29" s="71" t="s">
+        <v>601</v>
+      </c>
+      <c r="X29" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y29" s="71" t="s">
+        <v>668</v>
+      </c>
+      <c r="Z29" s="71" t="s">
+        <v>669</v>
+      </c>
+      <c r="AA29" s="71" t="s">
+        <v>670</v>
+      </c>
+      <c r="AB29" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC29" s="71" t="s">
+        <v>522</v>
+      </c>
+      <c r="AD29" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="30" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="27" t="s">
+        <v>79</v>
+      </c>
+      <c r="B30" s="19">
+        <v>1</v>
+      </c>
+      <c r="C30" s="19"/>
+      <c r="D30" s="9"/>
+      <c r="E30" s="9"/>
+      <c r="F30" s="9"/>
+      <c r="G30" s="46"/>
+      <c r="H30" s="71"/>
+      <c r="I30" s="71" t="s">
+        <v>671</v>
+      </c>
+      <c r="J30" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K30" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L30" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M30" s="71" t="s">
+        <v>654</v>
+      </c>
+      <c r="N30" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O30" s="71" t="s">
+        <v>655</v>
+      </c>
+      <c r="P30" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q30" s="71" t="s">
+        <v>672</v>
+      </c>
+      <c r="R30" s="71" t="s">
+        <v>673</v>
+      </c>
+      <c r="S30" s="71" t="s">
+        <v>674</v>
+      </c>
+      <c r="T30" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U30" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V30" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W30" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X30" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y30" s="71" t="s">
+        <v>675</v>
+      </c>
+      <c r="Z30" s="71" t="s">
+        <v>676</v>
+      </c>
+      <c r="AA30" s="71" t="s">
+        <v>677</v>
+      </c>
+      <c r="AB30" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC30" s="71" t="s">
+        <v>522</v>
+      </c>
+      <c r="AD30" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="31" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="27" t="s">
+        <v>121</v>
+      </c>
+      <c r="B31" s="19">
+        <v>1</v>
+      </c>
+      <c r="C31" s="19"/>
+      <c r="D31" s="9"/>
+      <c r="E31" s="9"/>
+      <c r="F31" s="9"/>
+      <c r="G31" s="46"/>
+      <c r="H31" s="71"/>
+      <c r="I31" s="71" t="s">
+        <v>678</v>
+      </c>
+      <c r="J31" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K31" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L31" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M31" s="71" t="s">
+        <v>679</v>
+      </c>
+      <c r="N31" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O31" s="71" t="s">
+        <v>680</v>
+      </c>
+      <c r="P31" s="71" t="s">
+        <v>681</v>
+      </c>
+      <c r="Q31" s="71" t="s">
+        <v>682</v>
+      </c>
+      <c r="R31" s="71" t="s">
+        <v>683</v>
+      </c>
+      <c r="S31" s="71" t="s">
+        <v>684</v>
+      </c>
+      <c r="T31" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U31" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V31" s="71" t="s">
+        <v>307</v>
+      </c>
+      <c r="W31" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X31" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y31" s="71" t="s">
+        <v>685</v>
+      </c>
+      <c r="Z31" s="71" t="s">
+        <v>686</v>
+      </c>
+      <c r="AA31" s="71" t="s">
+        <v>687</v>
+      </c>
+      <c r="AB31" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC31" s="71" t="s">
+        <v>522</v>
+      </c>
+      <c r="AD31" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="32" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="27" t="s">
+        <v>80</v>
+      </c>
+      <c r="B32" s="19">
+        <v>1</v>
+      </c>
+      <c r="C32" s="19"/>
+      <c r="D32" s="9"/>
+      <c r="E32" s="9"/>
+      <c r="F32" s="9"/>
+      <c r="G32" s="46"/>
+      <c r="H32" s="71"/>
+      <c r="I32" s="71" t="s">
+        <v>688</v>
+      </c>
+      <c r="J32" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K32" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L32" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M32" s="71" t="s">
+        <v>679</v>
+      </c>
+      <c r="N32" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O32" s="71" t="s">
+        <v>655</v>
+      </c>
+      <c r="P32" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q32" s="71" t="s">
+        <v>672</v>
+      </c>
+      <c r="R32" s="71" t="s">
+        <v>673</v>
+      </c>
+      <c r="S32" s="71" t="s">
+        <v>674</v>
+      </c>
+      <c r="T32" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U32" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V32" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W32" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X32" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y32" s="71" t="s">
+        <v>689</v>
+      </c>
+      <c r="Z32" s="71" t="s">
+        <v>690</v>
+      </c>
+      <c r="AA32" s="71" t="s">
+        <v>691</v>
+      </c>
+      <c r="AB32" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC32" s="71" t="s">
+        <v>522</v>
+      </c>
+      <c r="AD32" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="33" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="27" t="s">
+        <v>76</v>
+      </c>
+      <c r="B33" s="19">
+        <v>1</v>
+      </c>
+      <c r="C33" s="19"/>
+      <c r="D33" s="9"/>
+      <c r="E33" s="9"/>
+      <c r="F33" s="9"/>
+      <c r="G33" s="46"/>
+      <c r="H33" s="71"/>
+      <c r="I33" s="71" t="s">
+        <v>692</v>
+      </c>
+      <c r="J33" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K33" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L33" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M33" s="71" t="s">
+        <v>654</v>
+      </c>
+      <c r="N33" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O33" s="71" t="s">
+        <v>664</v>
+      </c>
+      <c r="P33" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q33" s="71" t="s">
+        <v>665</v>
+      </c>
+      <c r="R33" s="71" t="s">
+        <v>666</v>
+      </c>
+      <c r="S33" s="71" t="s">
+        <v>667</v>
+      </c>
+      <c r="T33" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U33" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V33" s="71" t="s">
+        <v>307</v>
+      </c>
+      <c r="W33" s="71" t="s">
+        <v>601</v>
+      </c>
+      <c r="X33" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y33" s="71" t="s">
+        <v>693</v>
+      </c>
+      <c r="Z33" s="71" t="s">
+        <v>694</v>
+      </c>
+      <c r="AA33" s="71" t="s">
+        <v>695</v>
+      </c>
+      <c r="AB33" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC33" s="71" t="s">
+        <v>522</v>
+      </c>
+      <c r="AD33" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="34" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="55" t="s">
+        <v>358</v>
+      </c>
+      <c r="B34" s="23"/>
+      <c r="C34" s="23"/>
+      <c r="D34" s="9"/>
+      <c r="E34" s="57">
+        <v>1</v>
+      </c>
+      <c r="F34" s="57">
+        <v>1</v>
+      </c>
+      <c r="G34" s="47"/>
+      <c r="H34" s="71"/>
+      <c r="I34" s="71" t="s">
+        <v>696</v>
+      </c>
+      <c r="J34" s="71" t="s">
+        <v>697</v>
+      </c>
+      <c r="K34" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L34" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M34" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N34" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O34" s="71" t="s">
+        <v>580</v>
+      </c>
+      <c r="P34" s="71" t="s">
+        <v>698</v>
+      </c>
+      <c r="Q34" s="71" t="s">
+        <v>699</v>
+      </c>
+      <c r="R34" s="71" t="s">
+        <v>700</v>
+      </c>
+      <c r="S34" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T34" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U34" s="71" t="s">
+        <v>585</v>
+      </c>
+      <c r="V34" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W34" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X34" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y34" s="71" t="s">
+        <v>701</v>
+      </c>
+      <c r="Z34" s="71" t="s">
+        <v>702</v>
+      </c>
+      <c r="AA34" s="71" t="s">
+        <v>703</v>
+      </c>
+      <c r="AB34" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC34" s="71" t="s">
+        <v>588</v>
+      </c>
+      <c r="AD34" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="35" spans="1:31" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A35" s="29" t="s">
+        <v>264</v>
+      </c>
+      <c r="B35" s="19"/>
+      <c r="C35" s="19"/>
+      <c r="D35" s="25">
+        <v>1</v>
+      </c>
+      <c r="E35" s="25"/>
+      <c r="F35" s="25"/>
+      <c r="G35" s="46"/>
+      <c r="H35" s="71"/>
+      <c r="I35" s="71" t="s">
+        <v>704</v>
+      </c>
+      <c r="J35" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K35" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L35" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M35" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N35" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O35" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P35" s="71" t="s">
+        <v>706</v>
+      </c>
+      <c r="Q35" s="71" t="s">
+        <v>707</v>
+      </c>
+      <c r="R35" s="71" t="s">
+        <v>708</v>
+      </c>
+      <c r="S35" s="71" t="s">
+        <v>709</v>
+      </c>
+      <c r="T35" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U35" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V35" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W35" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X35" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y35" s="71" t="s">
+        <v>710</v>
+      </c>
+      <c r="Z35" s="71" t="s">
+        <v>711</v>
+      </c>
+      <c r="AA35" s="71" t="s">
+        <v>712</v>
+      </c>
+      <c r="AB35" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC35" s="71" t="s">
+        <v>568</v>
+      </c>
+      <c r="AD35" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="36" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="70" t="s">
+        <v>414</v>
+      </c>
+      <c r="B36" s="23"/>
+      <c r="C36" s="23">
+        <v>1</v>
+      </c>
+      <c r="D36" s="9"/>
+      <c r="E36" s="9"/>
+      <c r="F36" s="9"/>
+      <c r="G36" s="47"/>
+      <c r="H36" s="71"/>
+      <c r="I36" s="71" t="s">
+        <v>713</v>
+      </c>
+      <c r="J36" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K36" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L36" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M36" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N36" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O36" s="71" t="s">
+        <v>550</v>
+      </c>
+      <c r="P36" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q36" s="71" t="s">
+        <v>551</v>
+      </c>
+      <c r="R36" s="71" t="s">
+        <v>552</v>
+      </c>
+      <c r="S36" s="71" t="s">
+        <v>553</v>
+      </c>
+      <c r="T36" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U36" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V36" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W36" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X36" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y36" s="71" t="s">
+        <v>714</v>
+      </c>
+      <c r="Z36" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA36" s="71">
+        <v>0</v>
+      </c>
+      <c r="AB36" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC36" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD36" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="37" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="70" t="s">
+        <v>415</v>
+      </c>
+      <c r="B37" s="23"/>
+      <c r="C37" s="23">
+        <v>1</v>
+      </c>
+      <c r="D37" s="9"/>
+      <c r="E37" s="9"/>
+      <c r="F37" s="9"/>
+      <c r="G37" s="47"/>
+      <c r="H37" s="71"/>
+      <c r="I37" s="71" t="s">
+        <v>715</v>
+      </c>
+      <c r="J37" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K37" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L37" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M37" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N37" s="71" t="s">
+        <v>716</v>
+      </c>
+      <c r="O37" s="71" t="s">
+        <v>550</v>
+      </c>
+      <c r="P37" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q37" s="71" t="s">
+        <v>551</v>
+      </c>
+      <c r="R37" s="71" t="s">
+        <v>552</v>
+      </c>
+      <c r="S37" s="71" t="s">
+        <v>553</v>
+      </c>
+      <c r="T37" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U37" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V37" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W37" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X37" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y37" s="71" t="s">
+        <v>717</v>
+      </c>
+      <c r="Z37" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA37" s="71">
+        <v>0</v>
+      </c>
+      <c r="AB37" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC37" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD37" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="38" spans="1:31" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A38" s="29" t="s">
+        <v>180</v>
+      </c>
+      <c r="B38" s="19"/>
+      <c r="C38" s="19"/>
+      <c r="D38" s="25">
+        <v>1</v>
+      </c>
+      <c r="E38" s="25"/>
+      <c r="F38" s="25"/>
+      <c r="G38" s="46"/>
+      <c r="H38" s="71"/>
+      <c r="I38" s="71" t="s">
+        <v>718</v>
+      </c>
+      <c r="J38" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K38" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L38" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M38" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N38" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O38" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P38" s="71" t="s">
+        <v>706</v>
+      </c>
+      <c r="Q38" s="71" t="s">
+        <v>707</v>
+      </c>
+      <c r="R38" s="71" t="s">
+        <v>708</v>
+      </c>
+      <c r="S38" s="71" t="s">
+        <v>709</v>
+      </c>
+      <c r="T38" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U38" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V38" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W38" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X38" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y38" s="71" t="s">
+        <v>719</v>
+      </c>
+      <c r="Z38" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA38" s="71" t="s">
+        <v>720</v>
+      </c>
+      <c r="AB38" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC38" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD38" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="39" spans="1:31" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A39" s="29" t="s">
+        <v>251</v>
+      </c>
+      <c r="B39" s="19"/>
+      <c r="C39" s="19"/>
+      <c r="D39" s="25">
+        <v>1</v>
+      </c>
+      <c r="E39" s="25"/>
+      <c r="F39" s="25"/>
+      <c r="G39" s="46"/>
+      <c r="H39" s="71"/>
+      <c r="I39" s="71" t="s">
+        <v>721</v>
+      </c>
+      <c r="J39" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K39" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L39" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M39" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N39" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O39" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="P39" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q39" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="R39" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="S39" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="T39" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U39" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V39" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W39" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X39" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y39" s="71" t="s">
+        <v>722</v>
+      </c>
+      <c r="Z39" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA39" s="71" t="s">
+        <v>723</v>
+      </c>
+      <c r="AB39" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC39" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD39" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="40" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="27" t="s">
+        <v>101</v>
+      </c>
+      <c r="B40" s="19">
+        <v>1</v>
+      </c>
+      <c r="C40" s="19"/>
+      <c r="D40" s="9"/>
+      <c r="E40" s="9"/>
+      <c r="F40" s="9"/>
+      <c r="G40" s="46"/>
+      <c r="H40" s="71"/>
+      <c r="I40" s="71" t="s">
+        <v>724</v>
+      </c>
+      <c r="J40" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K40" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L40" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M40" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N40" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O40" s="71" t="s">
+        <v>725</v>
+      </c>
+      <c r="P40" s="71" t="s">
+        <v>726</v>
+      </c>
+      <c r="Q40" s="71" t="s">
+        <v>727</v>
+      </c>
+      <c r="R40" s="71" t="s">
+        <v>728</v>
+      </c>
+      <c r="S40" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T40" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U40" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V40" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W40" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X40" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y40" s="71" t="s">
+        <v>729</v>
+      </c>
+      <c r="Z40" s="71" t="s">
+        <v>730</v>
+      </c>
+      <c r="AA40" s="71" t="s">
+        <v>731</v>
+      </c>
+      <c r="AB40" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC40" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD40" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="41" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="55" t="s">
+        <v>359</v>
+      </c>
+      <c r="B41" s="23"/>
+      <c r="C41" s="23"/>
+      <c r="D41" s="9"/>
+      <c r="E41" s="57">
+        <v>1</v>
+      </c>
+      <c r="F41" s="57">
+        <v>1</v>
+      </c>
+      <c r="G41" s="47"/>
+      <c r="H41" s="71"/>
+      <c r="I41" s="71" t="s">
+        <v>732</v>
+      </c>
+      <c r="J41" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K41" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L41" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M41" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N41" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O41" s="71" t="s">
+        <v>664</v>
+      </c>
+      <c r="P41" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q41" s="71" t="s">
+        <v>665</v>
+      </c>
+      <c r="R41" s="71" t="s">
+        <v>666</v>
+      </c>
+      <c r="S41" s="71" t="s">
+        <v>667</v>
+      </c>
+      <c r="T41" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U41" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V41" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W41" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X41" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y41" s="71" t="s">
+        <v>733</v>
+      </c>
+      <c r="Z41" s="71" t="s">
+        <v>734</v>
+      </c>
+      <c r="AA41" s="71" t="s">
+        <v>735</v>
+      </c>
+      <c r="AB41" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC41" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD41" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="42" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="55" t="s">
+        <v>360</v>
+      </c>
+      <c r="B42" s="23"/>
+      <c r="C42" s="23"/>
+      <c r="D42" s="9"/>
+      <c r="E42" s="58">
+        <v>1</v>
+      </c>
+      <c r="F42" s="58">
+        <v>1</v>
+      </c>
+      <c r="G42" s="47"/>
+      <c r="H42" s="71"/>
+      <c r="I42" s="71" t="s">
+        <v>736</v>
+      </c>
+      <c r="J42" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K42" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L42" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M42" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N42" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O42" s="71" t="s">
+        <v>655</v>
+      </c>
+      <c r="P42" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q42" s="71" t="s">
+        <v>672</v>
+      </c>
+      <c r="R42" s="71" t="s">
+        <v>673</v>
+      </c>
+      <c r="S42" s="71" t="s">
+        <v>674</v>
+      </c>
+      <c r="T42" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U42" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V42" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W42" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X42" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y42" s="71" t="s">
+        <v>737</v>
+      </c>
+      <c r="Z42" s="71" t="s">
+        <v>738</v>
+      </c>
+      <c r="AA42" s="71" t="s">
+        <v>739</v>
+      </c>
+      <c r="AB42" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC42" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD42" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="43" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="27" t="s">
+        <v>104</v>
+      </c>
+      <c r="B43" s="19">
+        <v>1</v>
+      </c>
+      <c r="C43" s="19"/>
+      <c r="D43" s="9"/>
+      <c r="E43" s="9">
+        <v>1</v>
+      </c>
+      <c r="F43" s="9">
+        <v>1</v>
+      </c>
+      <c r="G43" s="46"/>
+      <c r="H43" s="71"/>
+      <c r="I43" s="71" t="s">
+        <v>740</v>
+      </c>
+      <c r="J43" s="71" t="s">
+        <v>741</v>
+      </c>
+      <c r="K43" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L43" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M43" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N43" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O43" s="71" t="s">
+        <v>580</v>
+      </c>
+      <c r="P43" s="71" t="s">
+        <v>742</v>
+      </c>
+      <c r="Q43" s="71" t="s">
+        <v>644</v>
+      </c>
+      <c r="R43" s="71" t="s">
+        <v>743</v>
+      </c>
+      <c r="S43" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T43" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U43" s="71" t="s">
+        <v>744</v>
+      </c>
+      <c r="V43" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W43" s="71" t="s">
+        <v>745</v>
+      </c>
+      <c r="X43" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y43" s="71" t="s">
+        <v>746</v>
+      </c>
+      <c r="Z43" s="71" t="s">
+        <v>747</v>
+      </c>
+      <c r="AA43" s="71" t="s">
+        <v>748</v>
+      </c>
+      <c r="AB43" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC43" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD43" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="44" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="55" t="s">
+        <v>361</v>
+      </c>
+      <c r="B44" s="23"/>
+      <c r="C44" s="23"/>
+      <c r="D44" s="9"/>
+      <c r="E44" s="57">
+        <v>1</v>
+      </c>
+      <c r="F44" s="57">
+        <v>1</v>
+      </c>
+      <c r="G44" s="47"/>
+      <c r="H44" s="71"/>
+      <c r="I44" s="71" t="s">
+        <v>749</v>
+      </c>
+      <c r="J44" s="71" t="s">
+        <v>750</v>
+      </c>
+      <c r="K44" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L44" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M44" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N44" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O44" s="71" t="s">
+        <v>580</v>
+      </c>
+      <c r="P44" s="71" t="s">
+        <v>751</v>
+      </c>
+      <c r="Q44" s="71" t="s">
+        <v>752</v>
+      </c>
+      <c r="R44" s="71" t="s">
+        <v>753</v>
+      </c>
+      <c r="S44" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T44" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U44" s="71" t="s">
+        <v>744</v>
+      </c>
+      <c r="V44" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W44" s="71" t="s">
+        <v>511</v>
+      </c>
+      <c r="X44" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y44" s="71" t="s">
+        <v>754</v>
+      </c>
+      <c r="Z44" s="71" t="s">
+        <v>755</v>
+      </c>
+      <c r="AA44" s="71" t="s">
+        <v>748</v>
+      </c>
+      <c r="AB44" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC44" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD44" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="45" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="55" t="s">
+        <v>362</v>
+      </c>
+      <c r="B45" s="23"/>
+      <c r="C45" s="23"/>
+      <c r="D45" s="9"/>
+      <c r="E45" s="58">
+        <v>1</v>
+      </c>
+      <c r="F45" s="58"/>
+      <c r="G45" s="47"/>
+      <c r="H45" s="71"/>
+      <c r="I45" s="71" t="s">
+        <v>756</v>
+      </c>
+      <c r="J45" s="71" t="s">
+        <v>757</v>
+      </c>
+      <c r="K45" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L45" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M45" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N45" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O45" s="71" t="s">
+        <v>580</v>
+      </c>
+      <c r="P45" s="71" t="s">
+        <v>758</v>
+      </c>
+      <c r="Q45" s="71" t="s">
+        <v>759</v>
+      </c>
+      <c r="R45" s="71" t="s">
+        <v>760</v>
+      </c>
+      <c r="S45" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T45" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U45" s="71" t="s">
+        <v>744</v>
+      </c>
+      <c r="V45" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W45" s="71" t="s">
+        <v>511</v>
+      </c>
+      <c r="X45" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y45" s="71" t="s">
+        <v>761</v>
+      </c>
+      <c r="Z45" s="71" t="s">
+        <v>762</v>
+      </c>
+      <c r="AA45" s="71" t="s">
+        <v>748</v>
+      </c>
+      <c r="AB45" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC45" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD45" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="46" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="55" t="s">
+        <v>363</v>
+      </c>
+      <c r="B46" s="23"/>
+      <c r="C46" s="23"/>
+      <c r="D46" s="9"/>
+      <c r="E46" s="57">
+        <v>1</v>
+      </c>
+      <c r="F46" s="57"/>
+      <c r="G46" s="47"/>
+      <c r="H46" s="71"/>
+      <c r="I46" s="71" t="s">
+        <v>763</v>
+      </c>
+      <c r="J46" s="71" t="s">
+        <v>764</v>
+      </c>
+      <c r="K46" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L46" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M46" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N46" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O46" s="71" t="s">
+        <v>580</v>
+      </c>
+      <c r="P46" s="71" t="s">
+        <v>758</v>
+      </c>
+      <c r="Q46" s="71" t="s">
+        <v>759</v>
+      </c>
+      <c r="R46" s="71" t="s">
+        <v>760</v>
+      </c>
+      <c r="S46" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T46" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U46" s="71" t="s">
+        <v>744</v>
+      </c>
+      <c r="V46" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W46" s="71" t="s">
+        <v>511</v>
+      </c>
+      <c r="X46" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y46" s="71" t="s">
+        <v>765</v>
+      </c>
+      <c r="Z46" s="71" t="s">
+        <v>766</v>
+      </c>
+      <c r="AA46" s="71" t="s">
+        <v>748</v>
+      </c>
+      <c r="AB46" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC46" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD46" s="71" t="s">
+        <v>493</v>
+      </c>
+      <c r="AE46" s="3"/>
+    </row>
+    <row r="47" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="27" t="s">
+        <v>105</v>
+      </c>
+      <c r="B47" s="19">
+        <v>1</v>
+      </c>
+      <c r="C47" s="19"/>
+      <c r="D47" s="9"/>
+      <c r="E47" s="9">
+        <v>1</v>
+      </c>
+      <c r="F47" s="9"/>
+      <c r="G47" s="46"/>
+      <c r="H47" s="71"/>
+      <c r="I47" s="71" t="s">
+        <v>767</v>
+      </c>
+      <c r="J47" s="71" t="s">
+        <v>768</v>
+      </c>
+      <c r="K47" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L47" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M47" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N47" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O47" s="71" t="s">
+        <v>580</v>
+      </c>
+      <c r="P47" s="71" t="s">
+        <v>758</v>
+      </c>
+      <c r="Q47" s="71" t="s">
+        <v>759</v>
+      </c>
+      <c r="R47" s="71" t="s">
+        <v>760</v>
+      </c>
+      <c r="S47" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T47" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U47" s="71" t="s">
+        <v>744</v>
+      </c>
+      <c r="V47" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W47" s="71" t="s">
+        <v>511</v>
+      </c>
+      <c r="X47" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y47" s="71" t="s">
+        <v>769</v>
+      </c>
+      <c r="Z47" s="71" t="s">
+        <v>770</v>
+      </c>
+      <c r="AA47" s="71" t="s">
+        <v>748</v>
+      </c>
+      <c r="AB47" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC47" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD47" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="48" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="27" t="s">
+        <v>106</v>
+      </c>
+      <c r="B48" s="19">
+        <v>1</v>
+      </c>
+      <c r="C48" s="19"/>
+      <c r="D48" s="9"/>
+      <c r="E48" s="9">
+        <v>1</v>
+      </c>
+      <c r="F48" s="9">
+        <v>1</v>
+      </c>
+      <c r="G48" s="46"/>
+      <c r="H48" s="71"/>
+      <c r="I48" s="71" t="s">
+        <v>771</v>
+      </c>
+      <c r="J48" s="71" t="s">
+        <v>772</v>
+      </c>
+      <c r="K48" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L48" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M48" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N48" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O48" s="71" t="s">
+        <v>580</v>
+      </c>
+      <c r="P48" s="71" t="s">
+        <v>773</v>
+      </c>
+      <c r="Q48" s="71" t="s">
+        <v>774</v>
+      </c>
+      <c r="R48" s="71" t="s">
+        <v>775</v>
+      </c>
+      <c r="S48" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T48" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U48" s="71" t="s">
+        <v>744</v>
+      </c>
+      <c r="V48" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W48" s="71" t="s">
+        <v>511</v>
+      </c>
+      <c r="X48" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y48" s="71" t="s">
+        <v>776</v>
+      </c>
+      <c r="Z48" s="71" t="s">
+        <v>777</v>
+      </c>
+      <c r="AA48" s="71" t="s">
+        <v>748</v>
+      </c>
+      <c r="AB48" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC48" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD48" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="49" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="55" t="s">
+        <v>364</v>
+      </c>
+      <c r="B49" s="23"/>
+      <c r="C49" s="23"/>
+      <c r="D49" s="9"/>
+      <c r="E49" s="57">
+        <v>1</v>
+      </c>
+      <c r="F49" s="57">
+        <v>1</v>
+      </c>
+      <c r="G49" s="47"/>
+      <c r="H49" s="71"/>
+      <c r="I49" s="71" t="s">
+        <v>778</v>
+      </c>
+      <c r="J49" s="71" t="s">
+        <v>779</v>
+      </c>
+      <c r="K49" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L49" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M49" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N49" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O49" s="71" t="s">
+        <v>580</v>
+      </c>
+      <c r="P49" s="71" t="s">
+        <v>773</v>
+      </c>
+      <c r="Q49" s="71" t="s">
+        <v>774</v>
+      </c>
+      <c r="R49" s="71" t="s">
+        <v>775</v>
+      </c>
+      <c r="S49" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T49" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U49" s="71" t="s">
+        <v>744</v>
+      </c>
+      <c r="V49" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W49" s="71" t="s">
+        <v>511</v>
+      </c>
+      <c r="X49" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y49" s="71" t="s">
+        <v>780</v>
+      </c>
+      <c r="Z49" s="71" t="s">
+        <v>781</v>
+      </c>
+      <c r="AA49" s="71" t="s">
+        <v>748</v>
+      </c>
+      <c r="AB49" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC49" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD49" s="71" t="s">
+        <v>493</v>
+      </c>
+      <c r="AE49" s="3"/>
+    </row>
+    <row r="50" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="55" t="s">
+        <v>365</v>
+      </c>
+      <c r="B50" s="23"/>
+      <c r="C50" s="23"/>
+      <c r="D50" s="9"/>
+      <c r="E50" s="57">
+        <v>1</v>
+      </c>
+      <c r="F50" s="57">
+        <v>1</v>
+      </c>
+      <c r="G50" s="47"/>
+      <c r="H50" s="71"/>
+      <c r="I50" s="71" t="s">
+        <v>782</v>
+      </c>
+      <c r="J50" s="71" t="s">
+        <v>783</v>
+      </c>
+      <c r="K50" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L50" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M50" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N50" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O50" s="71" t="s">
+        <v>580</v>
+      </c>
+      <c r="P50" s="71" t="s">
+        <v>784</v>
+      </c>
+      <c r="Q50" s="71" t="s">
+        <v>785</v>
+      </c>
+      <c r="R50" s="71" t="s">
+        <v>786</v>
+      </c>
+      <c r="S50" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T50" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U50" s="71" t="s">
+        <v>744</v>
+      </c>
+      <c r="V50" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W50" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X50" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y50" s="71" t="s">
+        <v>787</v>
+      </c>
+      <c r="Z50" s="71" t="s">
+        <v>788</v>
+      </c>
+      <c r="AA50" s="71" t="s">
+        <v>748</v>
+      </c>
+      <c r="AB50" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC50" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD50" s="71" t="s">
+        <v>493</v>
+      </c>
+      <c r="AE50" s="3"/>
+    </row>
+    <row r="51" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="27" t="s">
+        <v>107</v>
+      </c>
+      <c r="B51" s="19">
+        <v>1</v>
+      </c>
+      <c r="C51" s="19"/>
+      <c r="D51" s="9"/>
+      <c r="E51" s="9">
+        <v>1</v>
+      </c>
+      <c r="F51" s="9">
+        <v>1</v>
+      </c>
+      <c r="G51" s="46"/>
+      <c r="H51" s="71"/>
+      <c r="I51" s="71" t="s">
+        <v>789</v>
+      </c>
+      <c r="J51" s="71" t="s">
+        <v>790</v>
+      </c>
+      <c r="K51" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L51" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M51" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N51" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O51" s="71" t="s">
+        <v>580</v>
+      </c>
+      <c r="P51" s="71" t="s">
+        <v>606</v>
+      </c>
+      <c r="Q51" s="71" t="s">
+        <v>791</v>
+      </c>
+      <c r="R51" s="71" t="s">
+        <v>608</v>
+      </c>
+      <c r="S51" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T51" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U51" s="71" t="s">
+        <v>744</v>
+      </c>
+      <c r="V51" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W51" s="71" t="s">
+        <v>511</v>
+      </c>
+      <c r="X51" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y51" s="71" t="s">
+        <v>792</v>
+      </c>
+      <c r="Z51" s="71" t="s">
+        <v>793</v>
+      </c>
+      <c r="AA51" s="71" t="s">
+        <v>748</v>
+      </c>
+      <c r="AB51" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC51" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD51" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="52" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="27" t="s">
+        <v>108</v>
+      </c>
+      <c r="B52" s="19">
+        <v>1</v>
+      </c>
+      <c r="C52" s="19"/>
+      <c r="D52" s="9"/>
+      <c r="E52" s="9">
+        <v>1</v>
+      </c>
+      <c r="F52" s="9"/>
+      <c r="G52" s="46"/>
+      <c r="H52" s="71"/>
+      <c r="I52" s="71" t="s">
+        <v>794</v>
+      </c>
+      <c r="J52" s="71" t="s">
+        <v>795</v>
+      </c>
+      <c r="K52" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L52" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M52" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N52" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O52" s="71" t="s">
+        <v>580</v>
+      </c>
+      <c r="P52" s="71" t="s">
+        <v>796</v>
+      </c>
+      <c r="Q52" s="71" t="s">
+        <v>797</v>
+      </c>
+      <c r="R52" s="71" t="s">
+        <v>798</v>
+      </c>
+      <c r="S52" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T52" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U52" s="71" t="s">
+        <v>744</v>
+      </c>
+      <c r="V52" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W52" s="71" t="s">
+        <v>511</v>
+      </c>
+      <c r="X52" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y52" s="71" t="s">
+        <v>799</v>
+      </c>
+      <c r="Z52" s="71" t="s">
+        <v>800</v>
+      </c>
+      <c r="AA52" s="71" t="s">
+        <v>748</v>
+      </c>
+      <c r="AB52" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC52" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD52" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="53" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="55" t="s">
+        <v>366</v>
+      </c>
+      <c r="B53" s="23"/>
+      <c r="C53" s="23"/>
+      <c r="D53" s="9"/>
+      <c r="E53" s="57">
+        <v>1</v>
+      </c>
+      <c r="F53" s="57">
+        <v>1</v>
+      </c>
+      <c r="G53" s="47"/>
+      <c r="H53" s="71"/>
+      <c r="I53" s="71" t="s">
+        <v>801</v>
+      </c>
+      <c r="J53" s="71" t="s">
+        <v>802</v>
+      </c>
+      <c r="K53" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L53" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M53" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N53" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O53" s="71" t="s">
+        <v>580</v>
+      </c>
+      <c r="P53" s="71" t="s">
+        <v>803</v>
+      </c>
+      <c r="Q53" s="71" t="s">
+        <v>804</v>
+      </c>
+      <c r="R53" s="71" t="s">
+        <v>805</v>
+      </c>
+      <c r="S53" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T53" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U53" s="71" t="s">
+        <v>744</v>
+      </c>
+      <c r="V53" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W53" s="71" t="s">
+        <v>511</v>
+      </c>
+      <c r="X53" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y53" s="71" t="s">
+        <v>806</v>
+      </c>
+      <c r="Z53" s="71" t="s">
+        <v>807</v>
+      </c>
+      <c r="AA53" s="71" t="s">
+        <v>748</v>
+      </c>
+      <c r="AB53" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC53" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD53" s="71" t="s">
+        <v>493</v>
+      </c>
+      <c r="AE53" s="3"/>
+    </row>
+    <row r="54" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="55" t="s">
+        <v>367</v>
+      </c>
+      <c r="B54" s="23"/>
+      <c r="C54" s="23"/>
+      <c r="D54" s="9"/>
+      <c r="E54" s="58">
+        <v>1</v>
+      </c>
+      <c r="F54" s="58"/>
+      <c r="G54" s="47"/>
+      <c r="H54" s="71"/>
+      <c r="I54" s="71" t="s">
+        <v>808</v>
+      </c>
+      <c r="J54" s="71" t="s">
+        <v>802</v>
+      </c>
+      <c r="K54" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L54" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M54" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N54" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O54" s="71" t="s">
+        <v>580</v>
+      </c>
+      <c r="P54" s="71" t="s">
+        <v>809</v>
+      </c>
+      <c r="Q54" s="71" t="s">
+        <v>810</v>
+      </c>
+      <c r="R54" s="71" t="s">
+        <v>811</v>
+      </c>
+      <c r="S54" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T54" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U54" s="71" t="s">
+        <v>744</v>
+      </c>
+      <c r="V54" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W54" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X54" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y54" s="71" t="s">
+        <v>812</v>
+      </c>
+      <c r="Z54" s="71" t="s">
+        <v>813</v>
+      </c>
+      <c r="AA54" s="71" t="s">
+        <v>814</v>
+      </c>
+      <c r="AB54" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC54" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD54" s="71" t="s">
+        <v>493</v>
+      </c>
+      <c r="AE54" s="3"/>
+    </row>
+    <row r="55" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="55" t="s">
+        <v>368</v>
+      </c>
+      <c r="B55" s="23"/>
+      <c r="C55" s="23"/>
+      <c r="D55" s="9"/>
+      <c r="E55" s="57">
+        <v>1</v>
+      </c>
+      <c r="F55" s="57">
+        <v>1</v>
+      </c>
+      <c r="G55" s="47"/>
+      <c r="H55" s="71"/>
+      <c r="I55" s="71" t="s">
+        <v>815</v>
+      </c>
+      <c r="J55" s="71" t="s">
+        <v>816</v>
+      </c>
+      <c r="K55" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L55" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M55" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N55" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O55" s="71" t="s">
+        <v>655</v>
+      </c>
+      <c r="P55" s="71" t="s">
+        <v>817</v>
+      </c>
+      <c r="Q55" s="71" t="s">
+        <v>672</v>
+      </c>
+      <c r="R55" s="71" t="s">
+        <v>673</v>
+      </c>
+      <c r="S55" s="71" t="s">
+        <v>674</v>
+      </c>
+      <c r="T55" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U55" s="71" t="s">
+        <v>818</v>
+      </c>
+      <c r="V55" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W55" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X55" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y55" s="71" t="s">
+        <v>819</v>
+      </c>
+      <c r="Z55" s="71" t="s">
+        <v>820</v>
+      </c>
+      <c r="AA55" s="71" t="s">
+        <v>821</v>
+      </c>
+      <c r="AB55" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC55" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD55" s="71" t="s">
+        <v>493</v>
+      </c>
+      <c r="AE55" s="3"/>
+    </row>
+    <row r="56" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="27" t="s">
+        <v>96</v>
+      </c>
+      <c r="B56" s="19">
+        <v>1</v>
+      </c>
+      <c r="C56" s="19"/>
+      <c r="D56" s="9"/>
+      <c r="E56" s="9"/>
+      <c r="F56" s="9"/>
+      <c r="G56" s="46"/>
+      <c r="H56" s="71"/>
+      <c r="I56" s="71" t="s">
+        <v>822</v>
+      </c>
+      <c r="J56" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K56" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L56" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M56" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N56" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O56" s="71" t="s">
+        <v>538</v>
+      </c>
+      <c r="P56" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q56" s="71" t="s">
+        <v>540</v>
+      </c>
+      <c r="R56" s="71" t="s">
+        <v>541</v>
+      </c>
+      <c r="S56" s="71" t="s">
+        <v>542</v>
+      </c>
+      <c r="T56" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U56" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V56" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W56" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X56" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y56" s="71" t="s">
+        <v>823</v>
+      </c>
+      <c r="Z56" s="71" t="s">
+        <v>824</v>
+      </c>
+      <c r="AA56" s="71" t="s">
+        <v>825</v>
+      </c>
+      <c r="AB56" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC56" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD56" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="57" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="27" t="s">
+        <v>97</v>
+      </c>
+      <c r="B57" s="19">
+        <v>1</v>
+      </c>
+      <c r="C57" s="19"/>
+      <c r="D57" s="9"/>
+      <c r="E57" s="9"/>
+      <c r="F57" s="9"/>
+      <c r="G57" s="46"/>
+      <c r="H57" s="71"/>
+      <c r="I57" s="71" t="s">
+        <v>826</v>
+      </c>
+      <c r="J57" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K57" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L57" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M57" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N57" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O57" s="71" t="s">
+        <v>538</v>
+      </c>
+      <c r="P57" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q57" s="71" t="s">
+        <v>540</v>
+      </c>
+      <c r="R57" s="71" t="s">
+        <v>541</v>
+      </c>
+      <c r="S57" s="71" t="s">
+        <v>542</v>
+      </c>
+      <c r="T57" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U57" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V57" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W57" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X57" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y57" s="71" t="s">
+        <v>827</v>
+      </c>
+      <c r="Z57" s="71" t="s">
+        <v>828</v>
+      </c>
+      <c r="AA57" s="71" t="s">
+        <v>825</v>
+      </c>
+      <c r="AB57" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC57" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD57" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="58" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="55" t="s">
+        <v>369</v>
+      </c>
+      <c r="B58" s="23"/>
+      <c r="C58" s="23"/>
+      <c r="D58" s="9"/>
+      <c r="E58" s="57">
+        <v>1</v>
+      </c>
+      <c r="F58" s="57">
+        <v>1</v>
+      </c>
+      <c r="G58" s="47"/>
+      <c r="H58" s="71"/>
+      <c r="I58" s="71" t="s">
+        <v>829</v>
+      </c>
+      <c r="J58" s="71" t="s">
+        <v>830</v>
+      </c>
+      <c r="K58" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L58" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M58" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N58" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O58" s="71" t="s">
+        <v>655</v>
+      </c>
+      <c r="P58" s="71" t="s">
+        <v>831</v>
+      </c>
+      <c r="Q58" s="71" t="s">
+        <v>832</v>
+      </c>
+      <c r="R58" s="71" t="s">
+        <v>833</v>
+      </c>
+      <c r="S58" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T58" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U58" s="71" t="s">
+        <v>818</v>
+      </c>
+      <c r="V58" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W58" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X58" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y58" s="71" t="s">
+        <v>834</v>
+      </c>
+      <c r="Z58" s="71" t="s">
+        <v>835</v>
+      </c>
+      <c r="AA58" s="71" t="s">
+        <v>821</v>
+      </c>
+      <c r="AB58" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC58" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD58" s="71" t="s">
+        <v>493</v>
+      </c>
+      <c r="AE58" s="3"/>
+    </row>
+    <row r="59" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="27" t="s">
+        <v>81</v>
+      </c>
+      <c r="B59" s="19">
+        <v>1</v>
+      </c>
+      <c r="C59" s="19"/>
+      <c r="D59" s="9"/>
+      <c r="E59" s="9"/>
+      <c r="F59" s="9">
+        <v>1</v>
+      </c>
+      <c r="G59" s="46"/>
+      <c r="H59" s="71"/>
+      <c r="I59" s="71" t="s">
+        <v>836</v>
+      </c>
+      <c r="J59" s="71" t="s">
+        <v>837</v>
+      </c>
+      <c r="K59" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L59" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M59" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N59" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O59" s="71" t="s">
+        <v>655</v>
+      </c>
+      <c r="P59" s="71" t="s">
+        <v>838</v>
+      </c>
+      <c r="Q59" s="71" t="s">
+        <v>839</v>
+      </c>
+      <c r="R59" s="71" t="s">
+        <v>840</v>
+      </c>
+      <c r="S59" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T59" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U59" s="71" t="s">
+        <v>818</v>
+      </c>
+      <c r="V59" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W59" s="71" t="s">
+        <v>511</v>
+      </c>
+      <c r="X59" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y59" s="71" t="s">
+        <v>841</v>
+      </c>
+      <c r="Z59" s="71" t="s">
+        <v>842</v>
+      </c>
+      <c r="AA59" s="71" t="s">
+        <v>821</v>
+      </c>
+      <c r="AB59" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC59" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD59" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="60" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="64" t="s">
+        <v>380</v>
+      </c>
+      <c r="B60" s="23"/>
+      <c r="C60" s="23"/>
+      <c r="D60" s="9"/>
+      <c r="E60" s="9"/>
+      <c r="F60" s="9">
+        <v>1</v>
+      </c>
+      <c r="G60" s="47"/>
+      <c r="H60" s="71"/>
+      <c r="I60" s="71" t="s">
+        <v>843</v>
+      </c>
+      <c r="J60" s="71" t="s">
+        <v>844</v>
+      </c>
+      <c r="K60" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L60" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M60" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N60" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O60" s="71" t="s">
+        <v>655</v>
+      </c>
+      <c r="P60" s="71" t="s">
+        <v>845</v>
+      </c>
+      <c r="Q60" s="71" t="s">
+        <v>846</v>
+      </c>
+      <c r="R60" s="71" t="s">
+        <v>847</v>
+      </c>
+      <c r="S60" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T60" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U60" s="71" t="s">
+        <v>818</v>
+      </c>
+      <c r="V60" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W60" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X60" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y60" s="71" t="s">
+        <v>848</v>
+      </c>
+      <c r="Z60" s="71" t="s">
+        <v>849</v>
+      </c>
+      <c r="AA60" s="71" t="s">
+        <v>821</v>
+      </c>
+      <c r="AB60" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC60" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD60" s="71" t="s">
+        <v>493</v>
+      </c>
+      <c r="AE60" s="3"/>
+    </row>
+    <row r="61" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="27" t="s">
+        <v>82</v>
+      </c>
+      <c r="B61" s="19">
+        <v>1</v>
+      </c>
+      <c r="C61" s="19"/>
+      <c r="D61" s="9"/>
+      <c r="E61" s="9"/>
+      <c r="F61" s="9">
+        <v>1</v>
+      </c>
+      <c r="G61" s="46"/>
+      <c r="H61" s="71"/>
+      <c r="I61" s="71" t="s">
+        <v>850</v>
+      </c>
+      <c r="J61" s="71" t="s">
+        <v>851</v>
+      </c>
+      <c r="K61" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L61" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M61" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N61" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O61" s="71" t="s">
+        <v>655</v>
+      </c>
+      <c r="P61" s="71" t="s">
+        <v>852</v>
+      </c>
+      <c r="Q61" s="71" t="s">
+        <v>853</v>
+      </c>
+      <c r="R61" s="71" t="s">
+        <v>854</v>
+      </c>
+      <c r="S61" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T61" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U61" s="71" t="s">
+        <v>818</v>
+      </c>
+      <c r="V61" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W61" s="71" t="s">
+        <v>511</v>
+      </c>
+      <c r="X61" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y61" s="71" t="s">
+        <v>855</v>
+      </c>
+      <c r="Z61" s="71" t="s">
+        <v>856</v>
+      </c>
+      <c r="AA61" s="71" t="s">
+        <v>857</v>
+      </c>
+      <c r="AB61" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC61" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD61" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="62" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="27" t="s">
+        <v>87</v>
+      </c>
+      <c r="B62" s="19">
+        <v>1</v>
+      </c>
+      <c r="C62" s="19"/>
+      <c r="D62" s="9"/>
+      <c r="E62" s="9"/>
+      <c r="F62" s="9">
+        <v>1</v>
+      </c>
+      <c r="G62" s="46"/>
+      <c r="H62" s="71"/>
+      <c r="I62" s="71" t="s">
+        <v>858</v>
+      </c>
+      <c r="J62" s="71" t="s">
+        <v>859</v>
+      </c>
+      <c r="K62" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L62" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M62" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N62" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O62" s="71" t="s">
+        <v>621</v>
+      </c>
+      <c r="P62" s="71" t="s">
+        <v>860</v>
+      </c>
+      <c r="Q62" s="71" t="s">
+        <v>861</v>
+      </c>
+      <c r="R62" s="71" t="s">
+        <v>862</v>
+      </c>
+      <c r="S62" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T62" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U62" s="71" t="s">
+        <v>818</v>
+      </c>
+      <c r="V62" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W62" s="71" t="s">
+        <v>511</v>
+      </c>
+      <c r="X62" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y62" s="71" t="s">
+        <v>863</v>
+      </c>
+      <c r="Z62" s="71" t="s">
+        <v>864</v>
+      </c>
+      <c r="AA62" s="71" t="s">
+        <v>821</v>
+      </c>
+      <c r="AB62" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC62" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD62" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="63" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="64" t="s">
+        <v>381</v>
+      </c>
+      <c r="B63" s="23"/>
+      <c r="C63" s="23"/>
+      <c r="D63" s="9"/>
+      <c r="E63" s="9"/>
+      <c r="F63" s="9">
+        <v>1</v>
+      </c>
+      <c r="G63" s="47"/>
+      <c r="H63" s="71"/>
+      <c r="I63" s="71" t="s">
+        <v>865</v>
+      </c>
+      <c r="J63" s="71" t="s">
+        <v>866</v>
+      </c>
+      <c r="K63" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L63" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M63" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N63" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O63" s="71" t="s">
+        <v>655</v>
+      </c>
+      <c r="P63" s="71" t="s">
+        <v>867</v>
+      </c>
+      <c r="Q63" s="71" t="s">
+        <v>868</v>
+      </c>
+      <c r="R63" s="71" t="s">
+        <v>869</v>
+      </c>
+      <c r="S63" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T63" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U63" s="71" t="s">
+        <v>870</v>
+      </c>
+      <c r="V63" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W63" s="71" t="s">
+        <v>511</v>
+      </c>
+      <c r="X63" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y63" s="71" t="s">
+        <v>871</v>
+      </c>
+      <c r="Z63" s="71" t="s">
+        <v>872</v>
+      </c>
+      <c r="AA63" s="71" t="s">
+        <v>873</v>
+      </c>
+      <c r="AB63" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC63" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD63" s="71" t="s">
+        <v>493</v>
+      </c>
+      <c r="AE63" s="3"/>
+    </row>
+    <row r="64" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="27" t="s">
+        <v>83</v>
+      </c>
+      <c r="B64" s="19">
+        <v>1</v>
+      </c>
+      <c r="C64" s="19"/>
+      <c r="D64" s="9"/>
+      <c r="E64" s="9"/>
+      <c r="F64" s="9"/>
+      <c r="G64" s="46"/>
+      <c r="H64" s="71"/>
+      <c r="I64" s="71" t="s">
+        <v>874</v>
+      </c>
+      <c r="J64" s="71" t="s">
+        <v>875</v>
+      </c>
+      <c r="K64" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L64" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M64" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N64" s="71" t="s">
+        <v>620</v>
+      </c>
+      <c r="O64" s="71" t="s">
+        <v>655</v>
+      </c>
+      <c r="P64" s="71" t="s">
+        <v>876</v>
+      </c>
+      <c r="Q64" s="71" t="s">
+        <v>877</v>
+      </c>
+      <c r="R64" s="71" t="s">
+        <v>878</v>
+      </c>
+      <c r="S64" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T64" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U64" s="71" t="s">
+        <v>870</v>
+      </c>
+      <c r="V64" s="71" t="s">
+        <v>307</v>
+      </c>
+      <c r="W64" s="71" t="s">
+        <v>511</v>
+      </c>
+      <c r="X64" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y64" s="71" t="s">
+        <v>879</v>
+      </c>
+      <c r="Z64" s="71" t="s">
+        <v>880</v>
+      </c>
+      <c r="AA64" s="71" t="s">
+        <v>873</v>
+      </c>
+      <c r="AB64" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC64" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD64" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="65" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="27" t="s">
+        <v>84</v>
+      </c>
+      <c r="B65" s="19">
+        <v>1</v>
+      </c>
+      <c r="C65" s="19"/>
+      <c r="D65" s="9"/>
+      <c r="E65" s="9"/>
+      <c r="F65" s="9"/>
+      <c r="G65" s="46"/>
+      <c r="H65" s="71"/>
+      <c r="I65" s="71" t="s">
+        <v>881</v>
+      </c>
+      <c r="J65" s="71" t="s">
+        <v>882</v>
+      </c>
+      <c r="K65" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L65" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M65" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N65" s="71" t="s">
+        <v>620</v>
+      </c>
+      <c r="O65" s="71" t="s">
+        <v>655</v>
+      </c>
+      <c r="P65" s="71" t="s">
+        <v>883</v>
+      </c>
+      <c r="Q65" s="71" t="s">
+        <v>884</v>
+      </c>
+      <c r="R65" s="71" t="s">
+        <v>885</v>
+      </c>
+      <c r="S65" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T65" s="71" t="s">
+        <v>886</v>
+      </c>
+      <c r="U65" s="71" t="s">
+        <v>870</v>
+      </c>
+      <c r="V65" s="71" t="s">
+        <v>307</v>
+      </c>
+      <c r="W65" s="71" t="s">
+        <v>511</v>
+      </c>
+      <c r="X65" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y65" s="71" t="s">
+        <v>887</v>
+      </c>
+      <c r="Z65" s="71" t="s">
+        <v>888</v>
+      </c>
+      <c r="AA65" s="71" t="s">
+        <v>873</v>
+      </c>
+      <c r="AB65" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC65" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD65" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="66" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="27" t="s">
+        <v>85</v>
+      </c>
+      <c r="B66" s="19">
+        <v>1</v>
+      </c>
+      <c r="C66" s="19"/>
+      <c r="D66" s="9"/>
+      <c r="E66" s="9"/>
+      <c r="F66" s="9"/>
+      <c r="G66" s="46"/>
+      <c r="H66" s="71"/>
+      <c r="I66" s="71" t="s">
+        <v>889</v>
+      </c>
+      <c r="J66" s="71" t="s">
+        <v>890</v>
+      </c>
+      <c r="K66" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L66" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M66" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N66" s="71" t="s">
+        <v>620</v>
+      </c>
+      <c r="O66" s="71" t="s">
+        <v>655</v>
+      </c>
+      <c r="P66" s="71" t="s">
+        <v>867</v>
+      </c>
+      <c r="Q66" s="71" t="s">
+        <v>868</v>
+      </c>
+      <c r="R66" s="71" t="s">
+        <v>869</v>
+      </c>
+      <c r="S66" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T66" s="71" t="s">
+        <v>891</v>
+      </c>
+      <c r="U66" s="71" t="s">
+        <v>870</v>
+      </c>
+      <c r="V66" s="71" t="s">
+        <v>307</v>
+      </c>
+      <c r="W66" s="71" t="s">
+        <v>511</v>
+      </c>
+      <c r="X66" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y66" s="71" t="s">
+        <v>892</v>
+      </c>
+      <c r="Z66" s="71" t="s">
+        <v>893</v>
+      </c>
+      <c r="AA66" s="71" t="s">
+        <v>873</v>
+      </c>
+      <c r="AB66" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC66" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD66" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="67" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="27" t="s">
+        <v>98</v>
+      </c>
+      <c r="B67" s="19">
+        <v>1</v>
+      </c>
+      <c r="C67" s="19"/>
+      <c r="D67" s="9"/>
+      <c r="E67" s="9"/>
+      <c r="F67" s="9"/>
+      <c r="G67" s="46"/>
+      <c r="H67" s="71"/>
+      <c r="I67" s="71" t="s">
+        <v>894</v>
+      </c>
+      <c r="J67" s="71" t="s">
+        <v>895</v>
+      </c>
+      <c r="K67" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L67" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M67" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N67" s="71" t="s">
+        <v>896</v>
+      </c>
+      <c r="O67" s="71" t="s">
+        <v>538</v>
+      </c>
+      <c r="P67" s="71" t="s">
+        <v>897</v>
+      </c>
+      <c r="Q67" s="71" t="s">
+        <v>898</v>
+      </c>
+      <c r="R67" s="71" t="s">
+        <v>899</v>
+      </c>
+      <c r="S67" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T67" s="71" t="s">
+        <v>900</v>
+      </c>
+      <c r="U67" s="71" t="s">
+        <v>870</v>
+      </c>
+      <c r="V67" s="71" t="s">
+        <v>307</v>
+      </c>
+      <c r="W67" s="71" t="s">
+        <v>511</v>
+      </c>
+      <c r="X67" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y67" s="71" t="s">
+        <v>901</v>
+      </c>
+      <c r="Z67" s="71" t="s">
+        <v>902</v>
+      </c>
+      <c r="AA67" s="71" t="s">
+        <v>873</v>
+      </c>
+      <c r="AB67" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC67" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD67" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="68" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="27" t="s">
+        <v>89</v>
+      </c>
+      <c r="B68" s="19">
+        <v>1</v>
+      </c>
+      <c r="C68" s="19"/>
+      <c r="D68" s="9"/>
+      <c r="E68" s="9"/>
+      <c r="F68" s="9">
+        <v>1</v>
+      </c>
+      <c r="G68" s="46"/>
+      <c r="H68" s="71"/>
+      <c r="I68" s="71" t="s">
+        <v>903</v>
+      </c>
+      <c r="J68" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K68" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L68" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M68" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N68" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O68" s="71" t="s">
+        <v>507</v>
+      </c>
+      <c r="P68" s="71" t="s">
+        <v>904</v>
+      </c>
+      <c r="Q68" s="71" t="s">
+        <v>905</v>
+      </c>
+      <c r="R68" s="71" t="s">
+        <v>906</v>
+      </c>
+      <c r="S68" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T68" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U68" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V68" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W68" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X68" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y68" s="71" t="s">
+        <v>907</v>
+      </c>
+      <c r="Z68" s="71" t="s">
+        <v>908</v>
+      </c>
+      <c r="AA68" s="71" t="s">
+        <v>909</v>
+      </c>
+      <c r="AB68" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC68" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD68" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="69" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="27" t="s">
+        <v>99</v>
+      </c>
+      <c r="B69" s="19">
+        <v>1</v>
+      </c>
+      <c r="C69" s="19"/>
+      <c r="D69" s="9"/>
+      <c r="E69" s="9"/>
+      <c r="F69" s="9">
+        <v>1</v>
+      </c>
+      <c r="G69" s="46"/>
+      <c r="H69" s="71"/>
+      <c r="I69" s="71" t="s">
+        <v>910</v>
+      </c>
+      <c r="J69" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K69" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L69" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M69" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N69" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O69" s="71" t="s">
+        <v>538</v>
+      </c>
+      <c r="P69" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q69" s="71" t="s">
+        <v>540</v>
+      </c>
+      <c r="R69" s="71" t="s">
+        <v>541</v>
+      </c>
+      <c r="S69" s="71" t="s">
+        <v>542</v>
+      </c>
+      <c r="T69" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U69" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V69" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W69" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X69" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y69" s="71" t="s">
+        <v>911</v>
+      </c>
+      <c r="Z69" s="71" t="s">
+        <v>912</v>
+      </c>
+      <c r="AA69" s="71" t="s">
+        <v>913</v>
+      </c>
+      <c r="AB69" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC69" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD69" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="70" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="70" t="s">
+        <v>435</v>
+      </c>
+      <c r="B70" s="23"/>
+      <c r="C70" s="23">
+        <v>1</v>
+      </c>
+      <c r="D70" s="9"/>
+      <c r="E70" s="9"/>
+      <c r="F70" s="9"/>
+      <c r="G70" s="47"/>
+      <c r="H70" s="71"/>
+      <c r="I70" s="71" t="s">
+        <v>914</v>
+      </c>
+      <c r="J70" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K70" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L70" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M70" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N70" s="71" t="s">
+        <v>915</v>
+      </c>
+      <c r="O70" s="71" t="s">
+        <v>550</v>
+      </c>
+      <c r="P70" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q70" s="71" t="s">
+        <v>551</v>
+      </c>
+      <c r="R70" s="71" t="s">
+        <v>552</v>
+      </c>
+      <c r="S70" s="71" t="s">
+        <v>553</v>
+      </c>
+      <c r="T70" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U70" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V70" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="W70" s="71" t="s">
+        <v>306</v>
+      </c>
+      <c r="X70" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y70" s="71" t="s">
+        <v>916</v>
+      </c>
+      <c r="Z70" s="71" t="s">
+        <v>917</v>
+      </c>
+      <c r="AA70" s="71" t="s">
+        <v>918</v>
+      </c>
+      <c r="AB70" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC70" s="71" t="s">
+        <v>919</v>
+      </c>
+      <c r="AD70" s="71" t="s">
+        <v>493</v>
+      </c>
+      <c r="AE70" s="55"/>
+    </row>
+    <row r="71" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="27" t="s">
+        <v>109</v>
+      </c>
+      <c r="B71" s="19">
+        <v>1</v>
+      </c>
+      <c r="C71" s="19"/>
+      <c r="D71" s="9"/>
+      <c r="E71" s="9"/>
+      <c r="F71" s="9">
+        <v>1</v>
+      </c>
+      <c r="G71" s="46"/>
+      <c r="H71" s="71"/>
+      <c r="I71" s="71" t="s">
+        <v>920</v>
+      </c>
+      <c r="J71" s="71" t="s">
+        <v>921</v>
+      </c>
+      <c r="K71" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L71" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M71" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N71" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O71" s="71" t="s">
+        <v>580</v>
+      </c>
+      <c r="P71" s="71" t="s">
+        <v>922</v>
+      </c>
+      <c r="Q71" s="71" t="s">
+        <v>923</v>
+      </c>
+      <c r="R71" s="71" t="s">
+        <v>924</v>
+      </c>
+      <c r="S71" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T71" s="71" t="s">
+        <v>925</v>
+      </c>
+      <c r="U71" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V71" s="71" t="s">
+        <v>307</v>
+      </c>
+      <c r="W71" s="71" t="s">
+        <v>511</v>
+      </c>
+      <c r="X71" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y71" s="71" t="s">
+        <v>926</v>
+      </c>
+      <c r="Z71" s="71" t="s">
+        <v>927</v>
+      </c>
+      <c r="AA71" s="71" t="s">
+        <v>928</v>
+      </c>
+      <c r="AB71" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC71" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD71" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="72" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="27" t="s">
+        <v>122</v>
+      </c>
+      <c r="B72" s="19">
+        <v>1</v>
+      </c>
+      <c r="C72" s="19"/>
+      <c r="D72" s="9"/>
+      <c r="E72" s="9"/>
+      <c r="F72" s="9"/>
+      <c r="G72" s="46"/>
+      <c r="H72" s="71"/>
+      <c r="I72" s="71" t="s">
+        <v>929</v>
+      </c>
+      <c r="J72" s="71" t="s">
+        <v>930</v>
+      </c>
+      <c r="K72" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L72" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M72" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N72" s="71" t="s">
+        <v>931</v>
+      </c>
+      <c r="O72" s="71" t="s">
+        <v>932</v>
+      </c>
+      <c r="P72" s="71" t="s">
+        <v>933</v>
+      </c>
+      <c r="Q72" s="71" t="s">
+        <v>934</v>
+      </c>
+      <c r="R72" s="71" t="s">
+        <v>935</v>
+      </c>
+      <c r="S72" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T72" s="71" t="s">
+        <v>936</v>
+      </c>
+      <c r="U72" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V72" s="71" t="s">
+        <v>307</v>
+      </c>
+      <c r="W72" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X72" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y72" s="71" t="s">
+        <v>937</v>
+      </c>
+      <c r="Z72" s="71" t="s">
+        <v>938</v>
+      </c>
+      <c r="AA72" s="71" t="s">
+        <v>939</v>
+      </c>
+      <c r="AB72" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC72" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD72" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="73" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="27" t="s">
+        <v>90</v>
+      </c>
+      <c r="B73" s="19">
+        <v>1</v>
+      </c>
+      <c r="C73" s="19"/>
+      <c r="D73" s="9"/>
+      <c r="E73" s="9"/>
+      <c r="F73" s="9"/>
+      <c r="G73" s="46"/>
+      <c r="H73" s="71"/>
+      <c r="I73" s="71" t="s">
+        <v>940</v>
+      </c>
+      <c r="J73" s="71" t="s">
+        <v>941</v>
+      </c>
+      <c r="K73" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L73" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M73" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N73" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O73" s="71" t="s">
+        <v>942</v>
+      </c>
+      <c r="P73" s="71" t="s">
+        <v>943</v>
+      </c>
+      <c r="Q73" s="71" t="s">
+        <v>944</v>
+      </c>
+      <c r="R73" s="71" t="s">
+        <v>945</v>
+      </c>
+      <c r="S73" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T73" s="71" t="s">
+        <v>946</v>
+      </c>
+      <c r="U73" s="71" t="s">
+        <v>947</v>
+      </c>
+      <c r="V73" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W73" s="71" t="s">
+        <v>948</v>
+      </c>
+      <c r="X73" s="71" t="s">
+        <v>949</v>
+      </c>
+      <c r="Y73" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z73" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA73" s="71" t="s">
+        <v>950</v>
+      </c>
+      <c r="AB73" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC73" s="71" t="s">
+        <v>951</v>
+      </c>
+      <c r="AD73" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="74" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="27" t="s">
+        <v>110</v>
+      </c>
+      <c r="B74" s="19">
+        <v>1</v>
+      </c>
+      <c r="C74" s="19"/>
+      <c r="D74" s="9"/>
+      <c r="E74" s="9">
+        <v>1</v>
+      </c>
+      <c r="F74" s="9"/>
+      <c r="G74" s="46"/>
+      <c r="H74" s="71"/>
+      <c r="I74" s="71" t="s">
+        <v>952</v>
+      </c>
+      <c r="J74" s="71" t="s">
+        <v>953</v>
+      </c>
+      <c r="K74" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L74" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M74" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N74" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O74" s="71" t="s">
+        <v>580</v>
+      </c>
+      <c r="P74" s="71" t="s">
+        <v>954</v>
+      </c>
+      <c r="Q74" s="71" t="s">
+        <v>955</v>
+      </c>
+      <c r="R74" s="71" t="s">
+        <v>956</v>
+      </c>
+      <c r="S74" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T74" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U74" s="71" t="s">
+        <v>744</v>
+      </c>
+      <c r="V74" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W74" s="71" t="s">
+        <v>511</v>
+      </c>
+      <c r="X74" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y74" s="71" t="s">
+        <v>957</v>
+      </c>
+      <c r="Z74" s="71" t="s">
+        <v>958</v>
+      </c>
+      <c r="AA74" s="71" t="s">
+        <v>748</v>
+      </c>
+      <c r="AB74" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC74" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD74" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="75" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="27" t="s">
+        <v>120</v>
+      </c>
+      <c r="B75" s="19">
+        <v>1</v>
+      </c>
+      <c r="C75" s="19"/>
+      <c r="D75" s="9"/>
+      <c r="E75" s="9"/>
+      <c r="F75" s="9"/>
+      <c r="G75" s="46"/>
+      <c r="H75" s="71"/>
+      <c r="I75" s="71" t="s">
+        <v>959</v>
+      </c>
+      <c r="J75" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K75" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L75" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M75" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N75" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O75" s="71" t="s">
+        <v>960</v>
+      </c>
+      <c r="P75" s="71" t="s">
+        <v>961</v>
+      </c>
+      <c r="Q75" s="71" t="s">
+        <v>805</v>
+      </c>
+      <c r="R75" s="71" t="s">
+        <v>962</v>
+      </c>
+      <c r="S75" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T75" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U75" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V75" s="71" t="s">
+        <v>307</v>
+      </c>
+      <c r="W75" s="71" t="s">
+        <v>948</v>
+      </c>
+      <c r="X75" s="71" t="s">
+        <v>963</v>
+      </c>
+      <c r="Y75" s="71" t="s">
+        <v>964</v>
+      </c>
+      <c r="Z75" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA75" s="71">
+        <v>0</v>
+      </c>
+      <c r="AB75" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC75" s="71" t="s">
+        <v>963</v>
+      </c>
+      <c r="AD75" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="76" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="27" t="s">
+        <v>119</v>
+      </c>
+      <c r="B76" s="19">
+        <v>1</v>
+      </c>
+      <c r="C76" s="19"/>
+      <c r="D76" s="9"/>
+      <c r="E76" s="9"/>
+      <c r="F76" s="9"/>
+      <c r="G76" s="46"/>
+      <c r="H76" s="71"/>
+      <c r="I76" s="71" t="s">
+        <v>965</v>
+      </c>
+      <c r="J76" s="71" t="s">
+        <v>966</v>
+      </c>
+      <c r="K76" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L76" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M76" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N76" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O76" s="71" t="s">
+        <v>571</v>
+      </c>
+      <c r="P76" s="71" t="s">
+        <v>967</v>
+      </c>
+      <c r="Q76" s="71" t="s">
+        <v>968</v>
+      </c>
+      <c r="R76" s="71" t="s">
+        <v>969</v>
+      </c>
+      <c r="S76" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T76" s="71" t="s">
+        <v>970</v>
+      </c>
+      <c r="U76" s="71" t="s">
+        <v>971</v>
+      </c>
+      <c r="V76" s="71" t="s">
+        <v>307</v>
+      </c>
+      <c r="W76" s="71" t="s">
+        <v>511</v>
+      </c>
+      <c r="X76" s="71" t="s">
+        <v>972</v>
+      </c>
+      <c r="Y76" s="71" t="s">
+        <v>966</v>
+      </c>
+      <c r="Z76" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA76" s="71">
+        <v>0</v>
+      </c>
+      <c r="AB76" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC76" s="71" t="s">
+        <v>972</v>
+      </c>
+      <c r="AD76" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="77" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="55" t="s">
+        <v>347</v>
+      </c>
+      <c r="B77" s="23"/>
+      <c r="C77" s="23">
+        <v>1</v>
+      </c>
+      <c r="D77" s="9"/>
+      <c r="E77" s="57">
+        <v>1</v>
+      </c>
+      <c r="F77" s="57"/>
+      <c r="G77" s="47"/>
+      <c r="H77" s="71"/>
+      <c r="I77" s="71" t="s">
+        <v>973</v>
+      </c>
+      <c r="J77" s="71" t="s">
+        <v>974</v>
+      </c>
+      <c r="K77" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L77" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M77" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N77" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O77" s="71" t="s">
+        <v>580</v>
+      </c>
+      <c r="P77" s="71" t="s">
+        <v>975</v>
+      </c>
+      <c r="Q77" s="71" t="s">
+        <v>976</v>
+      </c>
+      <c r="R77" s="71" t="s">
+        <v>977</v>
+      </c>
+      <c r="S77" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T77" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U77" s="71" t="s">
+        <v>744</v>
+      </c>
+      <c r="V77" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W77" s="71" t="s">
+        <v>511</v>
+      </c>
+      <c r="X77" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y77" s="71" t="s">
+        <v>978</v>
+      </c>
+      <c r="Z77" s="71" t="s">
+        <v>979</v>
+      </c>
+      <c r="AA77" s="71" t="s">
+        <v>748</v>
+      </c>
+      <c r="AB77" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC77" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD77" s="71" t="s">
+        <v>493</v>
+      </c>
+      <c r="AE77" s="55"/>
+    </row>
+    <row r="78" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="27" t="s">
+        <v>100</v>
+      </c>
+      <c r="B78" s="19">
+        <v>1</v>
+      </c>
+      <c r="C78" s="19"/>
+      <c r="D78" s="9"/>
+      <c r="E78" s="9"/>
+      <c r="F78" s="9"/>
+      <c r="G78" s="46"/>
+      <c r="H78" s="71"/>
+      <c r="I78" s="71" t="s">
+        <v>980</v>
+      </c>
+      <c r="J78" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K78" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L78" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M78" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N78" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O78" s="71" t="s">
+        <v>538</v>
+      </c>
+      <c r="P78" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q78" s="71" t="s">
+        <v>540</v>
+      </c>
+      <c r="R78" s="71" t="s">
+        <v>541</v>
+      </c>
+      <c r="S78" s="71" t="s">
+        <v>542</v>
+      </c>
+      <c r="T78" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U78" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V78" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W78" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X78" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y78" s="71" t="s">
+        <v>981</v>
+      </c>
+      <c r="Z78" s="71" t="s">
+        <v>982</v>
+      </c>
+      <c r="AA78" s="71" t="s">
+        <v>825</v>
+      </c>
+      <c r="AB78" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC78" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD78" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="79" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="55" t="s">
+        <v>348</v>
+      </c>
+      <c r="B79" s="23"/>
+      <c r="C79" s="23"/>
+      <c r="D79" s="9"/>
+      <c r="E79" s="57">
+        <v>1</v>
+      </c>
+      <c r="F79" s="57">
+        <v>1</v>
+      </c>
+      <c r="G79" s="47"/>
+      <c r="H79" s="71"/>
+      <c r="I79" s="71" t="s">
+        <v>983</v>
+      </c>
+      <c r="J79" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K79" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L79" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M79" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N79" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O79" s="71" t="s">
+        <v>984</v>
+      </c>
+      <c r="P79" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q79" s="71" t="s">
+        <v>985</v>
+      </c>
+      <c r="R79" s="71" t="s">
+        <v>986</v>
+      </c>
+      <c r="S79" s="71" t="s">
+        <v>987</v>
+      </c>
+      <c r="T79" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U79" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V79" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W79" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X79" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y79" s="71" t="s">
+        <v>988</v>
+      </c>
+      <c r="Z79" s="71" t="s">
+        <v>989</v>
+      </c>
+      <c r="AA79" s="71" t="s">
+        <v>990</v>
+      </c>
+      <c r="AB79" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC79" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD79" s="71" t="s">
+        <v>493</v>
+      </c>
+      <c r="AE79" s="55"/>
+    </row>
+    <row r="80" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="55" t="s">
+        <v>349</v>
+      </c>
+      <c r="B80" s="23"/>
+      <c r="C80" s="23"/>
+      <c r="D80" s="9"/>
+      <c r="E80" s="58">
+        <v>1</v>
+      </c>
+      <c r="F80" s="58"/>
+      <c r="G80" s="47"/>
+      <c r="H80" s="71"/>
+      <c r="I80" s="71" t="s">
+        <v>991</v>
+      </c>
+      <c r="J80" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K80" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L80" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M80" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N80" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O80" s="71" t="s">
+        <v>992</v>
+      </c>
+      <c r="P80" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q80" s="71" t="s">
+        <v>993</v>
+      </c>
+      <c r="R80" s="71" t="s">
+        <v>994</v>
+      </c>
+      <c r="S80" s="71" t="s">
+        <v>995</v>
+      </c>
+      <c r="T80" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U80" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V80" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W80" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X80" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y80" s="71" t="s">
+        <v>996</v>
+      </c>
+      <c r="Z80" s="71" t="s">
+        <v>997</v>
+      </c>
+      <c r="AA80" s="71" t="s">
+        <v>998</v>
+      </c>
+      <c r="AB80" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC80" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD80" s="71" t="s">
+        <v>493</v>
+      </c>
+      <c r="AE80" s="55"/>
+    </row>
+    <row r="81" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="27" t="s">
+        <v>91</v>
+      </c>
+      <c r="B81" s="19">
+        <v>1</v>
+      </c>
+      <c r="C81" s="19"/>
+      <c r="D81" s="9"/>
+      <c r="E81" s="9"/>
+      <c r="F81" s="9"/>
+      <c r="G81" s="46"/>
+      <c r="H81" s="71"/>
+      <c r="I81" s="71" t="s">
+        <v>999</v>
+      </c>
+      <c r="J81" s="71" t="s">
+        <v>1000</v>
+      </c>
+      <c r="K81" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L81" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M81" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N81" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O81" s="71" t="s">
+        <v>942</v>
+      </c>
+      <c r="P81" s="71" t="s">
+        <v>1001</v>
+      </c>
+      <c r="Q81" s="71" t="s">
+        <v>1002</v>
+      </c>
+      <c r="R81" s="71" t="s">
+        <v>1003</v>
+      </c>
+      <c r="S81" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T81" s="71" t="s">
+        <v>1004</v>
+      </c>
+      <c r="U81" s="71" t="s">
+        <v>947</v>
+      </c>
+      <c r="V81" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W81" s="71" t="s">
+        <v>1005</v>
+      </c>
+      <c r="X81" s="71" t="s">
+        <v>949</v>
+      </c>
+      <c r="Y81" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z81" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA81" s="71" t="s">
+        <v>950</v>
+      </c>
+      <c r="AB81" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC81" s="71" t="s">
+        <v>951</v>
+      </c>
+      <c r="AD81" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="82" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="27" t="s">
+        <v>92</v>
+      </c>
+      <c r="B82" s="19">
+        <v>1</v>
+      </c>
+      <c r="C82" s="19"/>
+      <c r="D82" s="9"/>
+      <c r="E82" s="9"/>
+      <c r="F82" s="9"/>
+      <c r="G82" s="46"/>
+      <c r="H82" s="71"/>
+      <c r="I82" s="71" t="s">
+        <v>1006</v>
+      </c>
+      <c r="J82" s="71" t="s">
+        <v>1007</v>
+      </c>
+      <c r="K82" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L82" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M82" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N82" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O82" s="71" t="s">
+        <v>942</v>
+      </c>
+      <c r="P82" s="71" t="s">
+        <v>1008</v>
+      </c>
+      <c r="Q82" s="71" t="s">
+        <v>1009</v>
+      </c>
+      <c r="R82" s="71" t="s">
+        <v>1010</v>
+      </c>
+      <c r="S82" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T82" s="71" t="s">
+        <v>1011</v>
+      </c>
+      <c r="U82" s="71" t="s">
+        <v>947</v>
+      </c>
+      <c r="V82" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W82" s="71" t="s">
+        <v>948</v>
+      </c>
+      <c r="X82" s="71" t="s">
+        <v>949</v>
+      </c>
+      <c r="Y82" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z82" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA82" s="71" t="s">
+        <v>1012</v>
+      </c>
+      <c r="AB82" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC82" s="71" t="s">
+        <v>951</v>
+      </c>
+      <c r="AD82" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="83" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="27" t="s">
+        <v>93</v>
+      </c>
+      <c r="B83" s="19">
+        <v>1</v>
+      </c>
+      <c r="C83" s="19"/>
+      <c r="D83" s="9"/>
+      <c r="E83" s="9"/>
+      <c r="F83" s="9"/>
+      <c r="G83" s="46"/>
+      <c r="H83" s="71"/>
+      <c r="I83" s="71" t="s">
+        <v>1013</v>
+      </c>
+      <c r="J83" s="71" t="s">
+        <v>1014</v>
+      </c>
+      <c r="K83" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L83" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M83" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N83" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O83" s="71" t="s">
+        <v>942</v>
+      </c>
+      <c r="P83" s="71" t="s">
+        <v>1015</v>
+      </c>
+      <c r="Q83" s="71" t="s">
+        <v>1016</v>
+      </c>
+      <c r="R83" s="71" t="s">
+        <v>1017</v>
+      </c>
+      <c r="S83" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T83" s="71" t="s">
+        <v>1018</v>
+      </c>
+      <c r="U83" s="71" t="s">
+        <v>947</v>
+      </c>
+      <c r="V83" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W83" s="71" t="s">
+        <v>601</v>
+      </c>
+      <c r="X83" s="71" t="s">
+        <v>949</v>
+      </c>
+      <c r="Y83" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z83" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA83" s="71" t="s">
+        <v>950</v>
+      </c>
+      <c r="AB83" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC83" s="71" t="s">
+        <v>951</v>
+      </c>
+      <c r="AD83" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="84" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="70" t="s">
+        <v>449</v>
+      </c>
+      <c r="B84" s="23"/>
+      <c r="C84" s="23">
+        <v>1</v>
+      </c>
+      <c r="D84" s="9"/>
+      <c r="E84" s="9"/>
+      <c r="F84" s="9"/>
+      <c r="G84" s="47"/>
+      <c r="H84" s="71"/>
+      <c r="I84" s="71" t="s">
+        <v>1019</v>
+      </c>
+      <c r="J84" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K84" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L84" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M84" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N84" s="71" t="s">
+        <v>1020</v>
+      </c>
+      <c r="O84" s="71" t="s">
+        <v>485</v>
+      </c>
+      <c r="P84" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q84" s="71" t="s">
+        <v>486</v>
+      </c>
+      <c r="R84" s="71" t="s">
+        <v>487</v>
+      </c>
+      <c r="S84" s="71" t="s">
+        <v>488</v>
+      </c>
+      <c r="T84" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U84" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V84" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="W84" s="71" t="s">
+        <v>306</v>
+      </c>
+      <c r="X84" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y84" s="71" t="s">
+        <v>1021</v>
+      </c>
+      <c r="Z84" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA84" s="71" t="s">
+        <v>1022</v>
+      </c>
+      <c r="AB84" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC84" s="71" t="s">
+        <v>492</v>
+      </c>
+      <c r="AD84" s="71" t="s">
+        <v>493</v>
+      </c>
+      <c r="AE84" s="55"/>
+    </row>
+    <row r="85" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="55" t="s">
+        <v>350</v>
+      </c>
+      <c r="B85" s="23"/>
+      <c r="C85" s="23"/>
+      <c r="D85" s="9"/>
+      <c r="E85" s="57">
+        <v>1</v>
+      </c>
+      <c r="F85" s="57"/>
+      <c r="G85" s="47"/>
+      <c r="H85" s="71"/>
+      <c r="I85" s="71" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J85" s="71" t="s">
+        <v>1024</v>
+      </c>
+      <c r="K85" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L85" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M85" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N85" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O85" s="71" t="s">
+        <v>580</v>
+      </c>
+      <c r="P85" s="71" t="s">
+        <v>751</v>
+      </c>
+      <c r="Q85" s="71" t="s">
+        <v>752</v>
+      </c>
+      <c r="R85" s="71" t="s">
+        <v>753</v>
+      </c>
+      <c r="S85" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T85" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U85" s="71" t="s">
+        <v>744</v>
+      </c>
+      <c r="V85" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W85" s="71" t="s">
+        <v>511</v>
+      </c>
+      <c r="X85" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y85" s="71" t="s">
+        <v>1025</v>
+      </c>
+      <c r="Z85" s="71" t="s">
+        <v>1026</v>
+      </c>
+      <c r="AA85" s="71" t="s">
+        <v>748</v>
+      </c>
+      <c r="AB85" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC85" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD85" s="71" t="s">
+        <v>493</v>
+      </c>
+      <c r="AE85" s="55"/>
+    </row>
+    <row r="86" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="27" t="s">
+        <v>77</v>
+      </c>
+      <c r="B86" s="19">
+        <v>1</v>
+      </c>
+      <c r="C86" s="19"/>
+      <c r="D86" s="9"/>
+      <c r="E86" s="9"/>
+      <c r="F86" s="9"/>
+      <c r="G86" s="46"/>
+      <c r="H86" s="71"/>
+      <c r="I86" s="71" t="s">
+        <v>1027</v>
+      </c>
+      <c r="J86" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K86" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L86" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M86" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N86" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O86" s="71" t="s">
+        <v>664</v>
+      </c>
+      <c r="P86" s="71" t="s">
+        <v>1028</v>
+      </c>
+      <c r="Q86" s="71" t="s">
+        <v>308</v>
+      </c>
+      <c r="R86" s="71" t="s">
+        <v>1029</v>
+      </c>
+      <c r="S86" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T86" s="71" t="s">
+        <v>1030</v>
+      </c>
+      <c r="U86" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V86" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W86" s="71" t="s">
+        <v>511</v>
+      </c>
+      <c r="X86" s="71" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y86" s="71" t="s">
+        <v>1031</v>
+      </c>
+      <c r="Z86" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA86" s="71">
+        <v>0</v>
+      </c>
+      <c r="AB86" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC86" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD86" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="87" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="B87" s="19">
+        <v>1</v>
+      </c>
+      <c r="C87" s="19"/>
+      <c r="D87" s="9"/>
+      <c r="E87" s="9"/>
+      <c r="F87" s="9"/>
+      <c r="G87" s="46"/>
+      <c r="H87" s="71"/>
+      <c r="I87" s="71" t="s">
+        <v>1032</v>
+      </c>
+      <c r="J87" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K87" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L87" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M87" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N87" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O87" s="71" t="s">
+        <v>1033</v>
+      </c>
+      <c r="P87" s="71" t="s">
+        <v>1034</v>
+      </c>
+      <c r="Q87" s="71" t="s">
+        <v>1035</v>
+      </c>
+      <c r="R87" s="71" t="s">
+        <v>1036</v>
+      </c>
+      <c r="S87" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T87" s="71" t="s">
+        <v>1037</v>
+      </c>
+      <c r="U87" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V87" s="71" t="s">
+        <v>307</v>
+      </c>
+      <c r="W87" s="71" t="s">
+        <v>511</v>
+      </c>
+      <c r="X87" s="71" t="s">
+        <v>1038</v>
+      </c>
+      <c r="Y87" s="71" t="s">
+        <v>1039</v>
+      </c>
+      <c r="Z87" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA87" s="71">
+        <v>0</v>
+      </c>
+      <c r="AB87" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC87" s="71" t="s">
+        <v>1038</v>
+      </c>
+      <c r="AD87" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="88" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="70" t="s">
+        <v>416</v>
+      </c>
+      <c r="B88" s="23"/>
+      <c r="C88" s="23">
+        <v>1</v>
+      </c>
+      <c r="D88" s="9"/>
+      <c r="E88" s="9"/>
+      <c r="F88" s="9"/>
+      <c r="G88" s="47"/>
+      <c r="H88" s="71"/>
+      <c r="I88" s="71" t="s">
+        <v>1040</v>
+      </c>
+      <c r="J88" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K88" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L88" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M88" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N88" s="71" t="s">
+        <v>1041</v>
+      </c>
+      <c r="O88" s="71" t="s">
+        <v>562</v>
+      </c>
+      <c r="P88" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q88" s="71" t="s">
+        <v>563</v>
+      </c>
+      <c r="R88" s="71" t="s">
+        <v>564</v>
+      </c>
+      <c r="S88" s="71" t="s">
+        <v>565</v>
+      </c>
+      <c r="T88" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U88" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V88" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W88" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X88" s="71" t="s">
+        <v>1042</v>
+      </c>
+      <c r="Y88" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z88" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA88" s="71">
+        <v>0</v>
+      </c>
+      <c r="AB88" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC88" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD88" s="71" t="s">
+        <v>493</v>
+      </c>
+      <c r="AE88" s="55"/>
+    </row>
+    <row r="89" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="70" t="s">
+        <v>417</v>
+      </c>
+      <c r="B89" s="23"/>
+      <c r="C89" s="23">
+        <v>1</v>
+      </c>
+      <c r="D89" s="9"/>
+      <c r="E89" s="9"/>
+      <c r="F89" s="9"/>
+      <c r="G89" s="47"/>
+      <c r="H89" s="71"/>
+      <c r="I89" s="71" t="s">
+        <v>1043</v>
+      </c>
+      <c r="J89" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K89" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L89" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M89" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N89" s="71" t="s">
+        <v>1044</v>
+      </c>
+      <c r="O89" s="71" t="s">
+        <v>562</v>
+      </c>
+      <c r="P89" s="71" t="s">
+        <v>1045</v>
+      </c>
+      <c r="Q89" s="71" t="s">
+        <v>563</v>
+      </c>
+      <c r="R89" s="71" t="s">
+        <v>564</v>
+      </c>
+      <c r="S89" s="71" t="s">
+        <v>565</v>
+      </c>
+      <c r="T89" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U89" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V89" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W89" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X89" s="71" t="s">
+        <v>1046</v>
+      </c>
+      <c r="Y89" s="71" t="s">
+        <v>1047</v>
+      </c>
+      <c r="Z89" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA89" s="71" t="s">
+        <v>1048</v>
+      </c>
+      <c r="AB89" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC89" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD89" s="71" t="s">
+        <v>493</v>
+      </c>
+      <c r="AE89" s="55"/>
+    </row>
+    <row r="90" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="70" t="s">
+        <v>445</v>
+      </c>
+      <c r="B90" s="23"/>
+      <c r="C90" s="23">
+        <v>1</v>
+      </c>
+      <c r="D90" s="9"/>
+      <c r="E90" s="9"/>
+      <c r="F90" s="9"/>
+      <c r="G90" s="47"/>
+      <c r="H90" s="71"/>
+      <c r="I90" s="71" t="s">
+        <v>1049</v>
+      </c>
+      <c r="J90" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K90" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L90" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M90" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N90" s="71" t="s">
+        <v>1050</v>
+      </c>
+      <c r="O90" s="71" t="s">
+        <v>562</v>
+      </c>
+      <c r="P90" s="71" t="s">
+        <v>1051</v>
+      </c>
+      <c r="Q90" s="71" t="s">
+        <v>563</v>
+      </c>
+      <c r="R90" s="71" t="s">
+        <v>564</v>
+      </c>
+      <c r="S90" s="71" t="s">
+        <v>565</v>
+      </c>
+      <c r="T90" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U90" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V90" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W90" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X90" s="71" t="s">
+        <v>1046</v>
+      </c>
+      <c r="Y90" s="71" t="s">
+        <v>1052</v>
+      </c>
+      <c r="Z90" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA90" s="71">
+        <v>0</v>
+      </c>
+      <c r="AB90" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC90" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD90" s="71" t="s">
+        <v>493</v>
+      </c>
+      <c r="AE90" s="55"/>
+    </row>
+    <row r="91" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="70" t="s">
+        <v>418</v>
+      </c>
+      <c r="B91" s="23"/>
+      <c r="C91" s="23">
+        <v>1</v>
+      </c>
+      <c r="D91" s="9"/>
+      <c r="E91" s="9"/>
+      <c r="F91" s="9"/>
+      <c r="G91" s="47"/>
+      <c r="H91" s="71"/>
+      <c r="I91" s="71" t="s">
+        <v>1053</v>
+      </c>
+      <c r="J91" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K91" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L91" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M91" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N91" s="71" t="s">
+        <v>1054</v>
+      </c>
+      <c r="O91" s="71" t="s">
+        <v>562</v>
+      </c>
+      <c r="P91" s="71" t="s">
+        <v>1055</v>
+      </c>
+      <c r="Q91" s="71" t="s">
+        <v>563</v>
+      </c>
+      <c r="R91" s="71" t="s">
+        <v>564</v>
+      </c>
+      <c r="S91" s="71" t="s">
+        <v>565</v>
+      </c>
+      <c r="T91" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U91" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V91" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W91" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X91" s="71" t="s">
+        <v>1046</v>
+      </c>
+      <c r="Y91" s="71" t="s">
+        <v>1056</v>
+      </c>
+      <c r="Z91" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA91" s="71">
+        <v>0</v>
+      </c>
+      <c r="AB91" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC91" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD91" s="71" t="s">
+        <v>493</v>
+      </c>
+      <c r="AE91" s="55"/>
+    </row>
+    <row r="92" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="70" t="s">
+        <v>419</v>
+      </c>
+      <c r="B92" s="23"/>
+      <c r="C92" s="23">
+        <v>1</v>
+      </c>
+      <c r="D92" s="9"/>
+      <c r="E92" s="9"/>
+      <c r="F92" s="9"/>
+      <c r="G92" s="47"/>
+      <c r="H92" s="71"/>
+      <c r="I92" s="71" t="s">
+        <v>1057</v>
+      </c>
+      <c r="J92" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K92" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L92" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M92" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N92" s="71" t="s">
+        <v>1058</v>
+      </c>
+      <c r="O92" s="71" t="s">
+        <v>562</v>
+      </c>
+      <c r="P92" s="71" t="s">
+        <v>1059</v>
+      </c>
+      <c r="Q92" s="71" t="s">
+        <v>563</v>
+      </c>
+      <c r="R92" s="71" t="s">
+        <v>564</v>
+      </c>
+      <c r="S92" s="71" t="s">
+        <v>565</v>
+      </c>
+      <c r="T92" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U92" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V92" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W92" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X92" s="71" t="s">
+        <v>1046</v>
+      </c>
+      <c r="Y92" s="71" t="s">
+        <v>1060</v>
+      </c>
+      <c r="Z92" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA92" s="71">
+        <v>0</v>
+      </c>
+      <c r="AB92" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC92" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD92" s="71" t="s">
+        <v>493</v>
+      </c>
+      <c r="AE92" s="55"/>
+    </row>
+    <row r="93" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A93" s="70" t="s">
+        <v>420</v>
+      </c>
+      <c r="B93" s="23"/>
+      <c r="C93" s="23">
+        <v>1</v>
+      </c>
+      <c r="D93" s="9"/>
+      <c r="E93" s="9"/>
+      <c r="F93" s="9"/>
+      <c r="G93" s="47"/>
+      <c r="H93" s="71"/>
+      <c r="I93" s="71" t="s">
+        <v>1061</v>
+      </c>
+      <c r="J93" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K93" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L93" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M93" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N93" s="71" t="s">
+        <v>1062</v>
+      </c>
+      <c r="O93" s="71" t="s">
+        <v>562</v>
+      </c>
+      <c r="P93" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q93" s="71" t="s">
+        <v>563</v>
+      </c>
+      <c r="R93" s="71" t="s">
+        <v>564</v>
+      </c>
+      <c r="S93" s="71" t="s">
+        <v>565</v>
+      </c>
+      <c r="T93" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U93" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V93" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W93" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X93" s="71" t="s">
+        <v>1042</v>
+      </c>
+      <c r="Y93" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z93" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA93" s="71">
+        <v>0</v>
+      </c>
+      <c r="AB93" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC93" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD93" s="71" t="s">
+        <v>493</v>
+      </c>
+      <c r="AE93" s="55"/>
+    </row>
+    <row r="94" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="70" t="s">
+        <v>421</v>
+      </c>
+      <c r="B94" s="23"/>
+      <c r="C94" s="23">
+        <v>1</v>
+      </c>
+      <c r="D94" s="9"/>
+      <c r="E94" s="9"/>
+      <c r="F94" s="9"/>
+      <c r="G94" s="47"/>
+      <c r="H94" s="71"/>
+      <c r="I94" s="71" t="s">
+        <v>1063</v>
+      </c>
+      <c r="J94" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K94" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L94" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M94" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N94" s="71" t="s">
+        <v>1064</v>
+      </c>
+      <c r="O94" s="71" t="s">
+        <v>562</v>
+      </c>
+      <c r="P94" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q94" s="71" t="s">
+        <v>563</v>
+      </c>
+      <c r="R94" s="71" t="s">
+        <v>564</v>
+      </c>
+      <c r="S94" s="71" t="s">
+        <v>565</v>
+      </c>
+      <c r="T94" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U94" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V94" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W94" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X94" s="71" t="s">
+        <v>1042</v>
+      </c>
+      <c r="Y94" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z94" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA94" s="71">
+        <v>0</v>
+      </c>
+      <c r="AB94" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC94" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD94" s="71" t="s">
+        <v>493</v>
+      </c>
+      <c r="AE94" s="55"/>
+    </row>
+    <row r="95" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A95" s="70" t="s">
+        <v>422</v>
+      </c>
+      <c r="B95" s="23"/>
+      <c r="C95" s="23">
+        <v>1</v>
+      </c>
+      <c r="D95" s="9"/>
+      <c r="E95" s="9"/>
+      <c r="F95" s="9"/>
+      <c r="G95" s="47"/>
+      <c r="H95" s="71"/>
+      <c r="I95" s="71" t="s">
+        <v>1065</v>
+      </c>
+      <c r="J95" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K95" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L95" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M95" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N95" s="71" t="s">
+        <v>1066</v>
+      </c>
+      <c r="O95" s="71" t="s">
+        <v>562</v>
+      </c>
+      <c r="P95" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q95" s="71" t="s">
+        <v>563</v>
+      </c>
+      <c r="R95" s="71" t="s">
+        <v>564</v>
+      </c>
+      <c r="S95" s="71" t="s">
+        <v>565</v>
+      </c>
+      <c r="T95" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U95" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V95" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W95" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X95" s="71" t="s">
+        <v>1042</v>
+      </c>
+      <c r="Y95" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z95" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA95" s="71">
+        <v>0</v>
+      </c>
+      <c r="AB95" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC95" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD95" s="71" t="s">
+        <v>493</v>
+      </c>
+      <c r="AE95" s="55"/>
+    </row>
+    <row r="96" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="27" t="s">
+        <v>102</v>
+      </c>
+      <c r="B96" s="19">
+        <v>1</v>
+      </c>
+      <c r="C96" s="19"/>
+      <c r="D96" s="9"/>
+      <c r="E96" s="9"/>
+      <c r="F96" s="9"/>
+      <c r="G96" s="46"/>
+      <c r="H96" s="71"/>
+      <c r="I96" s="71" t="s">
+        <v>1067</v>
+      </c>
+      <c r="J96" s="71" t="s">
+        <v>1068</v>
+      </c>
+      <c r="K96" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L96" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M96" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N96" s="71" t="s">
+        <v>1069</v>
+      </c>
+      <c r="O96" s="71" t="s">
+        <v>725</v>
+      </c>
+      <c r="P96" s="71" t="s">
+        <v>1070</v>
+      </c>
+      <c r="Q96" s="71" t="s">
+        <v>1071</v>
+      </c>
+      <c r="R96" s="71" t="s">
+        <v>1072</v>
+      </c>
+      <c r="S96" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T96" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U96" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V96" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W96" s="71" t="s">
+        <v>511</v>
+      </c>
+      <c r="X96" s="71" t="s">
+        <v>588</v>
+      </c>
+      <c r="Y96" s="71" t="s">
+        <v>1073</v>
+      </c>
+      <c r="Z96" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA96" s="71">
+        <v>0</v>
+      </c>
+      <c r="AB96" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC96" s="71" t="s">
+        <v>588</v>
+      </c>
+      <c r="AD96" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="97" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="27" t="s">
+        <v>72</v>
+      </c>
+      <c r="B97" s="19">
+        <v>1</v>
+      </c>
+      <c r="C97" s="19"/>
+      <c r="D97" s="9"/>
+      <c r="E97" s="9"/>
+      <c r="F97" s="9"/>
+      <c r="G97" s="46"/>
+      <c r="H97" s="71"/>
+      <c r="I97" s="71" t="s">
+        <v>1074</v>
+      </c>
+      <c r="J97" s="71" t="s">
+        <v>1075</v>
+      </c>
+      <c r="K97" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L97" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M97" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N97" s="71" t="s">
+        <v>1076</v>
+      </c>
+      <c r="O97" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P97" s="71" t="s">
+        <v>1077</v>
+      </c>
+      <c r="Q97" s="71" t="s">
+        <v>1078</v>
+      </c>
+      <c r="R97" s="71" t="s">
+        <v>1079</v>
+      </c>
+      <c r="S97" s="71" t="s">
+        <v>584</v>
+      </c>
+      <c r="T97" s="71" t="s">
+        <v>1080</v>
+      </c>
+      <c r="U97" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V97" s="71" t="s">
+        <v>307</v>
+      </c>
+      <c r="W97" s="71" t="s">
+        <v>511</v>
+      </c>
+      <c r="X97" s="71" t="s">
+        <v>1081</v>
+      </c>
+      <c r="Y97" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z97" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA97" s="71">
+        <v>0</v>
+      </c>
+      <c r="AB97" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC97" s="71" t="s">
+        <v>1081</v>
+      </c>
+      <c r="AD97" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="98" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="29" t="s">
+        <v>244</v>
+      </c>
+      <c r="B98" s="23"/>
+      <c r="C98" s="23"/>
+      <c r="D98" s="9">
+        <v>1</v>
+      </c>
+      <c r="E98" s="9"/>
+      <c r="F98" s="9"/>
+      <c r="G98" s="47"/>
+      <c r="H98" s="71"/>
+      <c r="I98" s="71" t="s">
+        <v>1082</v>
+      </c>
+      <c r="J98" s="71" t="s">
+        <v>1083</v>
+      </c>
+      <c r="K98" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L98" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M98" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N98" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O98" s="71" t="s">
+        <v>1084</v>
+      </c>
+      <c r="P98" s="71" t="s">
+        <v>1085</v>
+      </c>
+      <c r="Q98" s="71" t="s">
+        <v>1086</v>
+      </c>
+      <c r="R98" s="71" t="s">
+        <v>1087</v>
+      </c>
+      <c r="S98" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T98" s="71" t="s">
+        <v>1088</v>
+      </c>
+      <c r="U98" s="71" t="s">
+        <v>1089</v>
+      </c>
+      <c r="V98" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W98" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X98" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y98" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z98" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA98" s="71" t="s">
+        <v>1091</v>
+      </c>
+      <c r="AB98" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC98" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD98" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="99" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="29" t="s">
+        <v>151</v>
+      </c>
+      <c r="B99" s="23"/>
+      <c r="C99" s="23"/>
+      <c r="D99" s="9">
+        <v>1</v>
+      </c>
+      <c r="E99" s="9"/>
+      <c r="F99" s="9"/>
+      <c r="G99" s="47"/>
+      <c r="H99" s="71"/>
+      <c r="I99" s="71" t="s">
+        <v>1092</v>
+      </c>
+      <c r="J99" s="71" t="s">
+        <v>1093</v>
+      </c>
+      <c r="K99" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L99" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M99" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N99" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O99" s="71" t="s">
+        <v>1084</v>
+      </c>
+      <c r="P99" s="71" t="s">
+        <v>1094</v>
+      </c>
+      <c r="Q99" s="71" t="s">
+        <v>1095</v>
+      </c>
+      <c r="R99" s="71" t="s">
+        <v>1096</v>
+      </c>
+      <c r="S99" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T99" s="71" t="s">
+        <v>1097</v>
+      </c>
+      <c r="U99" s="71" t="s">
+        <v>1089</v>
+      </c>
+      <c r="V99" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W99" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X99" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y99" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z99" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA99" s="71" t="s">
+        <v>1098</v>
+      </c>
+      <c r="AB99" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC99" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD99" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="100" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="27" t="s">
+        <v>48</v>
+      </c>
+      <c r="B100" s="19">
+        <v>1</v>
+      </c>
+      <c r="C100" s="19"/>
+      <c r="D100" s="9">
+        <v>1</v>
+      </c>
+      <c r="E100" s="9"/>
+      <c r="F100" s="9"/>
+      <c r="G100" s="46"/>
+      <c r="H100" s="71"/>
+      <c r="I100" s="71" t="s">
+        <v>1099</v>
+      </c>
+      <c r="J100" s="71" t="s">
+        <v>1100</v>
+      </c>
+      <c r="K100" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L100" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M100" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N100" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O100" s="71" t="s">
+        <v>1084</v>
+      </c>
+      <c r="P100" s="71" t="s">
+        <v>1101</v>
+      </c>
+      <c r="Q100" s="71" t="s">
+        <v>1102</v>
+      </c>
+      <c r="R100" s="71" t="s">
+        <v>1103</v>
+      </c>
+      <c r="S100" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T100" s="71" t="s">
+        <v>1104</v>
+      </c>
+      <c r="U100" s="71" t="s">
+        <v>1089</v>
+      </c>
+      <c r="V100" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W100" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X100" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y100" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z100" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA100" s="71" t="s">
+        <v>1105</v>
+      </c>
+      <c r="AB100" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC100" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD100" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="101" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A101" s="27" t="s">
+        <v>49</v>
+      </c>
+      <c r="B101" s="19">
+        <v>1</v>
+      </c>
+      <c r="C101" s="19"/>
+      <c r="D101" s="9">
+        <v>1</v>
+      </c>
+      <c r="E101" s="9"/>
+      <c r="F101" s="9"/>
+      <c r="G101" s="46"/>
+      <c r="H101" s="71"/>
+      <c r="I101" s="71" t="s">
+        <v>1106</v>
+      </c>
+      <c r="J101" s="71" t="s">
+        <v>1107</v>
+      </c>
+      <c r="K101" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L101" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M101" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N101" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O101" s="71" t="s">
+        <v>1084</v>
+      </c>
+      <c r="P101" s="71" t="s">
+        <v>1108</v>
+      </c>
+      <c r="Q101" s="71" t="s">
+        <v>1109</v>
+      </c>
+      <c r="R101" s="71" t="s">
+        <v>1110</v>
+      </c>
+      <c r="S101" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T101" s="71" t="s">
+        <v>1111</v>
+      </c>
+      <c r="U101" s="71" t="s">
+        <v>1112</v>
+      </c>
+      <c r="V101" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W101" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X101" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y101" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z101" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA101" s="71" t="s">
+        <v>1113</v>
+      </c>
+      <c r="AB101" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC101" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD101" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="102" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="29" t="s">
+        <v>175</v>
+      </c>
+      <c r="B102" s="23"/>
+      <c r="C102" s="23"/>
+      <c r="D102" s="9">
+        <v>1</v>
+      </c>
+      <c r="E102" s="9"/>
+      <c r="F102" s="9"/>
+      <c r="G102" s="47"/>
+      <c r="H102" s="71"/>
+      <c r="I102" s="71" t="s">
+        <v>1114</v>
+      </c>
+      <c r="J102" s="71" t="s">
+        <v>1115</v>
+      </c>
+      <c r="K102" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L102" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M102" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N102" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O102" s="71" t="s">
+        <v>1084</v>
+      </c>
+      <c r="P102" s="71" t="s">
+        <v>1116</v>
+      </c>
+      <c r="Q102" s="71" t="s">
+        <v>1117</v>
+      </c>
+      <c r="R102" s="71" t="s">
+        <v>1118</v>
+      </c>
+      <c r="S102" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T102" s="71" t="s">
+        <v>1119</v>
+      </c>
+      <c r="U102" s="71" t="s">
+        <v>1112</v>
+      </c>
+      <c r="V102" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W102" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X102" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y102" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z102" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA102" s="71" t="s">
+        <v>1120</v>
+      </c>
+      <c r="AB102" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC102" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD102" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="103" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A103" s="27" t="s">
+        <v>50</v>
+      </c>
+      <c r="B103" s="19">
+        <v>1</v>
+      </c>
+      <c r="C103" s="19"/>
+      <c r="D103" s="9">
+        <v>1</v>
+      </c>
+      <c r="E103" s="9"/>
+      <c r="F103" s="9"/>
+      <c r="G103" s="46"/>
+      <c r="H103" s="71"/>
+      <c r="I103" s="71" t="s">
+        <v>1121</v>
+      </c>
+      <c r="J103" s="71" t="s">
+        <v>1122</v>
+      </c>
+      <c r="K103" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L103" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M103" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N103" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O103" s="71" t="s">
+        <v>1084</v>
+      </c>
+      <c r="P103" s="71" t="s">
+        <v>1123</v>
+      </c>
+      <c r="Q103" s="71" t="s">
+        <v>1124</v>
+      </c>
+      <c r="R103" s="71" t="s">
+        <v>1125</v>
+      </c>
+      <c r="S103" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T103" s="71" t="s">
+        <v>1126</v>
+      </c>
+      <c r="U103" s="71" t="s">
+        <v>1112</v>
+      </c>
+      <c r="V103" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W103" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X103" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y103" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z103" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA103" s="71" t="s">
+        <v>1127</v>
+      </c>
+      <c r="AB103" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC103" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD103" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="104" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="29" t="s">
+        <v>223</v>
+      </c>
+      <c r="B104" s="23"/>
+      <c r="C104" s="23"/>
+      <c r="D104" s="9">
+        <v>1</v>
+      </c>
+      <c r="E104" s="9"/>
+      <c r="F104" s="9"/>
+      <c r="G104" s="47"/>
+      <c r="H104" s="71"/>
+      <c r="I104" s="71" t="s">
+        <v>1128</v>
+      </c>
+      <c r="J104" s="71" t="s">
+        <v>1129</v>
+      </c>
+      <c r="K104" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L104" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M104" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N104" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O104" s="71" t="s">
+        <v>1084</v>
+      </c>
+      <c r="P104" s="71" t="s">
+        <v>1130</v>
+      </c>
+      <c r="Q104" s="71" t="s">
+        <v>1131</v>
+      </c>
+      <c r="R104" s="71" t="s">
+        <v>1132</v>
+      </c>
+      <c r="S104" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T104" s="71" t="s">
+        <v>1133</v>
+      </c>
+      <c r="U104" s="71" t="s">
+        <v>1134</v>
+      </c>
+      <c r="V104" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W104" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X104" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y104" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z104" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA104" s="71" t="s">
+        <v>1135</v>
+      </c>
+      <c r="AB104" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC104" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD104" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="105" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="29" t="s">
+        <v>253</v>
+      </c>
+      <c r="B105" s="23"/>
+      <c r="C105" s="23"/>
+      <c r="D105" s="9">
+        <v>1</v>
+      </c>
+      <c r="E105" s="9"/>
+      <c r="F105" s="9"/>
+      <c r="G105" s="47"/>
+      <c r="H105" s="71"/>
+      <c r="I105" s="71" t="s">
+        <v>1136</v>
+      </c>
+      <c r="J105" s="71" t="s">
+        <v>1137</v>
+      </c>
+      <c r="K105" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L105" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M105" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N105" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O105" s="71" t="s">
+        <v>1084</v>
+      </c>
+      <c r="P105" s="71" t="s">
+        <v>1138</v>
+      </c>
+      <c r="Q105" s="71" t="s">
+        <v>1139</v>
+      </c>
+      <c r="R105" s="71" t="s">
+        <v>1140</v>
+      </c>
+      <c r="S105" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T105" s="71" t="s">
+        <v>1141</v>
+      </c>
+      <c r="U105" s="71" t="s">
+        <v>1134</v>
+      </c>
+      <c r="V105" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W105" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X105" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y105" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z105" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA105" s="71" t="s">
+        <v>1142</v>
+      </c>
+      <c r="AB105" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC105" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD105" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="106" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="29" t="s">
+        <v>246</v>
+      </c>
+      <c r="B106" s="23"/>
+      <c r="C106" s="23"/>
+      <c r="D106" s="9">
+        <v>1</v>
+      </c>
+      <c r="E106" s="9"/>
+      <c r="F106" s="9"/>
+      <c r="G106" s="47"/>
+      <c r="H106" s="71"/>
+      <c r="I106" s="71" t="s">
+        <v>1143</v>
+      </c>
+      <c r="J106" s="71" t="s">
+        <v>1144</v>
+      </c>
+      <c r="K106" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L106" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M106" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N106" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O106" s="71" t="s">
+        <v>1084</v>
+      </c>
+      <c r="P106" s="71" t="s">
+        <v>1145</v>
+      </c>
+      <c r="Q106" s="71" t="s">
+        <v>1146</v>
+      </c>
+      <c r="R106" s="71" t="s">
+        <v>1147</v>
+      </c>
+      <c r="S106" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T106" s="71" t="s">
+        <v>1148</v>
+      </c>
+      <c r="U106" s="71" t="s">
+        <v>1134</v>
+      </c>
+      <c r="V106" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W106" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X106" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y106" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z106" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA106" s="71" t="s">
+        <v>1149</v>
+      </c>
+      <c r="AB106" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC106" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD106" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="107" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="29" t="s">
+        <v>153</v>
+      </c>
+      <c r="B107" s="23"/>
+      <c r="C107" s="23"/>
+      <c r="D107" s="9">
+        <v>1</v>
+      </c>
+      <c r="E107" s="9"/>
+      <c r="F107" s="9"/>
+      <c r="G107" s="47"/>
+      <c r="H107" s="71"/>
+      <c r="I107" s="71" t="s">
+        <v>1150</v>
+      </c>
+      <c r="J107" s="71" t="s">
+        <v>1151</v>
+      </c>
+      <c r="K107" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L107" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M107" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N107" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O107" s="71" t="s">
+        <v>1084</v>
+      </c>
+      <c r="P107" s="71" t="s">
+        <v>1152</v>
+      </c>
+      <c r="Q107" s="71" t="s">
+        <v>1153</v>
+      </c>
+      <c r="R107" s="71" t="s">
+        <v>1154</v>
+      </c>
+      <c r="S107" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T107" s="71" t="s">
+        <v>1155</v>
+      </c>
+      <c r="U107" s="71" t="s">
+        <v>1156</v>
+      </c>
+      <c r="V107" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W107" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X107" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y107" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z107" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA107" s="71" t="s">
+        <v>1142</v>
+      </c>
+      <c r="AB107" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC107" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD107" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="108" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="29" t="s">
+        <v>209</v>
+      </c>
+      <c r="B108" s="23"/>
+      <c r="C108" s="23"/>
+      <c r="D108" s="9">
+        <v>1</v>
+      </c>
+      <c r="E108" s="9"/>
+      <c r="F108" s="9"/>
+      <c r="G108" s="47"/>
+      <c r="H108" s="71"/>
+      <c r="I108" s="71" t="s">
+        <v>1157</v>
+      </c>
+      <c r="J108" s="71" t="s">
+        <v>1158</v>
+      </c>
+      <c r="K108" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L108" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M108" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N108" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O108" s="71" t="s">
+        <v>1084</v>
+      </c>
+      <c r="P108" s="71" t="s">
+        <v>1159</v>
+      </c>
+      <c r="Q108" s="71" t="s">
+        <v>1160</v>
+      </c>
+      <c r="R108" s="71" t="s">
+        <v>1161</v>
+      </c>
+      <c r="S108" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T108" s="71" t="s">
+        <v>1162</v>
+      </c>
+      <c r="U108" s="71" t="s">
+        <v>1112</v>
+      </c>
+      <c r="V108" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W108" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X108" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y108" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z108" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA108" s="71" t="s">
+        <v>1163</v>
+      </c>
+      <c r="AB108" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC108" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD108" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="109" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="29" t="s">
+        <v>229</v>
+      </c>
+      <c r="B109" s="23"/>
+      <c r="C109" s="23"/>
+      <c r="D109" s="9">
+        <v>1</v>
+      </c>
+      <c r="E109" s="9"/>
+      <c r="F109" s="9"/>
+      <c r="G109" s="47"/>
+      <c r="H109" s="71"/>
+      <c r="I109" s="71" t="s">
+        <v>1164</v>
+      </c>
+      <c r="J109" s="71" t="s">
+        <v>1165</v>
+      </c>
+      <c r="K109" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L109" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M109" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N109" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O109" s="71" t="s">
+        <v>1084</v>
+      </c>
+      <c r="P109" s="71" t="s">
+        <v>1166</v>
+      </c>
+      <c r="Q109" s="71" t="s">
+        <v>1167</v>
+      </c>
+      <c r="R109" s="71" t="s">
+        <v>1168</v>
+      </c>
+      <c r="S109" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T109" s="71" t="s">
+        <v>1169</v>
+      </c>
+      <c r="U109" s="71" t="s">
+        <v>1089</v>
+      </c>
+      <c r="V109" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W109" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X109" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y109" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z109" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA109" s="71" t="s">
+        <v>1170</v>
+      </c>
+      <c r="AB109" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC109" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD109" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="110" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="29" t="s">
+        <v>145</v>
+      </c>
+      <c r="B110" s="23"/>
+      <c r="C110" s="23"/>
+      <c r="D110" s="9">
+        <v>1</v>
+      </c>
+      <c r="E110" s="9"/>
+      <c r="F110" s="9"/>
+      <c r="G110" s="47"/>
+      <c r="H110" s="71"/>
+      <c r="I110" s="71" t="s">
+        <v>1171</v>
+      </c>
+      <c r="J110" s="71" t="s">
+        <v>1172</v>
+      </c>
+      <c r="K110" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L110" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M110" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N110" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O110" s="71" t="s">
+        <v>1084</v>
+      </c>
+      <c r="P110" s="71" t="s">
+        <v>1152</v>
+      </c>
+      <c r="Q110" s="71" t="s">
+        <v>1173</v>
+      </c>
+      <c r="R110" s="71" t="s">
+        <v>1174</v>
+      </c>
+      <c r="S110" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T110" s="71" t="s">
+        <v>1175</v>
+      </c>
+      <c r="U110" s="71" t="s">
+        <v>1089</v>
+      </c>
+      <c r="V110" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W110" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X110" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y110" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z110" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA110" s="71" t="s">
+        <v>1176</v>
+      </c>
+      <c r="AB110" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC110" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD110" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="111" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A111" s="27" t="s">
+        <v>51</v>
+      </c>
+      <c r="B111" s="19">
+        <v>1</v>
+      </c>
+      <c r="C111" s="19"/>
+      <c r="D111" s="9">
+        <v>1</v>
+      </c>
+      <c r="E111" s="9"/>
+      <c r="F111" s="9"/>
+      <c r="G111" s="46"/>
+      <c r="H111" s="71"/>
+      <c r="I111" s="71" t="s">
+        <v>1177</v>
+      </c>
+      <c r="J111" s="71" t="s">
+        <v>1178</v>
+      </c>
+      <c r="K111" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L111" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M111" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N111" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O111" s="71" t="s">
+        <v>1084</v>
+      </c>
+      <c r="P111" s="71" t="s">
+        <v>1179</v>
+      </c>
+      <c r="Q111" s="71" t="s">
+        <v>1180</v>
+      </c>
+      <c r="R111" s="71" t="s">
+        <v>1181</v>
+      </c>
+      <c r="S111" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T111" s="71" t="s">
+        <v>1182</v>
+      </c>
+      <c r="U111" s="71" t="s">
+        <v>1089</v>
+      </c>
+      <c r="V111" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W111" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X111" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y111" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z111" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA111" s="71" t="s">
+        <v>1183</v>
+      </c>
+      <c r="AB111" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC111" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD111" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="112" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A112" s="29" t="s">
+        <v>158</v>
+      </c>
+      <c r="B112" s="23"/>
+      <c r="C112" s="23"/>
+      <c r="D112" s="9">
+        <v>1</v>
+      </c>
+      <c r="E112" s="9"/>
+      <c r="F112" s="9"/>
+      <c r="G112" s="47"/>
+      <c r="H112" s="71"/>
+      <c r="I112" s="71" t="s">
+        <v>1184</v>
+      </c>
+      <c r="J112" s="71" t="s">
+        <v>1185</v>
+      </c>
+      <c r="K112" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L112" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M112" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N112" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O112" s="71" t="s">
+        <v>1084</v>
+      </c>
+      <c r="P112" s="71" t="s">
+        <v>1186</v>
+      </c>
+      <c r="Q112" s="71" t="s">
+        <v>1187</v>
+      </c>
+      <c r="R112" s="71" t="s">
+        <v>1188</v>
+      </c>
+      <c r="S112" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T112" s="71" t="s">
+        <v>1189</v>
+      </c>
+      <c r="U112" s="71" t="s">
+        <v>1089</v>
+      </c>
+      <c r="V112" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W112" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X112" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y112" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z112" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA112" s="71" t="s">
+        <v>1120</v>
+      </c>
+      <c r="AB112" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC112" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD112" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="113" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A113" s="29" t="s">
+        <v>259</v>
+      </c>
+      <c r="B113" s="23"/>
+      <c r="C113" s="23"/>
+      <c r="D113" s="9">
+        <v>1</v>
+      </c>
+      <c r="E113" s="9"/>
+      <c r="F113" s="9"/>
+      <c r="G113" s="59"/>
+      <c r="H113" s="71"/>
+      <c r="I113" s="71" t="s">
+        <v>1190</v>
+      </c>
+      <c r="J113" s="71" t="s">
+        <v>1191</v>
+      </c>
+      <c r="K113" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L113" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M113" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N113" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O113" s="71" t="s">
+        <v>1084</v>
+      </c>
+      <c r="P113" s="71" t="s">
+        <v>1192</v>
+      </c>
+      <c r="Q113" s="71" t="s">
+        <v>1193</v>
+      </c>
+      <c r="R113" s="71" t="s">
+        <v>1194</v>
+      </c>
+      <c r="S113" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T113" s="71" t="s">
+        <v>1195</v>
+      </c>
+      <c r="U113" s="71" t="s">
+        <v>1112</v>
+      </c>
+      <c r="V113" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W113" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X113" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y113" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z113" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA113" s="71" t="s">
+        <v>1196</v>
+      </c>
+      <c r="AB113" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC113" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD113" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="114" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A114" s="29" t="s">
+        <v>182</v>
+      </c>
+      <c r="B114" s="23"/>
+      <c r="C114" s="23"/>
+      <c r="D114" s="9">
+        <v>1</v>
+      </c>
+      <c r="E114" s="9"/>
+      <c r="F114" s="9"/>
+      <c r="G114" s="59"/>
+      <c r="H114" s="71"/>
+      <c r="I114" s="71" t="s">
+        <v>1197</v>
+      </c>
+      <c r="J114" s="71" t="s">
+        <v>1198</v>
+      </c>
+      <c r="K114" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L114" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M114" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N114" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O114" s="71" t="s">
+        <v>1084</v>
+      </c>
+      <c r="P114" s="71" t="s">
+        <v>1199</v>
+      </c>
+      <c r="Q114" s="71" t="s">
+        <v>1200</v>
+      </c>
+      <c r="R114" s="71" t="s">
+        <v>1201</v>
+      </c>
+      <c r="S114" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T114" s="71" t="s">
+        <v>1202</v>
+      </c>
+      <c r="U114" s="71" t="s">
+        <v>1112</v>
+      </c>
+      <c r="V114" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W114" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X114" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y114" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z114" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA114" s="71" t="s">
+        <v>1163</v>
+      </c>
+      <c r="AB114" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC114" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD114" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="115" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A115" s="29" t="s">
+        <v>200</v>
+      </c>
+      <c r="B115" s="23"/>
+      <c r="C115" s="23"/>
+      <c r="D115" s="9">
+        <v>1</v>
+      </c>
+      <c r="E115" s="9"/>
+      <c r="F115" s="9"/>
+      <c r="G115" s="59"/>
+      <c r="H115" s="71"/>
+      <c r="I115" s="71" t="s">
+        <v>1203</v>
+      </c>
+      <c r="J115" s="71" t="s">
+        <v>1204</v>
+      </c>
+      <c r="K115" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L115" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M115" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N115" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O115" s="71" t="s">
+        <v>1084</v>
+      </c>
+      <c r="P115" s="71" t="s">
+        <v>1205</v>
+      </c>
+      <c r="Q115" s="71" t="s">
+        <v>1206</v>
+      </c>
+      <c r="R115" s="71" t="s">
+        <v>1207</v>
+      </c>
+      <c r="S115" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T115" s="71" t="s">
+        <v>1208</v>
+      </c>
+      <c r="U115" s="71" t="s">
+        <v>1112</v>
+      </c>
+      <c r="V115" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W115" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X115" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y115" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z115" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA115" s="71" t="s">
+        <v>1209</v>
+      </c>
+      <c r="AB115" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC115" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD115" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="116" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="27" t="s">
+        <v>52</v>
+      </c>
+      <c r="B116" s="19">
+        <v>1</v>
+      </c>
+      <c r="C116" s="19"/>
+      <c r="D116" s="9"/>
+      <c r="E116" s="9"/>
+      <c r="F116" s="9"/>
+      <c r="G116" s="65"/>
+      <c r="H116" s="71"/>
+      <c r="I116" s="71" t="s">
+        <v>1210</v>
+      </c>
+      <c r="J116" s="71" t="s">
+        <v>1211</v>
+      </c>
+      <c r="K116" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L116" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M116" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N116" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O116" s="71" t="s">
+        <v>1084</v>
+      </c>
+      <c r="P116" s="71" t="s">
+        <v>1212</v>
+      </c>
+      <c r="Q116" s="71" t="s">
+        <v>1213</v>
+      </c>
+      <c r="R116" s="71" t="s">
+        <v>1214</v>
+      </c>
+      <c r="S116" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T116" s="71" t="s">
+        <v>1215</v>
+      </c>
+      <c r="U116" s="71" t="s">
+        <v>1134</v>
+      </c>
+      <c r="V116" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W116" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X116" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y116" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z116" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA116" s="71" t="s">
+        <v>1170</v>
+      </c>
+      <c r="AB116" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC116" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD116" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="117" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="27" t="s">
+        <v>53</v>
+      </c>
+      <c r="B117" s="19">
+        <v>1</v>
+      </c>
+      <c r="C117" s="19"/>
+      <c r="D117" s="9">
+        <v>1</v>
+      </c>
+      <c r="E117" s="9"/>
+      <c r="F117" s="9"/>
+      <c r="G117" s="65"/>
+      <c r="H117" s="71"/>
+      <c r="I117" s="71" t="s">
+        <v>1216</v>
+      </c>
+      <c r="J117" s="71" t="s">
+        <v>1217</v>
+      </c>
+      <c r="K117" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L117" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M117" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N117" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O117" s="71" t="s">
+        <v>1084</v>
+      </c>
+      <c r="P117" s="71" t="s">
+        <v>1218</v>
+      </c>
+      <c r="Q117" s="71" t="s">
+        <v>1219</v>
+      </c>
+      <c r="R117" s="71" t="s">
+        <v>1220</v>
+      </c>
+      <c r="S117" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T117" s="71" t="s">
+        <v>1221</v>
+      </c>
+      <c r="U117" s="71" t="s">
+        <v>1156</v>
+      </c>
+      <c r="V117" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W117" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X117" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y117" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z117" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA117" s="71" t="s">
+        <v>1222</v>
+      </c>
+      <c r="AB117" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC117" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD117" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="118" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A118" s="29" t="s">
+        <v>239</v>
+      </c>
+      <c r="B118" s="23"/>
+      <c r="C118" s="23"/>
+      <c r="D118" s="9">
+        <v>1</v>
+      </c>
+      <c r="E118" s="9"/>
+      <c r="F118" s="9"/>
+      <c r="G118" s="59"/>
+      <c r="H118" s="71"/>
+      <c r="I118" s="71" t="s">
+        <v>1223</v>
+      </c>
+      <c r="J118" s="71" t="s">
+        <v>1224</v>
+      </c>
+      <c r="K118" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L118" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M118" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N118" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O118" s="71" t="s">
+        <v>1084</v>
+      </c>
+      <c r="P118" s="71" t="s">
+        <v>1225</v>
+      </c>
+      <c r="Q118" s="71" t="s">
+        <v>1226</v>
+      </c>
+      <c r="R118" s="71" t="s">
+        <v>1227</v>
+      </c>
+      <c r="S118" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T118" s="71" t="s">
+        <v>1228</v>
+      </c>
+      <c r="U118" s="71" t="s">
+        <v>1156</v>
+      </c>
+      <c r="V118" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W118" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X118" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y118" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z118" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA118" s="71" t="s">
+        <v>1229</v>
+      </c>
+      <c r="AB118" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC118" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD118" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="119" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A119" s="29" t="s">
+        <v>166</v>
+      </c>
+      <c r="B119" s="23"/>
+      <c r="C119" s="23"/>
+      <c r="D119" s="9">
+        <v>1</v>
+      </c>
+      <c r="E119" s="9"/>
+      <c r="F119" s="9"/>
+      <c r="G119" s="59"/>
+      <c r="H119" s="71"/>
+      <c r="I119" s="71" t="s">
+        <v>1230</v>
+      </c>
+      <c r="J119" s="71" t="s">
+        <v>1231</v>
+      </c>
+      <c r="K119" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L119" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M119" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N119" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O119" s="71" t="s">
+        <v>1084</v>
+      </c>
+      <c r="P119" s="71" t="s">
+        <v>1232</v>
+      </c>
+      <c r="Q119" s="71" t="s">
+        <v>1233</v>
+      </c>
+      <c r="R119" s="71" t="s">
+        <v>1234</v>
+      </c>
+      <c r="S119" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T119" s="71" t="s">
+        <v>1235</v>
+      </c>
+      <c r="U119" s="71" t="s">
+        <v>1236</v>
+      </c>
+      <c r="V119" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W119" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X119" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y119" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z119" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA119" s="71" t="s">
+        <v>1237</v>
+      </c>
+      <c r="AB119" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC119" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD119" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="120" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A120" s="27" t="s">
+        <v>60</v>
+      </c>
+      <c r="B120" s="19">
+        <v>1</v>
+      </c>
+      <c r="C120" s="19"/>
+      <c r="D120" s="9">
+        <v>1</v>
+      </c>
+      <c r="E120" s="9"/>
+      <c r="F120" s="9"/>
+      <c r="G120" s="65"/>
+      <c r="H120" s="71"/>
+      <c r="I120" s="71" t="s">
+        <v>1238</v>
+      </c>
+      <c r="J120" s="71" t="s">
+        <v>1239</v>
+      </c>
+      <c r="K120" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L120" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M120" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N120" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O120" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P120" s="71" t="s">
+        <v>1240</v>
+      </c>
+      <c r="Q120" s="71" t="s">
+        <v>1241</v>
+      </c>
+      <c r="R120" s="71" t="s">
+        <v>1242</v>
+      </c>
+      <c r="S120" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T120" s="71" t="s">
+        <v>1243</v>
+      </c>
+      <c r="U120" s="71" t="s">
+        <v>1244</v>
+      </c>
+      <c r="V120" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W120" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X120" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y120" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z120" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA120" s="71" t="s">
+        <v>1245</v>
+      </c>
+      <c r="AB120" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC120" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD120" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="121" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A121" s="29" t="s">
+        <v>255</v>
+      </c>
+      <c r="B121" s="23"/>
+      <c r="C121" s="23"/>
+      <c r="D121" s="9">
+        <v>1</v>
+      </c>
+      <c r="E121" s="9"/>
+      <c r="F121" s="9"/>
+      <c r="G121" s="59"/>
+      <c r="H121" s="71"/>
+      <c r="I121" s="71" t="s">
+        <v>1246</v>
+      </c>
+      <c r="J121" s="71" t="s">
+        <v>1247</v>
+      </c>
+      <c r="K121" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L121" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M121" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N121" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O121" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P121" s="71" t="s">
+        <v>1248</v>
+      </c>
+      <c r="Q121" s="71" t="s">
+        <v>1249</v>
+      </c>
+      <c r="R121" s="71" t="s">
+        <v>1250</v>
+      </c>
+      <c r="S121" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T121" s="71" t="s">
+        <v>1251</v>
+      </c>
+      <c r="U121" s="71" t="s">
+        <v>1252</v>
+      </c>
+      <c r="V121" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W121" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X121" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y121" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z121" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA121" s="71" t="s">
+        <v>1170</v>
+      </c>
+      <c r="AB121" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC121" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD121" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="122" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A122" s="27" t="s">
+        <v>61</v>
+      </c>
+      <c r="B122" s="19">
+        <v>1</v>
+      </c>
+      <c r="C122" s="19"/>
+      <c r="D122" s="9">
+        <v>1</v>
+      </c>
+      <c r="E122" s="9"/>
+      <c r="F122" s="9"/>
+      <c r="G122" s="65"/>
+      <c r="H122" s="71"/>
+      <c r="I122" s="71" t="s">
+        <v>1253</v>
+      </c>
+      <c r="J122" s="71" t="s">
+        <v>1254</v>
+      </c>
+      <c r="K122" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L122" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M122" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N122" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O122" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P122" s="71" t="s">
+        <v>1255</v>
+      </c>
+      <c r="Q122" s="71" t="s">
+        <v>1256</v>
+      </c>
+      <c r="R122" s="71" t="s">
+        <v>1257</v>
+      </c>
+      <c r="S122" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T122" s="71" t="s">
+        <v>1258</v>
+      </c>
+      <c r="U122" s="71" t="s">
+        <v>1259</v>
+      </c>
+      <c r="V122" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W122" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X122" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y122" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z122" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA122" s="71" t="s">
+        <v>1260</v>
+      </c>
+      <c r="AB122" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC122" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD122" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="123" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A123" s="27" t="s">
+        <v>62</v>
+      </c>
+      <c r="B123" s="19">
+        <v>1</v>
+      </c>
+      <c r="C123" s="19"/>
+      <c r="D123" s="9">
+        <v>1</v>
+      </c>
+      <c r="E123" s="9"/>
+      <c r="F123" s="9"/>
+      <c r="G123" s="65"/>
+      <c r="H123" s="71"/>
+      <c r="I123" s="71" t="s">
+        <v>1261</v>
+      </c>
+      <c r="J123" s="71" t="s">
+        <v>1262</v>
+      </c>
+      <c r="K123" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L123" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M123" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N123" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O123" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P123" s="71" t="s">
+        <v>1263</v>
+      </c>
+      <c r="Q123" s="71" t="s">
+        <v>1264</v>
+      </c>
+      <c r="R123" s="71" t="s">
+        <v>1265</v>
+      </c>
+      <c r="S123" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T123" s="71" t="s">
+        <v>1266</v>
+      </c>
+      <c r="U123" s="71" t="s">
+        <v>1267</v>
+      </c>
+      <c r="V123" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W123" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X123" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y123" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z123" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA123" s="71" t="s">
+        <v>1268</v>
+      </c>
+      <c r="AB123" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC123" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD123" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="124" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A124" s="29" t="s">
+        <v>148</v>
+      </c>
+      <c r="B124" s="23"/>
+      <c r="C124" s="23"/>
+      <c r="D124" s="9">
+        <v>1</v>
+      </c>
+      <c r="E124" s="9"/>
+      <c r="F124" s="9"/>
+      <c r="G124" s="59"/>
+      <c r="H124" s="71"/>
+      <c r="I124" s="71" t="s">
+        <v>1269</v>
+      </c>
+      <c r="J124" s="71" t="s">
+        <v>1270</v>
+      </c>
+      <c r="K124" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L124" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M124" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N124" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O124" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P124" s="71" t="s">
+        <v>1263</v>
+      </c>
+      <c r="Q124" s="71" t="s">
+        <v>1271</v>
+      </c>
+      <c r="R124" s="71" t="s">
+        <v>1272</v>
+      </c>
+      <c r="S124" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T124" s="71" t="s">
+        <v>1273</v>
+      </c>
+      <c r="U124" s="71" t="s">
+        <v>1267</v>
+      </c>
+      <c r="V124" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W124" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X124" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y124" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z124" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA124" s="71" t="s">
+        <v>1268</v>
+      </c>
+      <c r="AB124" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC124" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD124" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="125" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A125" s="29" t="s">
+        <v>155</v>
+      </c>
+      <c r="B125" s="23"/>
+      <c r="C125" s="23"/>
+      <c r="D125" s="9">
+        <v>1</v>
+      </c>
+      <c r="E125" s="9"/>
+      <c r="F125" s="9"/>
+      <c r="G125" s="59"/>
+      <c r="H125" s="71"/>
+      <c r="I125" s="71" t="s">
+        <v>1274</v>
+      </c>
+      <c r="J125" s="71" t="s">
+        <v>1275</v>
+      </c>
+      <c r="K125" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L125" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M125" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N125" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O125" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P125" s="71" t="s">
+        <v>1276</v>
+      </c>
+      <c r="Q125" s="71" t="s">
+        <v>1277</v>
+      </c>
+      <c r="R125" s="71" t="s">
+        <v>1278</v>
+      </c>
+      <c r="S125" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T125" s="71" t="s">
+        <v>1279</v>
+      </c>
+      <c r="U125" s="71" t="s">
+        <v>1267</v>
+      </c>
+      <c r="V125" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W125" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X125" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y125" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z125" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA125" s="71" t="s">
+        <v>1268</v>
+      </c>
+      <c r="AB125" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC125" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD125" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="126" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A126" s="27" t="s">
+        <v>63</v>
+      </c>
+      <c r="B126" s="19">
+        <v>1</v>
+      </c>
+      <c r="C126" s="19"/>
+      <c r="D126" s="9">
+        <v>1</v>
+      </c>
+      <c r="E126" s="9"/>
+      <c r="F126" s="9"/>
+      <c r="G126" s="65"/>
+      <c r="H126" s="71"/>
+      <c r="I126" s="71" t="s">
+        <v>1280</v>
+      </c>
+      <c r="J126" s="71" t="s">
+        <v>1281</v>
+      </c>
+      <c r="K126" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L126" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M126" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N126" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O126" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P126" s="71" t="s">
+        <v>1282</v>
+      </c>
+      <c r="Q126" s="71" t="s">
+        <v>1283</v>
+      </c>
+      <c r="R126" s="71" t="s">
+        <v>1284</v>
+      </c>
+      <c r="S126" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T126" s="71" t="s">
+        <v>1285</v>
+      </c>
+      <c r="U126" s="71" t="s">
+        <v>1267</v>
+      </c>
+      <c r="V126" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W126" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X126" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y126" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z126" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA126" s="71" t="s">
+        <v>1286</v>
+      </c>
+      <c r="AB126" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC126" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD126" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="127" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="29" t="s">
+        <v>196</v>
+      </c>
+      <c r="B127" s="23"/>
+      <c r="C127" s="23"/>
+      <c r="D127" s="9">
+        <v>1</v>
+      </c>
+      <c r="E127" s="9"/>
+      <c r="F127" s="9"/>
+      <c r="G127" s="59"/>
+      <c r="H127" s="71"/>
+      <c r="I127" s="71" t="s">
+        <v>1287</v>
+      </c>
+      <c r="J127" s="71" t="s">
+        <v>1288</v>
+      </c>
+      <c r="K127" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L127" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M127" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N127" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O127" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P127" s="71" t="s">
+        <v>1289</v>
+      </c>
+      <c r="Q127" s="71" t="s">
+        <v>1290</v>
+      </c>
+      <c r="R127" s="71" t="s">
+        <v>1291</v>
+      </c>
+      <c r="S127" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T127" s="71" t="s">
+        <v>1292</v>
+      </c>
+      <c r="U127" s="71" t="s">
+        <v>1259</v>
+      </c>
+      <c r="V127" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W127" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X127" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y127" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z127" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA127" s="71" t="s">
+        <v>1293</v>
+      </c>
+      <c r="AB127" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC127" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD127" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="128" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A128" s="27" t="s">
+        <v>64</v>
+      </c>
+      <c r="B128" s="19">
+        <v>1</v>
+      </c>
+      <c r="C128" s="19"/>
+      <c r="D128" s="9">
+        <v>1</v>
+      </c>
+      <c r="E128" s="9"/>
+      <c r="F128" s="9"/>
+      <c r="G128" s="65"/>
+      <c r="H128" s="71"/>
+      <c r="I128" s="71" t="s">
+        <v>1294</v>
+      </c>
+      <c r="J128" s="71" t="s">
+        <v>1295</v>
+      </c>
+      <c r="K128" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L128" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M128" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N128" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O128" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P128" s="71" t="s">
+        <v>1296</v>
+      </c>
+      <c r="Q128" s="71" t="s">
+        <v>1297</v>
+      </c>
+      <c r="R128" s="71" t="s">
+        <v>1298</v>
+      </c>
+      <c r="S128" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T128" s="71" t="s">
+        <v>1299</v>
+      </c>
+      <c r="U128" s="71" t="s">
+        <v>1300</v>
+      </c>
+      <c r="V128" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W128" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X128" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y128" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z128" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA128" s="71" t="s">
+        <v>1268</v>
+      </c>
+      <c r="AB128" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC128" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD128" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="129" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A129" s="29" t="s">
+        <v>185</v>
+      </c>
+      <c r="B129" s="23"/>
+      <c r="C129" s="23"/>
+      <c r="D129" s="9">
+        <v>1</v>
+      </c>
+      <c r="E129" s="9"/>
+      <c r="F129" s="9"/>
+      <c r="G129" s="59"/>
+      <c r="H129" s="71"/>
+      <c r="I129" s="71" t="s">
+        <v>1301</v>
+      </c>
+      <c r="J129" s="71" t="s">
+        <v>1302</v>
+      </c>
+      <c r="K129" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L129" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M129" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N129" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O129" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P129" s="71" t="s">
+        <v>1296</v>
+      </c>
+      <c r="Q129" s="71" t="s">
+        <v>1303</v>
+      </c>
+      <c r="R129" s="71" t="s">
+        <v>1304</v>
+      </c>
+      <c r="S129" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T129" s="71" t="s">
+        <v>1305</v>
+      </c>
+      <c r="U129" s="71" t="s">
+        <v>1300</v>
+      </c>
+      <c r="V129" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W129" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X129" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y129" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z129" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA129" s="71" t="s">
+        <v>1268</v>
+      </c>
+      <c r="AB129" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC129" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD129" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="130" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="29" t="s">
+        <v>203</v>
+      </c>
+      <c r="B130" s="23"/>
+      <c r="C130" s="23"/>
+      <c r="D130" s="9">
+        <v>1</v>
+      </c>
+      <c r="E130" s="9"/>
+      <c r="F130" s="9"/>
+      <c r="G130" s="59"/>
+      <c r="H130" s="71"/>
+      <c r="I130" s="71" t="s">
+        <v>1306</v>
+      </c>
+      <c r="J130" s="71" t="s">
+        <v>1307</v>
+      </c>
+      <c r="K130" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L130" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M130" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N130" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O130" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P130" s="71" t="s">
+        <v>1296</v>
+      </c>
+      <c r="Q130" s="71" t="s">
+        <v>1308</v>
+      </c>
+      <c r="R130" s="71" t="s">
+        <v>1291</v>
+      </c>
+      <c r="S130" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T130" s="71" t="s">
+        <v>1309</v>
+      </c>
+      <c r="U130" s="71" t="s">
+        <v>1300</v>
+      </c>
+      <c r="V130" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W130" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X130" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y130" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z130" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA130" s="71" t="s">
+        <v>1310</v>
+      </c>
+      <c r="AB130" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC130" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD130" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="131" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="29" t="s">
+        <v>191</v>
+      </c>
+      <c r="B131" s="23"/>
+      <c r="C131" s="23"/>
+      <c r="D131" s="9">
+        <v>1</v>
+      </c>
+      <c r="E131" s="9"/>
+      <c r="F131" s="9"/>
+      <c r="G131" s="59"/>
+      <c r="H131" s="71"/>
+      <c r="I131" s="71" t="s">
+        <v>1311</v>
+      </c>
+      <c r="J131" s="71" t="s">
+        <v>1312</v>
+      </c>
+      <c r="K131" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L131" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M131" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N131" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O131" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P131" s="71" t="s">
+        <v>1313</v>
+      </c>
+      <c r="Q131" s="71" t="s">
+        <v>1314</v>
+      </c>
+      <c r="R131" s="71" t="s">
+        <v>1315</v>
+      </c>
+      <c r="S131" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T131" s="71" t="s">
+        <v>1316</v>
+      </c>
+      <c r="U131" s="71" t="s">
+        <v>1317</v>
+      </c>
+      <c r="V131" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W131" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X131" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y131" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z131" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA131" s="71" t="s">
+        <v>1293</v>
+      </c>
+      <c r="AB131" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC131" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD131" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="132" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="29" t="s">
+        <v>227</v>
+      </c>
+      <c r="B132" s="23"/>
+      <c r="C132" s="23"/>
+      <c r="D132" s="9">
+        <v>1</v>
+      </c>
+      <c r="E132" s="9"/>
+      <c r="F132" s="9"/>
+      <c r="G132" s="59"/>
+      <c r="H132" s="71"/>
+      <c r="I132" s="71" t="s">
+        <v>1318</v>
+      </c>
+      <c r="J132" s="71" t="s">
+        <v>1319</v>
+      </c>
+      <c r="K132" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L132" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M132" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N132" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O132" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P132" s="71" t="s">
+        <v>1320</v>
+      </c>
+      <c r="Q132" s="71" t="s">
+        <v>1321</v>
+      </c>
+      <c r="R132" s="71" t="s">
+        <v>1322</v>
+      </c>
+      <c r="S132" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T132" s="71" t="s">
+        <v>1323</v>
+      </c>
+      <c r="U132" s="71" t="s">
+        <v>1317</v>
+      </c>
+      <c r="V132" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W132" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X132" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y132" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z132" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA132" s="71" t="s">
+        <v>1324</v>
+      </c>
+      <c r="AB132" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC132" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD132" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="133" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="29" t="s">
+        <v>257</v>
+      </c>
+      <c r="B133" s="23"/>
+      <c r="C133" s="23"/>
+      <c r="D133" s="9">
+        <v>1</v>
+      </c>
+      <c r="E133" s="9"/>
+      <c r="F133" s="9"/>
+      <c r="G133" s="59"/>
+      <c r="H133" s="71"/>
+      <c r="I133" s="71" t="s">
+        <v>1325</v>
+      </c>
+      <c r="J133" s="71" t="s">
+        <v>1326</v>
+      </c>
+      <c r="K133" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L133" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M133" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N133" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O133" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P133" s="71" t="s">
+        <v>1320</v>
+      </c>
+      <c r="Q133" s="71" t="s">
+        <v>1327</v>
+      </c>
+      <c r="R133" s="71" t="s">
+        <v>1328</v>
+      </c>
+      <c r="S133" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T133" s="71" t="s">
+        <v>1329</v>
+      </c>
+      <c r="U133" s="71" t="s">
+        <v>1317</v>
+      </c>
+      <c r="V133" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W133" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X133" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y133" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z133" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA133" s="71" t="s">
+        <v>1330</v>
+      </c>
+      <c r="AB133" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC133" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD133" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="134" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A134" s="27" t="s">
+        <v>65</v>
+      </c>
+      <c r="B134" s="19">
+        <v>1</v>
+      </c>
+      <c r="C134" s="19"/>
+      <c r="D134" s="9">
+        <v>1</v>
+      </c>
+      <c r="E134" s="9"/>
+      <c r="F134" s="9"/>
+      <c r="G134" s="65"/>
+      <c r="H134" s="71"/>
+      <c r="I134" s="71" t="s">
+        <v>1331</v>
+      </c>
+      <c r="J134" s="71" t="s">
+        <v>1332</v>
+      </c>
+      <c r="K134" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L134" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M134" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N134" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O134" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P134" s="71" t="s">
+        <v>1333</v>
+      </c>
+      <c r="Q134" s="71" t="s">
+        <v>1334</v>
+      </c>
+      <c r="R134" s="71" t="s">
+        <v>1335</v>
+      </c>
+      <c r="S134" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T134" s="71" t="s">
+        <v>1336</v>
+      </c>
+      <c r="U134" s="71" t="s">
+        <v>1317</v>
+      </c>
+      <c r="V134" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W134" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X134" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y134" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z134" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA134" s="71" t="s">
+        <v>1337</v>
+      </c>
+      <c r="AB134" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC134" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD134" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="135" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="B135" s="23"/>
+      <c r="C135" s="23"/>
+      <c r="D135" s="9">
+        <v>1</v>
+      </c>
+      <c r="E135" s="9"/>
+      <c r="F135" s="9"/>
+      <c r="G135" s="59"/>
+      <c r="H135" s="71"/>
+      <c r="I135" s="71" t="s">
+        <v>1338</v>
+      </c>
+      <c r="J135" s="71" t="s">
+        <v>1339</v>
+      </c>
+      <c r="K135" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L135" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M135" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N135" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O135" s="71" t="s">
+        <v>1084</v>
+      </c>
+      <c r="P135" s="71" t="s">
+        <v>1340</v>
+      </c>
+      <c r="Q135" s="71" t="s">
+        <v>1341</v>
+      </c>
+      <c r="R135" s="71" t="s">
+        <v>1342</v>
+      </c>
+      <c r="S135" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T135" s="71" t="s">
+        <v>1343</v>
+      </c>
+      <c r="U135" s="71" t="s">
+        <v>1089</v>
+      </c>
+      <c r="V135" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W135" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X135" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y135" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z135" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA135" s="71" t="s">
+        <v>1344</v>
+      </c>
+      <c r="AB135" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC135" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD135" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="136" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A136" s="29" t="s">
+        <v>168</v>
+      </c>
+      <c r="B136" s="23"/>
+      <c r="C136" s="23"/>
+      <c r="D136" s="9">
+        <v>1</v>
+      </c>
+      <c r="E136" s="9"/>
+      <c r="F136" s="9"/>
+      <c r="G136" s="59"/>
+      <c r="H136" s="71"/>
+      <c r="I136" s="71" t="s">
+        <v>1345</v>
+      </c>
+      <c r="J136" s="71" t="s">
+        <v>1346</v>
+      </c>
+      <c r="K136" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L136" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M136" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N136" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O136" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P136" s="71" t="s">
+        <v>1289</v>
+      </c>
+      <c r="Q136" s="71" t="s">
+        <v>1347</v>
+      </c>
+      <c r="R136" s="71" t="s">
+        <v>1348</v>
+      </c>
+      <c r="S136" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T136" s="71" t="s">
+        <v>1349</v>
+      </c>
+      <c r="U136" s="71" t="s">
+        <v>1259</v>
+      </c>
+      <c r="V136" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W136" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X136" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y136" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z136" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA136" s="71" t="s">
+        <v>1350</v>
+      </c>
+      <c r="AB136" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC136" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD136" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="137" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A137" s="27" t="s">
+        <v>66</v>
+      </c>
+      <c r="B137" s="19">
+        <v>1</v>
+      </c>
+      <c r="C137" s="19"/>
+      <c r="D137" s="9">
+        <v>1</v>
+      </c>
+      <c r="E137" s="9"/>
+      <c r="F137" s="9"/>
+      <c r="G137" s="65"/>
+      <c r="H137" s="71"/>
+      <c r="I137" s="71" t="s">
+        <v>1351</v>
+      </c>
+      <c r="J137" s="71" t="s">
+        <v>1352</v>
+      </c>
+      <c r="K137" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L137" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M137" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N137" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O137" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P137" s="71" t="s">
+        <v>1353</v>
+      </c>
+      <c r="Q137" s="71" t="s">
+        <v>1354</v>
+      </c>
+      <c r="R137" s="71" t="s">
+        <v>1355</v>
+      </c>
+      <c r="S137" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T137" s="71" t="s">
+        <v>1356</v>
+      </c>
+      <c r="U137" s="71" t="s">
+        <v>1357</v>
+      </c>
+      <c r="V137" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W137" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X137" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y137" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z137" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA137" s="71" t="s">
+        <v>1268</v>
+      </c>
+      <c r="AB137" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC137" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD137" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="138" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A138" s="27" t="s">
+        <v>46</v>
+      </c>
+      <c r="B138" s="19">
+        <v>1</v>
+      </c>
+      <c r="C138" s="19"/>
+      <c r="D138" s="9"/>
+      <c r="E138" s="9"/>
+      <c r="F138" s="9"/>
+      <c r="G138" s="65"/>
+      <c r="H138" s="71"/>
+      <c r="I138" s="71" t="s">
+        <v>1358</v>
+      </c>
+      <c r="J138" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K138" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L138" s="71" t="s">
+        <v>1359</v>
+      </c>
+      <c r="M138" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N138" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O138" s="71" t="s">
+        <v>1033</v>
+      </c>
+      <c r="P138" s="71" t="s">
+        <v>1360</v>
+      </c>
+      <c r="Q138" s="71" t="s">
+        <v>1361</v>
+      </c>
+      <c r="R138" s="71" t="s">
+        <v>1362</v>
+      </c>
+      <c r="S138" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T138" s="71" t="s">
+        <v>1363</v>
+      </c>
+      <c r="U138" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V138" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W138" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X138" s="71" t="s">
+        <v>1364</v>
+      </c>
+      <c r="Y138" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z138" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA138" s="71">
+        <v>0</v>
+      </c>
+      <c r="AB138" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC138" s="71" t="s">
+        <v>1365</v>
+      </c>
+      <c r="AD138" s="71" t="s">
+        <v>1366</v>
+      </c>
+    </row>
+    <row r="139" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A139" s="27" t="s">
+        <v>47</v>
+      </c>
+      <c r="B139" s="19">
+        <v>1</v>
+      </c>
+      <c r="C139" s="19"/>
+      <c r="D139" s="9"/>
+      <c r="E139" s="9"/>
+      <c r="F139" s="9"/>
+      <c r="G139" s="65"/>
+      <c r="H139" s="71"/>
+      <c r="I139" s="71" t="s">
+        <v>1367</v>
+      </c>
+      <c r="J139" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K139" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L139" s="71" t="s">
+        <v>1359</v>
+      </c>
+      <c r="M139" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N139" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O139" s="71" t="s">
+        <v>1033</v>
+      </c>
+      <c r="P139" s="71" t="s">
+        <v>1360</v>
+      </c>
+      <c r="Q139" s="71" t="s">
+        <v>1368</v>
+      </c>
+      <c r="R139" s="71" t="s">
+        <v>1369</v>
+      </c>
+      <c r="S139" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T139" s="71" t="s">
+        <v>1370</v>
+      </c>
+      <c r="U139" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V139" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W139" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X139" s="71" t="s">
+        <v>1364</v>
+      </c>
+      <c r="Y139" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z139" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA139" s="71">
+        <v>0</v>
+      </c>
+      <c r="AB139" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC139" s="71" t="s">
+        <v>1365</v>
+      </c>
+      <c r="AD139" s="71" t="s">
+        <v>1366</v>
+      </c>
+    </row>
+    <row r="140" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A140" s="29" t="s">
+        <v>214</v>
+      </c>
+      <c r="B140" s="23"/>
+      <c r="C140" s="23"/>
+      <c r="D140" s="9">
+        <v>1</v>
+      </c>
+      <c r="E140" s="9"/>
+      <c r="F140" s="9"/>
+      <c r="G140" s="59"/>
+      <c r="H140" s="71"/>
+      <c r="I140" s="71" t="s">
+        <v>1371</v>
+      </c>
+      <c r="J140" s="71" t="s">
+        <v>1372</v>
+      </c>
+      <c r="K140" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L140" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M140" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N140" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O140" s="71" t="s">
+        <v>1084</v>
+      </c>
+      <c r="P140" s="71" t="s">
+        <v>1373</v>
+      </c>
+      <c r="Q140" s="71" t="s">
+        <v>1374</v>
+      </c>
+      <c r="R140" s="71" t="s">
+        <v>1375</v>
+      </c>
+      <c r="S140" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T140" s="71" t="s">
+        <v>1376</v>
+      </c>
+      <c r="U140" s="71" t="s">
+        <v>1089</v>
+      </c>
+      <c r="V140" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W140" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X140" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y140" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z140" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA140" s="71" t="s">
+        <v>1105</v>
+      </c>
+      <c r="AB140" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC140" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD140" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="141" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A141" s="29" t="s">
+        <v>193</v>
+      </c>
+      <c r="B141" s="23"/>
+      <c r="C141" s="23"/>
+      <c r="D141" s="9">
+        <v>1</v>
+      </c>
+      <c r="E141" s="9"/>
+      <c r="F141" s="9"/>
+      <c r="G141" s="59"/>
+      <c r="H141" s="71"/>
+      <c r="I141" s="71" t="s">
+        <v>1377</v>
+      </c>
+      <c r="J141" s="71" t="s">
+        <v>1378</v>
+      </c>
+      <c r="K141" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L141" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M141" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N141" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O141" s="71" t="s">
+        <v>1084</v>
+      </c>
+      <c r="P141" s="71" t="s">
+        <v>1379</v>
+      </c>
+      <c r="Q141" s="71" t="s">
+        <v>1380</v>
+      </c>
+      <c r="R141" s="71" t="s">
+        <v>1381</v>
+      </c>
+      <c r="S141" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T141" s="71" t="s">
+        <v>1382</v>
+      </c>
+      <c r="U141" s="71" t="s">
+        <v>1112</v>
+      </c>
+      <c r="V141" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W141" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X141" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y141" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z141" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA141" s="71" t="s">
+        <v>1142</v>
+      </c>
+      <c r="AB141" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC141" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD141" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="142" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="29" t="s">
+        <v>187</v>
+      </c>
+      <c r="B142" s="23"/>
+      <c r="C142" s="23"/>
+      <c r="D142" s="9">
+        <v>1</v>
+      </c>
+      <c r="E142" s="9"/>
+      <c r="F142" s="9"/>
+      <c r="G142" s="59"/>
+      <c r="H142" s="71"/>
+      <c r="I142" s="71" t="s">
+        <v>1383</v>
+      </c>
+      <c r="J142" s="71" t="s">
+        <v>1384</v>
+      </c>
+      <c r="K142" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L142" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M142" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N142" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O142" s="71" t="s">
+        <v>1084</v>
+      </c>
+      <c r="P142" s="71" t="s">
+        <v>1385</v>
+      </c>
+      <c r="Q142" s="71" t="s">
+        <v>1386</v>
+      </c>
+      <c r="R142" s="71" t="s">
+        <v>1387</v>
+      </c>
+      <c r="S142" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T142" s="71" t="s">
+        <v>1388</v>
+      </c>
+      <c r="U142" s="71" t="s">
+        <v>1134</v>
+      </c>
+      <c r="V142" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W142" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X142" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y142" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z142" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA142" s="71" t="s">
+        <v>1389</v>
+      </c>
+      <c r="AB142" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC142" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD142" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="143" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A143" s="29" t="s">
+        <v>216</v>
+      </c>
+      <c r="B143" s="23"/>
+      <c r="C143" s="23"/>
+      <c r="D143" s="9">
+        <v>1</v>
+      </c>
+      <c r="E143" s="9"/>
+      <c r="F143" s="9"/>
+      <c r="G143" s="59"/>
+      <c r="H143" s="71"/>
+      <c r="I143" s="71" t="s">
+        <v>1390</v>
+      </c>
+      <c r="J143" s="71" t="s">
+        <v>1391</v>
+      </c>
+      <c r="K143" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L143" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M143" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N143" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O143" s="71" t="s">
+        <v>1084</v>
+      </c>
+      <c r="P143" s="71" t="s">
+        <v>1392</v>
+      </c>
+      <c r="Q143" s="71" t="s">
+        <v>1393</v>
+      </c>
+      <c r="R143" s="71" t="s">
+        <v>1394</v>
+      </c>
+      <c r="S143" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T143" s="71" t="s">
+        <v>1395</v>
+      </c>
+      <c r="U143" s="71" t="s">
+        <v>1134</v>
+      </c>
+      <c r="V143" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W143" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X143" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y143" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z143" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA143" s="71" t="s">
+        <v>1396</v>
+      </c>
+      <c r="AB143" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC143" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD143" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="144" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A144" s="29" t="s">
+        <v>231</v>
+      </c>
+      <c r="B144" s="23"/>
+      <c r="C144" s="23"/>
+      <c r="D144" s="9">
+        <v>1</v>
+      </c>
+      <c r="E144" s="9"/>
+      <c r="F144" s="9"/>
+      <c r="G144" s="59"/>
+      <c r="H144" s="71"/>
+      <c r="I144" s="71" t="s">
+        <v>1397</v>
+      </c>
+      <c r="J144" s="71" t="s">
+        <v>1398</v>
+      </c>
+      <c r="K144" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L144" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M144" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N144" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O144" s="71" t="s">
+        <v>1084</v>
+      </c>
+      <c r="P144" s="71" t="s">
+        <v>1399</v>
+      </c>
+      <c r="Q144" s="71" t="s">
+        <v>1400</v>
+      </c>
+      <c r="R144" s="71" t="s">
+        <v>1401</v>
+      </c>
+      <c r="S144" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T144" s="71" t="s">
+        <v>1402</v>
+      </c>
+      <c r="U144" s="71" t="s">
+        <v>1134</v>
+      </c>
+      <c r="V144" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W144" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X144" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y144" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z144" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA144" s="71" t="s">
+        <v>1396</v>
+      </c>
+      <c r="AB144" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC144" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD144" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="145" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A145" s="27" t="s">
+        <v>54</v>
+      </c>
+      <c r="B145" s="19">
+        <v>1</v>
+      </c>
+      <c r="C145" s="19"/>
+      <c r="D145" s="9">
+        <v>1</v>
+      </c>
+      <c r="E145" s="9"/>
+      <c r="F145" s="9"/>
+      <c r="G145" s="65"/>
+      <c r="H145" s="71"/>
+      <c r="I145" s="71" t="s">
+        <v>1403</v>
+      </c>
+      <c r="J145" s="71" t="s">
+        <v>1404</v>
+      </c>
+      <c r="K145" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L145" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M145" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N145" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O145" s="71" t="s">
+        <v>1084</v>
+      </c>
+      <c r="P145" s="71" t="s">
+        <v>1405</v>
+      </c>
+      <c r="Q145" s="71" t="s">
+        <v>1406</v>
+      </c>
+      <c r="R145" s="71" t="s">
+        <v>1407</v>
+      </c>
+      <c r="S145" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T145" s="71" t="s">
+        <v>1408</v>
+      </c>
+      <c r="U145" s="71" t="s">
+        <v>1236</v>
+      </c>
+      <c r="V145" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W145" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X145" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y145" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z145" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA145" s="71" t="s">
+        <v>1409</v>
+      </c>
+      <c r="AB145" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC145" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD145" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="146" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A146" s="29" t="s">
+        <v>205</v>
+      </c>
+      <c r="B146" s="23"/>
+      <c r="C146" s="23"/>
+      <c r="D146" s="9">
+        <v>1</v>
+      </c>
+      <c r="E146" s="9"/>
+      <c r="F146" s="9"/>
+      <c r="G146" s="59"/>
+      <c r="H146" s="71"/>
+      <c r="I146" s="71" t="s">
+        <v>1410</v>
+      </c>
+      <c r="J146" s="71" t="s">
+        <v>1411</v>
+      </c>
+      <c r="K146" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L146" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M146" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N146" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O146" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P146" s="71" t="s">
+        <v>1412</v>
+      </c>
+      <c r="Q146" s="71" t="s">
+        <v>1413</v>
+      </c>
+      <c r="R146" s="71" t="s">
+        <v>1414</v>
+      </c>
+      <c r="S146" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T146" s="71" t="s">
+        <v>1415</v>
+      </c>
+      <c r="U146" s="71" t="s">
+        <v>1252</v>
+      </c>
+      <c r="V146" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W146" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X146" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y146" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z146" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA146" s="71" t="s">
+        <v>1337</v>
+      </c>
+      <c r="AB146" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC146" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD146" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="147" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A147" s="27" t="s">
+        <v>67</v>
+      </c>
+      <c r="B147" s="19">
+        <v>1</v>
+      </c>
+      <c r="C147" s="19"/>
+      <c r="D147" s="9">
+        <v>1</v>
+      </c>
+      <c r="E147" s="9"/>
+      <c r="F147" s="9"/>
+      <c r="G147" s="65"/>
+      <c r="H147" s="71"/>
+      <c r="I147" s="71" t="s">
+        <v>1416</v>
+      </c>
+      <c r="J147" s="71" t="s">
+        <v>1417</v>
+      </c>
+      <c r="K147" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L147" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M147" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N147" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O147" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P147" s="71" t="s">
+        <v>1418</v>
+      </c>
+      <c r="Q147" s="71" t="s">
+        <v>1419</v>
+      </c>
+      <c r="R147" s="71" t="s">
+        <v>1420</v>
+      </c>
+      <c r="S147" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T147" s="71" t="s">
+        <v>1421</v>
+      </c>
+      <c r="U147" s="71" t="s">
+        <v>1252</v>
+      </c>
+      <c r="V147" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W147" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X147" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y147" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z147" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA147" s="71" t="s">
+        <v>1422</v>
+      </c>
+      <c r="AB147" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC147" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD147" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="148" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A148" s="29" t="s">
+        <v>241</v>
+      </c>
+      <c r="B148" s="23"/>
+      <c r="C148" s="23"/>
+      <c r="D148" s="9">
+        <v>1</v>
+      </c>
+      <c r="E148" s="9"/>
+      <c r="F148" s="9"/>
+      <c r="G148" s="59"/>
+      <c r="H148" s="71"/>
+      <c r="I148" s="71" t="s">
+        <v>1423</v>
+      </c>
+      <c r="J148" s="71" t="s">
+        <v>1424</v>
+      </c>
+      <c r="K148" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L148" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M148" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N148" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O148" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P148" s="71" t="s">
+        <v>1263</v>
+      </c>
+      <c r="Q148" s="71" t="s">
+        <v>1425</v>
+      </c>
+      <c r="R148" s="71" t="s">
+        <v>1426</v>
+      </c>
+      <c r="S148" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T148" s="71" t="s">
+        <v>1427</v>
+      </c>
+      <c r="U148" s="71" t="s">
+        <v>1267</v>
+      </c>
+      <c r="V148" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W148" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X148" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y148" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z148" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA148" s="71" t="s">
+        <v>1330</v>
+      </c>
+      <c r="AB148" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC148" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD148" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="149" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="27" t="s">
+        <v>68</v>
+      </c>
+      <c r="B149" s="19">
+        <v>1</v>
+      </c>
+      <c r="C149" s="19"/>
+      <c r="D149" s="9">
+        <v>1</v>
+      </c>
+      <c r="E149" s="9"/>
+      <c r="F149" s="9"/>
+      <c r="G149" s="65"/>
+      <c r="H149" s="71"/>
+      <c r="I149" s="71" t="s">
+        <v>1428</v>
+      </c>
+      <c r="J149" s="71" t="s">
+        <v>1429</v>
+      </c>
+      <c r="K149" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L149" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M149" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N149" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O149" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P149" s="71" t="s">
+        <v>1430</v>
+      </c>
+      <c r="Q149" s="71" t="s">
+        <v>1431</v>
+      </c>
+      <c r="R149" s="71" t="s">
+        <v>1432</v>
+      </c>
+      <c r="S149" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T149" s="71" t="s">
+        <v>1433</v>
+      </c>
+      <c r="U149" s="71" t="s">
+        <v>1259</v>
+      </c>
+      <c r="V149" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W149" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X149" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y149" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z149" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA149" s="71" t="s">
+        <v>1434</v>
+      </c>
+      <c r="AB149" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC149" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD149" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="150" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A150" s="29" t="s">
+        <v>178</v>
+      </c>
+      <c r="B150" s="23"/>
+      <c r="C150" s="23"/>
+      <c r="D150" s="9">
+        <v>1</v>
+      </c>
+      <c r="E150" s="9"/>
+      <c r="F150" s="9"/>
+      <c r="G150" s="59"/>
+      <c r="H150" s="71"/>
+      <c r="I150" s="71" t="s">
+        <v>1435</v>
+      </c>
+      <c r="J150" s="71" t="s">
+        <v>1436</v>
+      </c>
+      <c r="K150" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L150" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M150" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N150" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O150" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P150" s="71" t="s">
+        <v>1296</v>
+      </c>
+      <c r="Q150" s="71" t="s">
+        <v>1437</v>
+      </c>
+      <c r="R150" s="71" t="s">
+        <v>1438</v>
+      </c>
+      <c r="S150" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T150" s="71" t="s">
+        <v>1439</v>
+      </c>
+      <c r="U150" s="71" t="s">
+        <v>1300</v>
+      </c>
+      <c r="V150" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W150" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X150" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y150" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z150" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA150" s="71" t="s">
+        <v>1440</v>
+      </c>
+      <c r="AB150" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC150" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD150" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="151" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A151" s="27" t="s">
+        <v>69</v>
+      </c>
+      <c r="B151" s="19">
+        <v>1</v>
+      </c>
+      <c r="C151" s="19"/>
+      <c r="D151" s="9">
+        <v>1</v>
+      </c>
+      <c r="E151" s="9"/>
+      <c r="F151" s="9"/>
+      <c r="G151" s="65"/>
+      <c r="H151" s="71"/>
+      <c r="I151" s="71" t="s">
+        <v>1441</v>
+      </c>
+      <c r="J151" s="71" t="s">
+        <v>1442</v>
+      </c>
+      <c r="K151" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L151" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M151" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N151" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O151" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P151" s="71" t="s">
+        <v>1443</v>
+      </c>
+      <c r="Q151" s="71" t="s">
+        <v>1444</v>
+      </c>
+      <c r="R151" s="71" t="s">
+        <v>1445</v>
+      </c>
+      <c r="S151" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T151" s="71" t="s">
+        <v>1446</v>
+      </c>
+      <c r="U151" s="71" t="s">
+        <v>1300</v>
+      </c>
+      <c r="V151" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W151" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X151" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y151" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z151" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA151" s="71" t="s">
+        <v>1293</v>
+      </c>
+      <c r="AB151" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC151" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD151" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="152" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A152" s="29" t="s">
+        <v>219</v>
+      </c>
+      <c r="B152" s="23"/>
+      <c r="C152" s="23"/>
+      <c r="D152" s="9">
+        <v>1</v>
+      </c>
+      <c r="E152" s="9"/>
+      <c r="F152" s="9"/>
+      <c r="G152" s="59"/>
+      <c r="H152" s="71"/>
+      <c r="I152" s="71" t="s">
+        <v>1447</v>
+      </c>
+      <c r="J152" s="71" t="s">
+        <v>1448</v>
+      </c>
+      <c r="K152" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L152" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M152" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N152" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O152" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P152" s="71" t="s">
+        <v>1313</v>
+      </c>
+      <c r="Q152" s="71" t="s">
+        <v>1449</v>
+      </c>
+      <c r="R152" s="71" t="s">
+        <v>1450</v>
+      </c>
+      <c r="S152" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T152" s="71" t="s">
+        <v>1451</v>
+      </c>
+      <c r="U152" s="71" t="s">
+        <v>1317</v>
+      </c>
+      <c r="V152" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W152" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X152" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y152" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z152" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA152" s="71" t="s">
+        <v>1422</v>
+      </c>
+      <c r="AB152" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC152" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD152" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="153" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A153" s="29" t="s">
+        <v>249</v>
+      </c>
+      <c r="B153" s="23"/>
+      <c r="C153" s="23"/>
+      <c r="D153" s="9">
+        <v>1</v>
+      </c>
+      <c r="E153" s="9"/>
+      <c r="F153" s="9"/>
+      <c r="G153" s="59"/>
+      <c r="H153" s="71"/>
+      <c r="I153" s="71" t="s">
+        <v>1452</v>
+      </c>
+      <c r="J153" s="71" t="s">
+        <v>1453</v>
+      </c>
+      <c r="K153" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L153" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M153" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N153" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O153" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P153" s="71" t="s">
+        <v>1320</v>
+      </c>
+      <c r="Q153" s="71" t="s">
+        <v>1454</v>
+      </c>
+      <c r="R153" s="71" t="s">
+        <v>1455</v>
+      </c>
+      <c r="S153" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T153" s="71" t="s">
+        <v>1456</v>
+      </c>
+      <c r="U153" s="71" t="s">
+        <v>1317</v>
+      </c>
+      <c r="V153" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W153" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X153" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y153" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z153" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA153" s="71" t="s">
+        <v>1324</v>
+      </c>
+      <c r="AB153" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC153" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD153" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="154" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A154" s="29" t="s">
+        <v>162</v>
+      </c>
+      <c r="B154" s="23"/>
+      <c r="C154" s="23"/>
+      <c r="D154" s="9">
+        <v>1</v>
+      </c>
+      <c r="E154" s="9"/>
+      <c r="F154" s="9"/>
+      <c r="G154" s="59"/>
+      <c r="H154" s="71"/>
+      <c r="I154" s="71" t="s">
+        <v>1457</v>
+      </c>
+      <c r="J154" s="71" t="s">
+        <v>1458</v>
+      </c>
+      <c r="K154" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L154" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M154" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N154" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O154" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P154" s="71" t="s">
+        <v>1459</v>
+      </c>
+      <c r="Q154" s="71" t="s">
+        <v>1460</v>
+      </c>
+      <c r="R154" s="71" t="s">
+        <v>1461</v>
+      </c>
+      <c r="S154" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T154" s="71" t="s">
+        <v>1462</v>
+      </c>
+      <c r="U154" s="71" t="s">
+        <v>1357</v>
+      </c>
+      <c r="V154" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W154" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X154" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y154" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z154" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA154" s="71" t="s">
+        <v>1422</v>
+      </c>
+      <c r="AB154" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC154" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD154" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="155" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A155" s="29" t="s">
+        <v>170</v>
+      </c>
+      <c r="B155" s="23"/>
+      <c r="C155" s="23"/>
+      <c r="D155" s="9">
+        <v>1</v>
+      </c>
+      <c r="E155" s="9"/>
+      <c r="F155" s="9"/>
+      <c r="G155" s="59"/>
+      <c r="H155" s="71"/>
+      <c r="I155" s="71" t="s">
+        <v>1463</v>
+      </c>
+      <c r="J155" s="71" t="s">
+        <v>1464</v>
+      </c>
+      <c r="K155" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L155" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M155" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N155" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O155" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P155" s="71" t="s">
+        <v>1465</v>
+      </c>
+      <c r="Q155" s="71" t="s">
+        <v>1466</v>
+      </c>
+      <c r="R155" s="71" t="s">
+        <v>1467</v>
+      </c>
+      <c r="S155" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T155" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U155" s="71" t="s">
+        <v>1244</v>
+      </c>
+      <c r="V155" s="71" t="s">
+        <v>307</v>
+      </c>
+      <c r="W155" s="71" t="s">
+        <v>511</v>
+      </c>
+      <c r="X155" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y155" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z155" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA155" s="71" t="s">
+        <v>1468</v>
+      </c>
+      <c r="AB155" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC155" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD155" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="156" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A156" s="29" t="s">
+        <v>198</v>
+      </c>
+      <c r="B156" s="23"/>
+      <c r="C156" s="23"/>
+      <c r="D156" s="9">
+        <v>1</v>
+      </c>
+      <c r="E156" s="9"/>
+      <c r="F156" s="9"/>
+      <c r="G156" s="59"/>
+      <c r="H156" s="71"/>
+      <c r="I156" s="71" t="s">
+        <v>1469</v>
+      </c>
+      <c r="J156" s="71" t="s">
+        <v>1470</v>
+      </c>
+      <c r="K156" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L156" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M156" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N156" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O156" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P156" s="71" t="s">
+        <v>1471</v>
+      </c>
+      <c r="Q156" s="71" t="s">
+        <v>1472</v>
+      </c>
+      <c r="R156" s="71" t="s">
+        <v>1473</v>
+      </c>
+      <c r="S156" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T156" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U156" s="71" t="s">
+        <v>1474</v>
+      </c>
+      <c r="V156" s="71" t="s">
+        <v>307</v>
+      </c>
+      <c r="W156" s="71" t="s">
+        <v>511</v>
+      </c>
+      <c r="X156" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y156" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z156" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA156" s="71" t="s">
+        <v>1468</v>
+      </c>
+      <c r="AB156" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC156" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD156" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="157" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A157" s="27" t="s">
+        <v>113</v>
+      </c>
+      <c r="B157" s="19">
+        <v>1</v>
+      </c>
+      <c r="C157" s="19"/>
+      <c r="D157" s="9"/>
+      <c r="E157" s="9"/>
+      <c r="F157" s="9"/>
+      <c r="G157" s="65"/>
+      <c r="H157" s="71"/>
+      <c r="I157" s="71" t="s">
+        <v>1475</v>
+      </c>
+      <c r="J157" s="71" t="s">
+        <v>1476</v>
+      </c>
+      <c r="K157" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L157" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M157" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N157" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O157" s="71" t="s">
+        <v>1477</v>
+      </c>
+      <c r="P157" s="71" t="s">
+        <v>1478</v>
+      </c>
+      <c r="Q157" s="71" t="s">
+        <v>1479</v>
+      </c>
+      <c r="R157" s="71" t="s">
+        <v>1480</v>
+      </c>
+      <c r="S157" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T157" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U157" s="71" t="s">
+        <v>1481</v>
+      </c>
+      <c r="V157" s="71" t="s">
+        <v>307</v>
+      </c>
+      <c r="W157" s="71" t="s">
+        <v>511</v>
+      </c>
+      <c r="X157" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="Y157" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z157" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA157" s="71" t="s">
+        <v>1483</v>
+      </c>
+      <c r="AB157" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC157" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="AD157" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="158" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A158" s="27" t="s">
+        <v>114</v>
+      </c>
+      <c r="B158" s="19">
+        <v>1</v>
+      </c>
+      <c r="C158" s="19"/>
+      <c r="D158" s="9"/>
+      <c r="E158" s="9"/>
+      <c r="F158" s="9"/>
+      <c r="G158" s="65"/>
+      <c r="H158" s="71"/>
+      <c r="I158" s="71" t="s">
+        <v>1484</v>
+      </c>
+      <c r="J158" s="71" t="s">
+        <v>1485</v>
+      </c>
+      <c r="K158" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L158" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M158" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N158" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O158" s="71" t="s">
+        <v>1477</v>
+      </c>
+      <c r="P158" s="71" t="s">
+        <v>1486</v>
+      </c>
+      <c r="Q158" s="71" t="s">
+        <v>1487</v>
+      </c>
+      <c r="R158" s="71" t="s">
+        <v>1488</v>
+      </c>
+      <c r="S158" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T158" s="71" t="s">
+        <v>1489</v>
+      </c>
+      <c r="U158" s="71" t="s">
+        <v>1481</v>
+      </c>
+      <c r="V158" s="71" t="s">
+        <v>307</v>
+      </c>
+      <c r="W158" s="71" t="s">
+        <v>948</v>
+      </c>
+      <c r="X158" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="Y158" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z158" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA158" s="71" t="s">
+        <v>1490</v>
+      </c>
+      <c r="AB158" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC158" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="AD158" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="159" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A159" s="27" t="s">
+        <v>115</v>
+      </c>
+      <c r="B159" s="19">
+        <v>1</v>
+      </c>
+      <c r="C159" s="19"/>
+      <c r="D159" s="9"/>
+      <c r="E159" s="9"/>
+      <c r="F159" s="9"/>
+      <c r="G159" s="65"/>
+      <c r="H159" s="71"/>
+      <c r="I159" s="71" t="s">
+        <v>1491</v>
+      </c>
+      <c r="J159" s="71" t="s">
+        <v>1492</v>
+      </c>
+      <c r="K159" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L159" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M159" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N159" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O159" s="71" t="s">
+        <v>1477</v>
+      </c>
+      <c r="P159" s="71" t="s">
+        <v>1493</v>
+      </c>
+      <c r="Q159" s="71" t="s">
+        <v>1494</v>
+      </c>
+      <c r="R159" s="71" t="s">
+        <v>1495</v>
+      </c>
+      <c r="S159" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T159" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U159" s="71" t="s">
+        <v>1496</v>
+      </c>
+      <c r="V159" s="71" t="s">
+        <v>307</v>
+      </c>
+      <c r="W159" s="71" t="s">
+        <v>511</v>
+      </c>
+      <c r="X159" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="Y159" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z159" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA159" s="71" t="s">
+        <v>1497</v>
+      </c>
+      <c r="AB159" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC159" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="AD159" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="160" spans="1:30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="27" t="s">
+        <v>111</v>
+      </c>
+      <c r="B160" s="19">
+        <v>1</v>
+      </c>
+      <c r="C160" s="19"/>
+      <c r="D160" s="9"/>
+      <c r="E160" s="9"/>
+      <c r="F160" s="9"/>
+      <c r="G160" s="65"/>
+      <c r="H160" s="71"/>
+      <c r="I160" s="71" t="s">
+        <v>1498</v>
+      </c>
+      <c r="J160" s="71" t="s">
+        <v>1499</v>
+      </c>
+      <c r="K160" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L160" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M160" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N160" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O160" s="71" t="s">
+        <v>1500</v>
+      </c>
+      <c r="P160" s="71" t="s">
+        <v>1501</v>
+      </c>
+      <c r="Q160" s="71" t="s">
+        <v>1502</v>
+      </c>
+      <c r="R160" s="71" t="s">
+        <v>1503</v>
+      </c>
+      <c r="S160" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T160" s="71" t="s">
+        <v>1504</v>
+      </c>
+      <c r="U160" s="71" t="s">
+        <v>1505</v>
+      </c>
+      <c r="V160" s="71" t="s">
+        <v>307</v>
+      </c>
+      <c r="W160" s="71" t="s">
+        <v>745</v>
+      </c>
+      <c r="X160" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="Y160" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z160" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA160" s="71" t="s">
+        <v>1506</v>
+      </c>
+      <c r="AB160" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC160" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="AD160" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="161" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A161" s="27" t="s">
+        <v>112</v>
+      </c>
+      <c r="B161" s="19">
+        <v>1</v>
+      </c>
+      <c r="C161" s="19"/>
+      <c r="D161" s="9"/>
+      <c r="E161" s="9"/>
+      <c r="F161" s="9"/>
+      <c r="G161" s="65"/>
+      <c r="H161" s="71"/>
+      <c r="I161" s="71" t="s">
+        <v>1507</v>
+      </c>
+      <c r="J161" s="71" t="s">
+        <v>1508</v>
+      </c>
+      <c r="K161" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L161" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M161" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N161" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O161" s="71" t="s">
+        <v>1500</v>
+      </c>
+      <c r="P161" s="71" t="s">
+        <v>1501</v>
+      </c>
+      <c r="Q161" s="71" t="s">
+        <v>1509</v>
+      </c>
+      <c r="R161" s="71" t="s">
+        <v>1510</v>
+      </c>
+      <c r="S161" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T161" s="71" t="s">
+        <v>1511</v>
+      </c>
+      <c r="U161" s="71" t="s">
+        <v>1505</v>
+      </c>
+      <c r="V161" s="71" t="s">
+        <v>307</v>
+      </c>
+      <c r="W161" s="71" t="s">
+        <v>745</v>
+      </c>
+      <c r="X161" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="Y161" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z161" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA161" s="71" t="s">
+        <v>1512</v>
+      </c>
+      <c r="AB161" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC161" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="AD161" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="162" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A162" s="27" t="s">
+        <v>55</v>
+      </c>
+      <c r="B162" s="19">
+        <v>1</v>
+      </c>
+      <c r="C162" s="19"/>
+      <c r="D162" s="9">
+        <v>1</v>
+      </c>
+      <c r="E162" s="9"/>
+      <c r="F162" s="9"/>
+      <c r="G162" s="65"/>
+      <c r="H162" s="71"/>
+      <c r="I162" s="71" t="s">
+        <v>1513</v>
+      </c>
+      <c r="J162" s="71" t="s">
+        <v>1514</v>
+      </c>
+      <c r="K162" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L162" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M162" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N162" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O162" s="71" t="s">
+        <v>1084</v>
+      </c>
+      <c r="P162" s="71" t="s">
+        <v>1515</v>
+      </c>
+      <c r="Q162" s="71" t="s">
+        <v>1516</v>
+      </c>
+      <c r="R162" s="71" t="s">
+        <v>1517</v>
+      </c>
+      <c r="S162" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T162" s="71" t="s">
+        <v>1518</v>
+      </c>
+      <c r="U162" s="71" t="s">
+        <v>1236</v>
+      </c>
+      <c r="V162" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W162" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X162" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y162" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z162" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA162" s="71" t="s">
+        <v>1519</v>
+      </c>
+      <c r="AB162" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC162" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD162" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="163" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A163" s="29" t="s">
+        <v>189</v>
+      </c>
+      <c r="B163" s="23"/>
+      <c r="C163" s="23"/>
+      <c r="D163" s="9">
+        <v>1</v>
+      </c>
+      <c r="E163" s="9"/>
+      <c r="F163" s="9"/>
+      <c r="G163" s="59"/>
+      <c r="H163" s="71"/>
+      <c r="I163" s="71" t="s">
+        <v>1520</v>
+      </c>
+      <c r="J163" s="71" t="s">
+        <v>1521</v>
+      </c>
+      <c r="K163" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L163" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M163" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N163" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O163" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P163" s="71" t="s">
+        <v>1522</v>
+      </c>
+      <c r="Q163" s="71" t="s">
+        <v>1523</v>
+      </c>
+      <c r="R163" s="71" t="s">
+        <v>1524</v>
+      </c>
+      <c r="S163" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T163" s="71" t="s">
+        <v>1525</v>
+      </c>
+      <c r="U163" s="71" t="s">
+        <v>1244</v>
+      </c>
+      <c r="V163" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W163" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X163" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y163" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z163" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA163" s="71" t="s">
+        <v>1526</v>
+      </c>
+      <c r="AB163" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC163" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD163" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="164" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A164" s="29" t="s">
+        <v>225</v>
+      </c>
+      <c r="B164" s="23"/>
+      <c r="C164" s="23"/>
+      <c r="D164" s="9">
+        <v>1</v>
+      </c>
+      <c r="E164" s="9"/>
+      <c r="F164" s="9"/>
+      <c r="G164" s="59"/>
+      <c r="H164" s="71"/>
+      <c r="I164" s="71" t="s">
+        <v>1527</v>
+      </c>
+      <c r="J164" s="71" t="s">
+        <v>1528</v>
+      </c>
+      <c r="K164" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L164" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M164" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N164" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O164" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P164" s="71" t="s">
+        <v>1529</v>
+      </c>
+      <c r="Q164" s="71" t="s">
+        <v>1530</v>
+      </c>
+      <c r="R164" s="71" t="s">
+        <v>1531</v>
+      </c>
+      <c r="S164" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T164" s="71" t="s">
+        <v>1532</v>
+      </c>
+      <c r="U164" s="71" t="s">
+        <v>1252</v>
+      </c>
+      <c r="V164" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W164" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X164" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y164" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z164" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA164" s="71" t="s">
+        <v>1533</v>
+      </c>
+      <c r="AB164" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC164" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD164" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="165" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A165" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="B165" s="19">
+        <v>1</v>
+      </c>
+      <c r="C165" s="19"/>
+      <c r="D165" s="9">
+        <v>1</v>
+      </c>
+      <c r="E165" s="9"/>
+      <c r="F165" s="9"/>
+      <c r="G165" s="65"/>
+      <c r="H165" s="71"/>
+      <c r="I165" s="71" t="s">
+        <v>1534</v>
+      </c>
+      <c r="J165" s="71" t="s">
+        <v>1535</v>
+      </c>
+      <c r="K165" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L165" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M165" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N165" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O165" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P165" s="71" t="s">
+        <v>1320</v>
+      </c>
+      <c r="Q165" s="71" t="s">
+        <v>1536</v>
+      </c>
+      <c r="R165" s="71" t="s">
+        <v>1537</v>
+      </c>
+      <c r="S165" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T165" s="71" t="s">
+        <v>1538</v>
+      </c>
+      <c r="U165" s="71" t="s">
+        <v>1317</v>
+      </c>
+      <c r="V165" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W165" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X165" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y165" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z165" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA165" s="71" t="s">
+        <v>1268</v>
+      </c>
+      <c r="AB165" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC165" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD165" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="166" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A166" s="27" t="s">
+        <v>71</v>
+      </c>
+      <c r="B166" s="19">
+        <v>1</v>
+      </c>
+      <c r="C166" s="19"/>
+      <c r="D166" s="9">
+        <v>1</v>
+      </c>
+      <c r="E166" s="9"/>
+      <c r="F166" s="9"/>
+      <c r="G166" s="65"/>
+      <c r="H166" s="71"/>
+      <c r="I166" s="71" t="s">
+        <v>1539</v>
+      </c>
+      <c r="J166" s="71" t="s">
+        <v>1540</v>
+      </c>
+      <c r="K166" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L166" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M166" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N166" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O166" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P166" s="71" t="s">
+        <v>1541</v>
+      </c>
+      <c r="Q166" s="71" t="s">
+        <v>1542</v>
+      </c>
+      <c r="R166" s="71" t="s">
+        <v>1543</v>
+      </c>
+      <c r="S166" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T166" s="71" t="s">
+        <v>1544</v>
+      </c>
+      <c r="U166" s="71" t="s">
+        <v>1357</v>
+      </c>
+      <c r="V166" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W166" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X166" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y166" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z166" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA166" s="71" t="s">
+        <v>1293</v>
+      </c>
+      <c r="AB166" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC166" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD166" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="167" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A167" s="29" t="s">
+        <v>212</v>
+      </c>
+      <c r="B167" s="23"/>
+      <c r="C167" s="23"/>
+      <c r="D167" s="9">
+        <v>1</v>
+      </c>
+      <c r="E167" s="9"/>
+      <c r="F167" s="9"/>
+      <c r="G167" s="59"/>
+      <c r="H167" s="71"/>
+      <c r="I167" s="71" t="s">
+        <v>1545</v>
+      </c>
+      <c r="J167" s="71" t="s">
+        <v>1546</v>
+      </c>
+      <c r="K167" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L167" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M167" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N167" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O167" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P167" s="71" t="s">
+        <v>1541</v>
+      </c>
+      <c r="Q167" s="71" t="s">
+        <v>1547</v>
+      </c>
+      <c r="R167" s="71" t="s">
+        <v>1548</v>
+      </c>
+      <c r="S167" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T167" s="71" t="s">
+        <v>1549</v>
+      </c>
+      <c r="U167" s="71" t="s">
+        <v>1357</v>
+      </c>
+      <c r="V167" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W167" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X167" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y167" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z167" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA167" s="71" t="s">
+        <v>1245</v>
+      </c>
+      <c r="AB167" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC167" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD167" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="168" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A168" s="27" t="s">
+        <v>73</v>
+      </c>
+      <c r="B168" s="19">
+        <v>1</v>
+      </c>
+      <c r="C168" s="19"/>
+      <c r="D168" s="9"/>
+      <c r="E168" s="9"/>
+      <c r="F168" s="9"/>
+      <c r="G168" s="65"/>
+      <c r="H168" s="71"/>
+      <c r="I168" s="71" t="s">
+        <v>1550</v>
+      </c>
+      <c r="J168" s="71" t="s">
+        <v>1551</v>
+      </c>
+      <c r="K168" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L168" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M168" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N168" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O168" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P168" s="71" t="s">
+        <v>1552</v>
+      </c>
+      <c r="Q168" s="71" t="s">
+        <v>1553</v>
+      </c>
+      <c r="R168" s="71" t="s">
+        <v>1554</v>
+      </c>
+      <c r="S168" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T168" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U168" s="71" t="s">
+        <v>1244</v>
+      </c>
+      <c r="V168" s="71" t="s">
+        <v>307</v>
+      </c>
+      <c r="W168" s="71" t="s">
+        <v>511</v>
+      </c>
+      <c r="X168" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y168" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z168" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA168" s="71" t="s">
+        <v>1468</v>
+      </c>
+      <c r="AB168" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC168" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD168" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="169" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A169" s="29" t="s">
+        <v>173</v>
+      </c>
+      <c r="B169" s="23"/>
+      <c r="C169" s="23"/>
+      <c r="D169" s="9">
+        <v>1</v>
+      </c>
+      <c r="E169" s="9"/>
+      <c r="F169" s="9"/>
+      <c r="G169" s="59"/>
+      <c r="H169" s="71"/>
+      <c r="I169" s="71" t="s">
+        <v>1555</v>
+      </c>
+      <c r="J169" s="71" t="s">
+        <v>1556</v>
+      </c>
+      <c r="K169" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L169" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M169" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N169" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O169" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P169" s="71" t="s">
+        <v>1471</v>
+      </c>
+      <c r="Q169" s="71" t="s">
+        <v>1472</v>
+      </c>
+      <c r="R169" s="71" t="s">
+        <v>1473</v>
+      </c>
+      <c r="S169" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T169" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U169" s="71" t="s">
+        <v>1474</v>
+      </c>
+      <c r="V169" s="71" t="s">
+        <v>307</v>
+      </c>
+      <c r="W169" s="71" t="s">
+        <v>511</v>
+      </c>
+      <c r="X169" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y169" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z169" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA169" s="71" t="s">
+        <v>1468</v>
+      </c>
+      <c r="AB169" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC169" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD169" s="71" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="170" spans="1:31" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A170" s="27" t="s">
+        <v>74</v>
+      </c>
+      <c r="B170" s="19">
+        <v>1</v>
+      </c>
+      <c r="C170" s="19"/>
+      <c r="D170" s="9"/>
+      <c r="E170" s="9"/>
+      <c r="F170" s="9"/>
+      <c r="G170" s="65"/>
+      <c r="H170" s="71"/>
+      <c r="I170" s="71" t="s">
+        <v>1557</v>
+      </c>
+      <c r="J170" s="71" t="s">
+        <v>1558</v>
+      </c>
+      <c r="K170" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L170" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M170" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N170" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O170" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P170" s="71" t="s">
+        <v>1559</v>
+      </c>
+      <c r="Q170" s="71" t="s">
+        <v>1560</v>
+      </c>
+      <c r="R170" s="71" t="s">
+        <v>1561</v>
+      </c>
+      <c r="S170" s="71" t="s">
+        <v>1562</v>
+      </c>
+      <c r="T170" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U170" s="71" t="s">
+        <v>1474</v>
+      </c>
+      <c r="V170" s="71" t="s">
+        <v>307</v>
+      </c>
+      <c r="W170" s="71" t="s">
+        <v>511</v>
+      </c>
+      <c r="X170" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y170" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z170" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA170" s="71" t="s">
+        <v>1468</v>
+      </c>
+      <c r="AB170" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC170" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD170" s="71" t="s">
+        <v>493</v>
+      </c>
+      <c r="AE170" s="23"/>
+    </row>
+    <row r="171" spans="1:31" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A171" s="29" t="s">
+        <v>261</v>
+      </c>
+      <c r="B171" s="23"/>
+      <c r="C171" s="23"/>
+      <c r="D171" s="9">
+        <v>1</v>
+      </c>
+      <c r="E171" s="9"/>
+      <c r="F171" s="9"/>
+      <c r="G171" s="59"/>
+      <c r="H171" s="71"/>
+      <c r="I171" s="71" t="s">
+        <v>1563</v>
+      </c>
+      <c r="J171" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K171" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L171" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M171" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N171" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O171" s="71" t="s">
+        <v>1564</v>
+      </c>
+      <c r="P171" s="71" t="s">
+        <v>1565</v>
+      </c>
+      <c r="Q171" s="71" t="s">
+        <v>1566</v>
+      </c>
+      <c r="R171" s="71" t="s">
+        <v>1567</v>
+      </c>
+      <c r="S171" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T171" s="71" t="s">
+        <v>1568</v>
+      </c>
+      <c r="U171" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V171" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W171" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X171" s="71" t="s">
+        <v>1364</v>
+      </c>
+      <c r="Y171" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z171" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA171" s="71">
+        <v>0</v>
+      </c>
+      <c r="AB171" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC171" s="71" t="s">
+        <v>1569</v>
+      </c>
+      <c r="AD171" s="71" t="s">
+        <v>523</v>
+      </c>
+      <c r="AE171" s="23"/>
+    </row>
+    <row r="172" spans="1:31" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A172" s="27" t="s">
+        <v>56</v>
+      </c>
+      <c r="B172" s="19">
+        <v>1</v>
+      </c>
+      <c r="C172" s="19"/>
+      <c r="D172" s="9">
+        <v>1</v>
+      </c>
+      <c r="E172" s="9"/>
+      <c r="F172" s="9"/>
+      <c r="G172" s="65"/>
+      <c r="H172" s="71"/>
+      <c r="I172" s="71" t="s">
+        <v>1570</v>
+      </c>
+      <c r="J172" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K172" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L172" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M172" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N172" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O172" s="71" t="s">
+        <v>1564</v>
+      </c>
+      <c r="P172" s="71" t="s">
+        <v>1571</v>
+      </c>
+      <c r="Q172" s="71" t="s">
+        <v>1572</v>
+      </c>
+      <c r="R172" s="71" t="s">
+        <v>1573</v>
+      </c>
+      <c r="S172" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T172" s="71" t="s">
+        <v>1574</v>
+      </c>
+      <c r="U172" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V172" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W172" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X172" s="71" t="s">
+        <v>1364</v>
+      </c>
+      <c r="Y172" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z172" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA172" s="71">
+        <v>0</v>
+      </c>
+      <c r="AB172" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC172" s="71" t="s">
+        <v>1569</v>
+      </c>
+      <c r="AD172" s="71" t="s">
+        <v>523</v>
+      </c>
+      <c r="AE172" s="23"/>
+    </row>
+    <row r="173" spans="1:31" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A173" s="27" t="s">
+        <v>57</v>
+      </c>
+      <c r="B173" s="19">
+        <v>1</v>
+      </c>
+      <c r="C173" s="19"/>
+      <c r="D173" s="9">
+        <v>1</v>
+      </c>
+      <c r="E173" s="9"/>
+      <c r="F173" s="9"/>
+      <c r="G173" s="65"/>
+      <c r="H173" s="71"/>
+      <c r="I173" s="71" t="s">
+        <v>1575</v>
+      </c>
+      <c r="J173" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K173" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L173" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M173" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N173" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O173" s="71" t="s">
+        <v>1564</v>
+      </c>
+      <c r="P173" s="71" t="s">
+        <v>1576</v>
+      </c>
+      <c r="Q173" s="71" t="s">
+        <v>1577</v>
+      </c>
+      <c r="R173" s="71" t="s">
+        <v>1578</v>
+      </c>
+      <c r="S173" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T173" s="71" t="s">
+        <v>1579</v>
+      </c>
+      <c r="U173" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V173" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W173" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X173" s="71" t="s">
+        <v>1364</v>
+      </c>
+      <c r="Y173" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z173" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA173" s="71">
+        <v>0</v>
+      </c>
+      <c r="AB173" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC173" s="71" t="s">
+        <v>1569</v>
+      </c>
+      <c r="AD173" s="71" t="s">
+        <v>523</v>
+      </c>
+      <c r="AE173" s="23"/>
+    </row>
+    <row r="174" spans="1:31" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A174" s="27" t="s">
+        <v>58</v>
+      </c>
+      <c r="B174" s="19">
+        <v>1</v>
+      </c>
+      <c r="C174" s="19"/>
+      <c r="D174" s="9"/>
+      <c r="E174" s="9"/>
+      <c r="F174" s="9"/>
+      <c r="G174" s="65"/>
+      <c r="H174" s="71"/>
+      <c r="I174" s="71" t="s">
+        <v>1580</v>
+      </c>
+      <c r="J174" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K174" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L174" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M174" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N174" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O174" s="71" t="s">
+        <v>1564</v>
+      </c>
+      <c r="P174" s="71" t="s">
+        <v>1581</v>
+      </c>
+      <c r="Q174" s="71" t="s">
+        <v>1582</v>
+      </c>
+      <c r="R174" s="71" t="s">
+        <v>1583</v>
+      </c>
+      <c r="S174" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T174" s="71" t="s">
+        <v>1584</v>
+      </c>
+      <c r="U174" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V174" s="71" t="s">
+        <v>309</v>
+      </c>
+      <c r="W174" s="71" t="s">
+        <v>745</v>
+      </c>
+      <c r="X174" s="71" t="s">
+        <v>1364</v>
+      </c>
+      <c r="Y174" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z174" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA174" s="71" t="s">
+        <v>1585</v>
+      </c>
+      <c r="AB174" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC174" s="71" t="s">
+        <v>1569</v>
+      </c>
+      <c r="AD174" s="71" t="s">
+        <v>523</v>
+      </c>
+      <c r="AE174" s="23"/>
+    </row>
+    <row r="175" spans="1:31" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A175" s="27" t="s">
+        <v>29</v>
+      </c>
+      <c r="B175" s="19">
+        <v>1</v>
+      </c>
+      <c r="C175" s="19"/>
+      <c r="D175" s="9">
+        <v>1</v>
+      </c>
+      <c r="E175" s="9"/>
+      <c r="F175" s="9"/>
+      <c r="G175" s="65">
+        <v>1</v>
+      </c>
+      <c r="H175" s="71"/>
+      <c r="I175" s="71" t="s">
+        <v>1586</v>
+      </c>
+      <c r="J175" s="71" t="s">
+        <v>1587</v>
+      </c>
+      <c r="K175" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L175" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M175" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N175" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O175" s="71" t="s">
+        <v>705</v>
+      </c>
+      <c r="P175" s="71" t="s">
+        <v>1313</v>
+      </c>
+      <c r="Q175" s="71" t="s">
+        <v>1588</v>
+      </c>
+      <c r="R175" s="71" t="s">
+        <v>1589</v>
+      </c>
+      <c r="S175" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T175" s="71" t="s">
+        <v>1590</v>
+      </c>
+      <c r="U175" s="71" t="s">
+        <v>1317</v>
+      </c>
+      <c r="V175" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W175" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X175" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Y175" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z175" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA175" s="71" t="s">
+        <v>1245</v>
+      </c>
+      <c r="AB175" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC175" s="71" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AD175" s="71" t="s">
+        <v>523</v>
+      </c>
+      <c r="AE175" s="23"/>
+    </row>
+    <row r="176" spans="1:31" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A176" s="27" t="s">
+        <v>116</v>
+      </c>
+      <c r="B176" s="19">
+        <v>1</v>
+      </c>
+      <c r="C176" s="19"/>
+      <c r="D176" s="9"/>
+      <c r="E176" s="9"/>
+      <c r="F176" s="9"/>
+      <c r="G176" s="65"/>
+      <c r="H176" s="71"/>
+      <c r="I176" s="71" t="s">
+        <v>1591</v>
+      </c>
+      <c r="J176" s="71" t="s">
+        <v>1592</v>
+      </c>
+      <c r="K176" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L176" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M176" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N176" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O176" s="71" t="s">
+        <v>1477</v>
+      </c>
+      <c r="P176" s="71" t="s">
+        <v>1593</v>
+      </c>
+      <c r="Q176" s="71" t="s">
+        <v>1594</v>
+      </c>
+      <c r="R176" s="71" t="s">
+        <v>1595</v>
+      </c>
+      <c r="S176" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T176" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U176" s="71" t="s">
+        <v>1496</v>
+      </c>
+      <c r="V176" s="71" t="s">
+        <v>307</v>
+      </c>
+      <c r="W176" s="71" t="s">
+        <v>511</v>
+      </c>
+      <c r="X176" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="Y176" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z176" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA176" s="71" t="s">
+        <v>1596</v>
+      </c>
+      <c r="AB176" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC176" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="AD176" s="71" t="s">
+        <v>493</v>
+      </c>
+      <c r="AE176" s="23"/>
+    </row>
+    <row r="177" spans="1:31" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A177" s="27" t="s">
+        <v>59</v>
+      </c>
+      <c r="B177" s="19">
+        <v>1</v>
+      </c>
+      <c r="C177" s="19"/>
+      <c r="D177" s="9">
+        <v>1</v>
+      </c>
+      <c r="E177" s="9"/>
+      <c r="F177" s="9"/>
+      <c r="G177" s="65"/>
+      <c r="H177" s="71"/>
+      <c r="I177" s="71" t="s">
+        <v>1597</v>
+      </c>
+      <c r="J177" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K177" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L177" s="71" t="s">
+        <v>518</v>
+      </c>
+      <c r="M177" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N177" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O177" s="71" t="s">
+        <v>1564</v>
+      </c>
+      <c r="P177" s="71" t="s">
+        <v>1598</v>
+      </c>
+      <c r="Q177" s="71" t="s">
+        <v>1599</v>
+      </c>
+      <c r="R177" s="71" t="s">
+        <v>1600</v>
+      </c>
+      <c r="S177" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T177" s="71" t="s">
+        <v>1601</v>
+      </c>
+      <c r="U177" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V177" s="71" t="s">
+        <v>309</v>
+      </c>
+      <c r="W177" s="71" t="s">
+        <v>745</v>
+      </c>
+      <c r="X177" s="71" t="s">
+        <v>1364</v>
+      </c>
+      <c r="Y177" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z177" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA177" s="71" t="s">
+        <v>1585</v>
+      </c>
+      <c r="AB177" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC177" s="71" t="s">
+        <v>1569</v>
+      </c>
+      <c r="AD177" s="71" t="s">
+        <v>523</v>
+      </c>
+      <c r="AE177" s="23"/>
+    </row>
+    <row r="178" spans="1:31" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A178" s="27" t="s">
+        <v>39</v>
+      </c>
+      <c r="B178" s="19">
+        <v>1</v>
+      </c>
+      <c r="C178" s="19"/>
+      <c r="D178" s="9"/>
+      <c r="E178" s="9"/>
+      <c r="F178" s="9"/>
+      <c r="G178" s="65"/>
+      <c r="H178" s="71"/>
+      <c r="I178" s="71" t="s">
+        <v>1602</v>
+      </c>
+      <c r="J178" s="71" t="s">
+        <v>1603</v>
+      </c>
+      <c r="K178" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L178" s="71" t="s">
+        <v>1359</v>
+      </c>
+      <c r="M178" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N178" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O178" s="71" t="s">
+        <v>1477</v>
+      </c>
+      <c r="P178" s="71" t="s">
+        <v>1604</v>
+      </c>
+      <c r="Q178" s="71" t="s">
+        <v>1605</v>
+      </c>
+      <c r="R178" s="71" t="s">
+        <v>1606</v>
+      </c>
+      <c r="S178" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T178" s="71" t="s">
+        <v>1607</v>
+      </c>
+      <c r="U178" s="71" t="s">
+        <v>1608</v>
+      </c>
+      <c r="V178" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W178" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X178" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="Y178" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z178" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA178" s="71" t="s">
+        <v>1609</v>
+      </c>
+      <c r="AB178" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC178" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="AD178" s="71" t="s">
+        <v>1366</v>
+      </c>
+      <c r="AE178" s="23"/>
+    </row>
+    <row r="179" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A179" s="27" t="s">
+        <v>40</v>
+      </c>
+      <c r="B179" s="19">
+        <v>1</v>
+      </c>
+      <c r="C179" s="19"/>
+      <c r="G179" s="65"/>
+      <c r="H179" s="71"/>
+      <c r="I179" s="71" t="s">
+        <v>1610</v>
+      </c>
+      <c r="J179" s="71" t="s">
+        <v>1611</v>
+      </c>
+      <c r="K179" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L179" s="71" t="s">
+        <v>1359</v>
+      </c>
+      <c r="M179" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N179" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O179" s="71" t="s">
+        <v>1477</v>
+      </c>
+      <c r="P179" s="71" t="s">
+        <v>1612</v>
+      </c>
+      <c r="Q179" s="71" t="s">
+        <v>1613</v>
+      </c>
+      <c r="R179" s="71" t="s">
+        <v>1614</v>
+      </c>
+      <c r="S179" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T179" s="71" t="s">
+        <v>1615</v>
+      </c>
+      <c r="U179" s="71" t="s">
+        <v>1608</v>
+      </c>
+      <c r="V179" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W179" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X179" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="Y179" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z179" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA179" s="71" t="s">
+        <v>1616</v>
+      </c>
+      <c r="AB179" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC179" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="AD179" s="71" t="s">
+        <v>1366</v>
+      </c>
+      <c r="AE179" s="23"/>
+    </row>
+    <row r="180" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A180" s="27" t="s">
+        <v>41</v>
+      </c>
+      <c r="B180" s="19">
+        <v>1</v>
+      </c>
+      <c r="C180" s="19"/>
+      <c r="G180" s="65"/>
+      <c r="H180" s="71"/>
+      <c r="I180" s="71" t="s">
+        <v>1617</v>
+      </c>
+      <c r="J180" s="71" t="s">
+        <v>1618</v>
+      </c>
+      <c r="K180" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L180" s="71" t="s">
+        <v>1359</v>
+      </c>
+      <c r="M180" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N180" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O180" s="71" t="s">
+        <v>1477</v>
+      </c>
+      <c r="P180" s="71" t="s">
+        <v>1619</v>
+      </c>
+      <c r="Q180" s="71" t="s">
+        <v>1620</v>
+      </c>
+      <c r="R180" s="71" t="s">
+        <v>1621</v>
+      </c>
+      <c r="S180" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T180" s="71" t="s">
+        <v>1622</v>
+      </c>
+      <c r="U180" s="71" t="s">
+        <v>1623</v>
+      </c>
+      <c r="V180" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W180" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X180" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="Y180" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z180" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA180" s="71" t="s">
+        <v>1624</v>
+      </c>
+      <c r="AB180" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC180" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="AD180" s="71" t="s">
+        <v>1366</v>
+      </c>
+      <c r="AE180" s="23"/>
+    </row>
+    <row r="181" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A181" s="27" t="s">
+        <v>42</v>
+      </c>
+      <c r="B181" s="19">
+        <v>1</v>
+      </c>
+      <c r="C181" s="19"/>
+      <c r="G181" s="65"/>
+      <c r="H181" s="71"/>
+      <c r="I181" s="71" t="s">
+        <v>1625</v>
+      </c>
+      <c r="J181" s="71" t="s">
+        <v>1626</v>
+      </c>
+      <c r="K181" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L181" s="71" t="s">
+        <v>1359</v>
+      </c>
+      <c r="M181" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N181" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O181" s="71" t="s">
+        <v>1477</v>
+      </c>
+      <c r="P181" s="71" t="s">
+        <v>1627</v>
+      </c>
+      <c r="Q181" s="71" t="s">
+        <v>1628</v>
+      </c>
+      <c r="R181" s="71" t="s">
+        <v>1629</v>
+      </c>
+      <c r="S181" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T181" s="71" t="s">
+        <v>1630</v>
+      </c>
+      <c r="U181" s="71" t="s">
+        <v>1631</v>
+      </c>
+      <c r="V181" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W181" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X181" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="Y181" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z181" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA181" s="71" t="s">
+        <v>1632</v>
+      </c>
+      <c r="AB181" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC181" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="AD181" s="71" t="s">
+        <v>1366</v>
+      </c>
+      <c r="AE181" s="23"/>
+    </row>
+    <row r="182" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A182" s="27" t="s">
+        <v>43</v>
+      </c>
+      <c r="B182" s="19">
+        <v>1</v>
+      </c>
+      <c r="C182" s="19"/>
+      <c r="G182" s="65"/>
+      <c r="H182" s="71"/>
+      <c r="I182" s="71" t="s">
+        <v>1633</v>
+      </c>
+      <c r="J182" s="71" t="s">
+        <v>1634</v>
+      </c>
+      <c r="K182" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L182" s="71" t="s">
+        <v>1359</v>
+      </c>
+      <c r="M182" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N182" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O182" s="71" t="s">
+        <v>1477</v>
+      </c>
+      <c r="P182" s="71" t="s">
+        <v>1635</v>
+      </c>
+      <c r="Q182" s="71" t="s">
+        <v>1636</v>
+      </c>
+      <c r="R182" s="71" t="s">
+        <v>1637</v>
+      </c>
+      <c r="S182" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T182" s="71" t="s">
+        <v>1133</v>
+      </c>
+      <c r="U182" s="71" t="s">
+        <v>1631</v>
+      </c>
+      <c r="V182" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W182" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X182" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="Y182" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z182" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA182" s="71" t="s">
+        <v>1638</v>
+      </c>
+      <c r="AB182" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC182" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="AD182" s="71" t="s">
+        <v>1366</v>
+      </c>
+      <c r="AE182" s="23"/>
+    </row>
+    <row r="183" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A183" s="27" t="s">
+        <v>44</v>
+      </c>
+      <c r="B183" s="19">
+        <v>1</v>
+      </c>
+      <c r="C183" s="19"/>
+      <c r="G183" s="65"/>
+      <c r="H183" s="71"/>
+      <c r="I183" s="71" t="s">
+        <v>1639</v>
+      </c>
+      <c r="J183" s="71" t="s">
+        <v>1640</v>
+      </c>
+      <c r="K183" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L183" s="71" t="s">
+        <v>1359</v>
+      </c>
+      <c r="M183" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N183" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O183" s="71" t="s">
+        <v>1477</v>
+      </c>
+      <c r="P183" s="71" t="s">
+        <v>1641</v>
+      </c>
+      <c r="Q183" s="71" t="s">
+        <v>1642</v>
+      </c>
+      <c r="R183" s="71" t="s">
+        <v>1643</v>
+      </c>
+      <c r="S183" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T183" s="71" t="s">
+        <v>1644</v>
+      </c>
+      <c r="U183" s="71" t="s">
+        <v>1645</v>
+      </c>
+      <c r="V183" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W183" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X183" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="Y183" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z183" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA183" s="71" t="s">
+        <v>1646</v>
+      </c>
+      <c r="AB183" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC183" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="AD183" s="71" t="s">
+        <v>1366</v>
+      </c>
+      <c r="AE183" s="23"/>
+    </row>
+    <row r="184" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A184" s="27" t="s">
+        <v>45</v>
+      </c>
+      <c r="B184" s="19">
+        <v>1</v>
+      </c>
+      <c r="C184" s="19"/>
+      <c r="G184" s="65"/>
+      <c r="H184" s="71"/>
+      <c r="I184" s="71" t="s">
+        <v>1647</v>
+      </c>
+      <c r="J184" s="71" t="s">
+        <v>1648</v>
+      </c>
+      <c r="K184" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L184" s="71" t="s">
+        <v>1359</v>
+      </c>
+      <c r="M184" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N184" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O184" s="71" t="s">
+        <v>1477</v>
+      </c>
+      <c r="P184" s="71" t="s">
+        <v>1649</v>
+      </c>
+      <c r="Q184" s="71" t="s">
+        <v>1650</v>
+      </c>
+      <c r="R184" s="71" t="s">
+        <v>1651</v>
+      </c>
+      <c r="S184" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T184" s="71" t="s">
+        <v>1549</v>
+      </c>
+      <c r="U184" s="71" t="s">
+        <v>1496</v>
+      </c>
+      <c r="V184" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W184" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="X184" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="Y184" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z184" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA184" s="71" t="s">
+        <v>1652</v>
+      </c>
+      <c r="AB184" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC184" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="AD184" s="71" t="s">
+        <v>1366</v>
+      </c>
+      <c r="AE184" s="23"/>
+    </row>
+    <row r="185" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A185" s="27" t="s">
+        <v>32</v>
+      </c>
+      <c r="B185" s="19">
+        <v>1</v>
+      </c>
+      <c r="C185" s="19"/>
+      <c r="G185" s="65"/>
+      <c r="H185" s="71"/>
+      <c r="I185" s="71" t="s">
+        <v>1653</v>
+      </c>
+      <c r="J185" s="71" t="s">
+        <v>1654</v>
+      </c>
+      <c r="K185" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L185" s="71" t="s">
+        <v>1359</v>
+      </c>
+      <c r="M185" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N185" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O185" s="71" t="s">
+        <v>1500</v>
+      </c>
+      <c r="P185" s="71" t="s">
+        <v>1655</v>
+      </c>
+      <c r="Q185" s="71" t="s">
+        <v>1656</v>
+      </c>
+      <c r="R185" s="71" t="s">
+        <v>1657</v>
+      </c>
+      <c r="S185" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T185" s="71" t="s">
+        <v>1658</v>
+      </c>
+      <c r="U185" s="71" t="s">
+        <v>1659</v>
+      </c>
+      <c r="V185" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W185" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X185" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="Y185" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z185" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA185" s="71" t="s">
+        <v>1660</v>
+      </c>
+      <c r="AB185" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC185" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="AD185" s="71" t="s">
+        <v>1366</v>
+      </c>
+      <c r="AE185" s="23"/>
+    </row>
+    <row r="186" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A186" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="B186" s="19">
+        <v>1</v>
+      </c>
+      <c r="C186" s="19"/>
+      <c r="G186" s="65"/>
+      <c r="H186" s="71"/>
+      <c r="I186" s="71" t="s">
+        <v>1661</v>
+      </c>
+      <c r="J186" s="71" t="s">
+        <v>1662</v>
+      </c>
+      <c r="K186" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L186" s="71" t="s">
+        <v>1359</v>
+      </c>
+      <c r="M186" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N186" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O186" s="71" t="s">
+        <v>1500</v>
+      </c>
+      <c r="P186" s="71" t="s">
+        <v>1663</v>
+      </c>
+      <c r="Q186" s="71" t="s">
+        <v>1664</v>
+      </c>
+      <c r="R186" s="71" t="s">
+        <v>1665</v>
+      </c>
+      <c r="S186" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T186" s="71" t="s">
+        <v>1666</v>
+      </c>
+      <c r="U186" s="71" t="s">
+        <v>1659</v>
+      </c>
+      <c r="V186" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W186" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X186" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="Y186" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z186" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA186" s="71" t="s">
+        <v>1667</v>
+      </c>
+      <c r="AB186" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC186" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="AD186" s="71" t="s">
+        <v>1366</v>
+      </c>
+      <c r="AE186" s="23"/>
+    </row>
+    <row r="187" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A187" s="27" t="s">
+        <v>34</v>
+      </c>
+      <c r="B187" s="19">
+        <v>1</v>
+      </c>
+      <c r="C187" s="19"/>
+      <c r="G187" s="65"/>
+      <c r="H187" s="71"/>
+      <c r="I187" s="71" t="s">
+        <v>1668</v>
+      </c>
+      <c r="J187" s="71" t="s">
+        <v>1669</v>
+      </c>
+      <c r="K187" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L187" s="71" t="s">
+        <v>1359</v>
+      </c>
+      <c r="M187" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N187" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O187" s="71" t="s">
+        <v>1500</v>
+      </c>
+      <c r="P187" s="71" t="s">
+        <v>1670</v>
+      </c>
+      <c r="Q187" s="71" t="s">
+        <v>1671</v>
+      </c>
+      <c r="R187" s="71" t="s">
+        <v>1672</v>
+      </c>
+      <c r="S187" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T187" s="71" t="s">
+        <v>1673</v>
+      </c>
+      <c r="U187" s="71" t="s">
+        <v>1674</v>
+      </c>
+      <c r="V187" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W187" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X187" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="Y187" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z187" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA187" s="71" t="s">
+        <v>1675</v>
+      </c>
+      <c r="AB187" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC187" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="AD187" s="71" t="s">
+        <v>1366</v>
+      </c>
+      <c r="AE187" s="23"/>
+    </row>
+    <row r="188" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A188" s="27" t="s">
+        <v>35</v>
+      </c>
+      <c r="B188" s="19">
+        <v>1</v>
+      </c>
+      <c r="C188" s="19"/>
+      <c r="G188" s="65"/>
+      <c r="H188" s="71"/>
+      <c r="I188" s="71" t="s">
+        <v>1676</v>
+      </c>
+      <c r="J188" s="71" t="s">
+        <v>1677</v>
+      </c>
+      <c r="K188" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L188" s="71" t="s">
+        <v>1359</v>
+      </c>
+      <c r="M188" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N188" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O188" s="71" t="s">
+        <v>1500</v>
+      </c>
+      <c r="P188" s="71" t="s">
+        <v>1678</v>
+      </c>
+      <c r="Q188" s="71" t="s">
+        <v>1679</v>
+      </c>
+      <c r="R188" s="71" t="s">
+        <v>1680</v>
+      </c>
+      <c r="S188" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T188" s="71" t="s">
+        <v>1681</v>
+      </c>
+      <c r="U188" s="71" t="s">
+        <v>1674</v>
+      </c>
+      <c r="V188" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W188" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X188" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="Y188" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z188" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA188" s="71" t="s">
+        <v>1682</v>
+      </c>
+      <c r="AB188" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC188" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="AD188" s="71" t="s">
+        <v>1366</v>
+      </c>
+      <c r="AE188" s="23"/>
+    </row>
+    <row r="189" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A189" s="28" t="s">
+        <v>28</v>
+      </c>
+      <c r="B189" s="20"/>
+      <c r="C189" s="20"/>
+      <c r="D189" s="30"/>
+      <c r="E189" s="30"/>
+      <c r="F189" s="30"/>
+      <c r="G189" s="66">
+        <v>1</v>
+      </c>
+      <c r="H189" s="71"/>
+      <c r="I189" s="71" t="s">
+        <v>1683</v>
+      </c>
+      <c r="J189" s="71" t="s">
+        <v>1684</v>
+      </c>
+      <c r="K189" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L189" s="71" t="s">
+        <v>1359</v>
+      </c>
+      <c r="M189" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N189" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O189" s="71" t="s">
+        <v>1500</v>
+      </c>
+      <c r="P189" s="71" t="s">
+        <v>1685</v>
+      </c>
+      <c r="Q189" s="71" t="s">
+        <v>1686</v>
+      </c>
+      <c r="R189" s="71" t="s">
+        <v>1687</v>
+      </c>
+      <c r="S189" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T189" s="71" t="s">
+        <v>1688</v>
+      </c>
+      <c r="U189" s="71" t="s">
+        <v>1689</v>
+      </c>
+      <c r="V189" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W189" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X189" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="Y189" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z189" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA189" s="71" t="s">
+        <v>1690</v>
+      </c>
+      <c r="AB189" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC189" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="AD189" s="71" t="s">
+        <v>1366</v>
+      </c>
+      <c r="AE189" s="23"/>
+    </row>
+    <row r="190" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A190" s="27" t="s">
+        <v>36</v>
+      </c>
+      <c r="B190" s="19">
+        <v>1</v>
+      </c>
+      <c r="C190" s="19"/>
+      <c r="G190" s="65"/>
+      <c r="H190" s="71"/>
+      <c r="I190" s="71" t="s">
+        <v>1691</v>
+      </c>
+      <c r="J190" s="71" t="s">
+        <v>1692</v>
+      </c>
+      <c r="K190" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L190" s="71" t="s">
+        <v>1359</v>
+      </c>
+      <c r="M190" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N190" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O190" s="71" t="s">
+        <v>1500</v>
+      </c>
+      <c r="P190" s="71" t="s">
+        <v>1685</v>
+      </c>
+      <c r="Q190" s="71" t="s">
+        <v>1693</v>
+      </c>
+      <c r="R190" s="71" t="s">
+        <v>1694</v>
+      </c>
+      <c r="S190" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T190" s="71" t="s">
+        <v>1695</v>
+      </c>
+      <c r="U190" s="71" t="s">
+        <v>1689</v>
+      </c>
+      <c r="V190" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W190" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X190" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="Y190" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z190" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA190" s="71" t="s">
+        <v>1696</v>
+      </c>
+      <c r="AB190" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC190" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="AD190" s="71" t="s">
+        <v>1366</v>
+      </c>
+      <c r="AE190" s="23"/>
+    </row>
+    <row r="191" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A191" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="B191" s="19">
+        <v>1</v>
+      </c>
+      <c r="C191" s="19"/>
+      <c r="G191" s="65"/>
+      <c r="H191" s="71"/>
+      <c r="I191" s="71" t="s">
+        <v>1697</v>
+      </c>
+      <c r="J191" s="71" t="s">
+        <v>1698</v>
+      </c>
+      <c r="K191" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L191" s="71" t="s">
+        <v>1359</v>
+      </c>
+      <c r="M191" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N191" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O191" s="71" t="s">
+        <v>1500</v>
+      </c>
+      <c r="P191" s="71" t="s">
+        <v>1685</v>
+      </c>
+      <c r="Q191" s="71" t="s">
+        <v>1699</v>
+      </c>
+      <c r="R191" s="71" t="s">
+        <v>1700</v>
+      </c>
+      <c r="S191" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T191" s="71" t="s">
+        <v>1316</v>
+      </c>
+      <c r="U191" s="71" t="s">
+        <v>1689</v>
+      </c>
+      <c r="V191" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W191" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X191" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="Y191" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z191" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA191" s="71" t="s">
+        <v>1701</v>
+      </c>
+      <c r="AB191" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC191" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="AD191" s="71" t="s">
+        <v>1366</v>
+      </c>
+      <c r="AE191" s="23"/>
+    </row>
+    <row r="192" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A192" s="27" t="s">
+        <v>38</v>
+      </c>
+      <c r="B192" s="19">
+        <v>1</v>
+      </c>
+      <c r="C192" s="19"/>
+      <c r="G192" s="65"/>
+      <c r="H192" s="71"/>
+      <c r="I192" s="71" t="s">
+        <v>1702</v>
+      </c>
+      <c r="J192" s="71" t="s">
+        <v>1703</v>
+      </c>
+      <c r="K192" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L192" s="71" t="s">
+        <v>1359</v>
+      </c>
+      <c r="M192" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N192" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="O192" s="71" t="s">
+        <v>1500</v>
+      </c>
+      <c r="P192" s="71" t="s">
+        <v>1704</v>
+      </c>
+      <c r="Q192" s="71" t="s">
+        <v>1705</v>
+      </c>
+      <c r="R192" s="71" t="s">
+        <v>1706</v>
+      </c>
+      <c r="S192" s="71" t="s">
+        <v>305</v>
+      </c>
+      <c r="T192" s="71" t="s">
+        <v>1707</v>
+      </c>
+      <c r="U192" s="71" t="s">
+        <v>1708</v>
+      </c>
+      <c r="V192" s="71" t="s">
+        <v>519</v>
+      </c>
+      <c r="W192" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X192" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="Y192" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z192" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA192" s="71" t="s">
+        <v>1709</v>
+      </c>
+      <c r="AB192" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC192" s="71" t="s">
+        <v>1482</v>
+      </c>
+      <c r="AD192" s="71" t="s">
+        <v>1366</v>
+      </c>
+      <c r="AE192" s="23"/>
+    </row>
+    <row r="193" spans="1:30" x14ac:dyDescent="0.25">
+      <c r="A193" s="70" t="s">
+        <v>443</v>
+      </c>
+      <c r="C193" s="23">
+        <v>1</v>
+      </c>
+      <c r="G193" s="1"/>
+      <c r="H193" s="71"/>
+      <c r="I193" s="71" t="s">
+        <v>1710</v>
+      </c>
+      <c r="J193" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K193" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L193" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M193" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N193" s="71" t="s">
+        <v>441</v>
+      </c>
+      <c r="O193" s="71" t="s">
+        <v>485</v>
+      </c>
+      <c r="P193" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q193" s="71" t="s">
+        <v>486</v>
+      </c>
+      <c r="R193" s="71" t="s">
+        <v>487</v>
+      </c>
+      <c r="S193" s="71" t="s">
+        <v>488</v>
+      </c>
+      <c r="T193" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U193" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V193" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W193" s="71" t="s">
+        <v>306</v>
+      </c>
+      <c r="X193" s="71" t="s">
+        <v>1711</v>
+      </c>
+      <c r="Y193" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z193" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA193" s="71">
+        <v>0</v>
+      </c>
+      <c r="AB193" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC193" s="71" t="s">
+        <v>1711</v>
+      </c>
+      <c r="AD193" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="194" spans="1:30" x14ac:dyDescent="0.25">
+      <c r="A194" s="70" t="s">
+        <v>447</v>
+      </c>
+      <c r="C194" s="23">
+        <v>1</v>
+      </c>
+      <c r="G194" s="1"/>
+      <c r="H194" s="71"/>
+      <c r="I194" s="71" t="s">
+        <v>1712</v>
+      </c>
+      <c r="J194" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K194" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L194" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M194" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N194" s="71" t="s">
+        <v>446</v>
+      </c>
+      <c r="O194" s="71" t="s">
+        <v>485</v>
+      </c>
+      <c r="P194" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q194" s="71" t="s">
+        <v>486</v>
+      </c>
+      <c r="R194" s="71" t="s">
+        <v>487</v>
+      </c>
+      <c r="S194" s="71" t="s">
+        <v>488</v>
+      </c>
+      <c r="T194" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U194" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V194" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W194" s="71" t="s">
+        <v>306</v>
+      </c>
+      <c r="X194" s="71" t="s">
+        <v>1711</v>
+      </c>
+      <c r="Y194" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z194" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA194" s="71">
+        <v>0</v>
+      </c>
+      <c r="AB194" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC194" s="71" t="s">
+        <v>1711</v>
+      </c>
+      <c r="AD194" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="195" spans="1:30" x14ac:dyDescent="0.25">
+      <c r="A195" s="70" t="s">
+        <v>454</v>
+      </c>
+      <c r="C195" s="23">
+        <v>1</v>
+      </c>
+      <c r="G195" s="1"/>
+      <c r="H195" s="71"/>
+      <c r="I195" s="71" t="s">
+        <v>1713</v>
+      </c>
+      <c r="J195" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="K195" s="71" t="s">
+        <v>482</v>
+      </c>
+      <c r="L195" s="71" t="s">
+        <v>483</v>
+      </c>
+      <c r="M195" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="N195" s="71" t="s">
+        <v>451</v>
+      </c>
+      <c r="O195" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="P195" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q195" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="R195" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="S195" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="T195" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="U195" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="V195" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="W195" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="X195" s="71" t="s">
+        <v>1714</v>
+      </c>
+      <c r="Y195" s="71" t="s">
+        <v>1715</v>
+      </c>
+      <c r="Z195" s="71">
+        <v>0</v>
+      </c>
+      <c r="AA195" s="71">
+        <v>0</v>
+      </c>
+      <c r="AB195" s="71">
+        <v>0</v>
+      </c>
+      <c r="AC195" s="71" t="s">
+        <v>481</v>
+      </c>
+      <c r="AD195" s="71" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="196" spans="1:30" x14ac:dyDescent="0.25">
+      <c r="G196" s="1"/>
+    </row>
+    <row r="197" spans="1:30" x14ac:dyDescent="0.25">
+      <c r="G197" s="1"/>
+    </row>
+    <row r="198" spans="1:30" x14ac:dyDescent="0.25">
+      <c r="G198" s="1"/>
+    </row>
+    <row r="199" spans="1:30" x14ac:dyDescent="0.25">
+      <c r="G199" s="1"/>
+    </row>
+    <row r="200" spans="1:30" x14ac:dyDescent="0.25">
+      <c r="G200" s="1"/>
+    </row>
+    <row r="201" spans="1:30" x14ac:dyDescent="0.25">
+      <c r="G201" s="1"/>
+    </row>
+    <row r="202" spans="1:30" x14ac:dyDescent="0.25">
+      <c r="G202" s="1"/>
+    </row>
+    <row r="203" spans="1:30" x14ac:dyDescent="0.25">
+      <c r="G203" s="1"/>
+    </row>
+    <row r="204" spans="1:30" x14ac:dyDescent="0.25">
+      <c r="G204" s="1"/>
+    </row>
+    <row r="205" spans="1:30" x14ac:dyDescent="0.25">
+      <c r="G205" s="1"/>
+    </row>
+    <row r="206" spans="1:30" x14ac:dyDescent="0.25">
+      <c r="G206" s="1"/>
+    </row>
+    <row r="207" spans="1:30" x14ac:dyDescent="0.25">
+      <c r="G207" s="1"/>
+    </row>
+    <row r="208" spans="1:30" x14ac:dyDescent="0.25">
+      <c r="G208" s="1"/>
+    </row>
+    <row r="209" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G209" s="1"/>
+    </row>
+    <row r="210" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G210" s="1"/>
+    </row>
+    <row r="211" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G211" s="1"/>
+    </row>
+    <row r="212" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G212" s="1"/>
+    </row>
+    <row r="213" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G213" s="1"/>
+    </row>
+    <row r="214" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G214" s="1"/>
+    </row>
+    <row r="215" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G215" s="1"/>
+    </row>
+    <row r="216" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G216" s="1"/>
+    </row>
+    <row r="217" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G217" s="1"/>
+    </row>
+    <row r="218" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G218" s="1"/>
+    </row>
+    <row r="219" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G219" s="1"/>
+    </row>
+    <row r="220" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G220" s="1"/>
+    </row>
+    <row r="221" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G221" s="1"/>
+    </row>
+    <row r="222" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G222" s="1"/>
+    </row>
+    <row r="223" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G223" s="1"/>
+    </row>
+    <row r="224" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G224" s="1"/>
+    </row>
+    <row r="225" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G225" s="1"/>
+    </row>
+    <row r="226" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G226" s="1"/>
+    </row>
+    <row r="227" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G227" s="1"/>
+    </row>
+    <row r="228" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G228" s="1"/>
+    </row>
+    <row r="229" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G229" s="1"/>
+    </row>
+    <row r="230" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G230" s="1"/>
+    </row>
+    <row r="231" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G231" s="1"/>
+    </row>
+    <row r="232" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G232" s="1"/>
+    </row>
+    <row r="233" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G233" s="1"/>
+    </row>
+    <row r="234" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G234" s="1"/>
+    </row>
+    <row r="235" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G235" s="1"/>
+    </row>
+    <row r="236" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G236" s="1"/>
+    </row>
+    <row r="237" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G237" s="1"/>
+    </row>
+    <row r="238" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G238" s="1"/>
+    </row>
+    <row r="239" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G239" s="1"/>
+    </row>
+    <row r="240" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G240" s="1"/>
+    </row>
+    <row r="241" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G241" s="1"/>
+    </row>
+    <row r="242" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G242" s="1"/>
+    </row>
+    <row r="243" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G243" s="1"/>
+    </row>
+    <row r="244" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G244" s="1"/>
+    </row>
+    <row r="245" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G245" s="1"/>
+    </row>
+    <row r="246" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G246" s="1"/>
+    </row>
+    <row r="247" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G247" s="1"/>
+    </row>
+    <row r="248" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G248" s="1"/>
+    </row>
+    <row r="249" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G249" s="1"/>
+    </row>
+    <row r="250" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G250" s="1"/>
+    </row>
+    <row r="251" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G251" s="1"/>
+    </row>
+    <row r="252" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G252" s="1"/>
+    </row>
+    <row r="253" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G253" s="1"/>
+    </row>
+    <row r="254" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G254" s="1"/>
+    </row>
+    <row r="255" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G255" s="1"/>
+    </row>
+    <row r="256" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G256" s="1"/>
+    </row>
+    <row r="257" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G257" s="1"/>
+    </row>
+    <row r="258" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G258" s="1"/>
+    </row>
+    <row r="259" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G259" s="1"/>
+    </row>
+    <row r="260" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G260" s="1"/>
+    </row>
+    <row r="261" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G261" s="1"/>
+    </row>
+    <row r="262" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G262" s="1"/>
+    </row>
+    <row r="263" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G263" s="1"/>
+    </row>
+    <row r="264" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G264" s="1"/>
+    </row>
+    <row r="265" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G265" s="1"/>
+    </row>
+    <row r="266" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G266" s="1"/>
+    </row>
+    <row r="267" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G267" s="1"/>
+    </row>
+    <row r="268" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G268" s="1"/>
+    </row>
+    <row r="269" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G269" s="1"/>
+    </row>
+    <row r="270" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G270" s="1"/>
+    </row>
+    <row r="271" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G271" s="1"/>
+    </row>
+    <row r="272" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G272" s="1"/>
+    </row>
+    <row r="273" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G273" s="1"/>
+    </row>
+    <row r="274" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G274" s="1"/>
+    </row>
+    <row r="275" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G275" s="1"/>
+    </row>
+    <row r="276" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G276" s="1"/>
+    </row>
+    <row r="277" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G277" s="1"/>
+    </row>
+    <row r="278" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G278" s="1"/>
+    </row>
+    <row r="279" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G279" s="1"/>
+    </row>
+    <row r="280" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G280" s="1"/>
+    </row>
+    <row r="281" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G281" s="1"/>
+    </row>
+    <row r="282" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G282" s="1"/>
+    </row>
+    <row r="283" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G283" s="1"/>
+    </row>
+    <row r="284" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G284" s="1"/>
+    </row>
+    <row r="285" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G285" s="1"/>
+    </row>
+    <row r="286" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G286" s="1"/>
+    </row>
+    <row r="287" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G287" s="1"/>
+    </row>
+    <row r="288" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G288" s="1"/>
+    </row>
+    <row r="289" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G289" s="1"/>
+    </row>
+    <row r="290" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G290" s="1"/>
+    </row>
+    <row r="291" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G291" s="1"/>
+    </row>
+    <row r="292" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G292" s="1"/>
+    </row>
+    <row r="293" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G293" s="1"/>
+    </row>
+    <row r="294" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G294" s="1"/>
+    </row>
+    <row r="295" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G295" s="1"/>
+    </row>
+    <row r="296" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G296" s="1"/>
+    </row>
+    <row r="297" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G297" s="1"/>
+    </row>
+    <row r="298" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G298" s="1"/>
+    </row>
+    <row r="299" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G299" s="1"/>
+    </row>
+    <row r="300" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G300" s="1"/>
+    </row>
+    <row r="301" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G301" s="1"/>
+    </row>
+    <row r="302" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G302" s="1"/>
+    </row>
+    <row r="303" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G303" s="1"/>
+    </row>
+    <row r="304" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G304" s="1"/>
+    </row>
+    <row r="305" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G305" s="1"/>
+    </row>
+    <row r="306" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G306" s="1"/>
+    </row>
+    <row r="307" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G307" s="1"/>
+    </row>
+    <row r="308" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G308" s="1"/>
+    </row>
+    <row r="309" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G309" s="1"/>
+    </row>
+    <row r="310" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G310" s="1"/>
+    </row>
+    <row r="311" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G311" s="1"/>
+    </row>
+    <row r="312" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G312" s="1"/>
+    </row>
+    <row r="313" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G313" s="1"/>
+    </row>
+    <row r="314" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G314" s="1"/>
+    </row>
+    <row r="315" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G315" s="1"/>
+    </row>
+    <row r="316" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G316" s="1"/>
+    </row>
+    <row r="317" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G317" s="1"/>
+    </row>
+    <row r="318" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G318" s="1"/>
+    </row>
+    <row r="319" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G319" s="1"/>
+    </row>
+    <row r="320" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G320" s="1"/>
+    </row>
+    <row r="321" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G321" s="1"/>
+    </row>
+    <row r="322" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G322" s="1"/>
+    </row>
+    <row r="323" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G323" s="1"/>
+    </row>
+    <row r="324" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G324" s="1"/>
+    </row>
+    <row r="325" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G325" s="1"/>
+    </row>
+    <row r="326" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G326" s="1"/>
+    </row>
+    <row r="327" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G327" s="1"/>
+    </row>
+    <row r="328" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G328" s="1"/>
+    </row>
+    <row r="329" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G329" s="1"/>
+    </row>
+    <row r="330" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G330" s="1"/>
+    </row>
+    <row r="331" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G331" s="1"/>
+    </row>
+    <row r="332" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G332" s="1"/>
+    </row>
+    <row r="333" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G333" s="1"/>
+    </row>
+    <row r="334" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G334" s="1"/>
+    </row>
+    <row r="335" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G335" s="1"/>
+    </row>
+    <row r="336" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G336" s="1"/>
+    </row>
+    <row r="337" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G337" s="1"/>
+    </row>
+    <row r="338" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G338" s="1"/>
+    </row>
+    <row r="339" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G339" s="1"/>
+    </row>
+    <row r="340" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G340" s="1"/>
+    </row>
+    <row r="341" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G341" s="1"/>
+    </row>
+    <row r="342" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G342" s="1"/>
+    </row>
+    <row r="343" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G343" s="1"/>
+    </row>
+    <row r="344" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G344" s="1"/>
+    </row>
+    <row r="345" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G345" s="1"/>
+    </row>
+    <row r="346" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G346" s="1"/>
+    </row>
+    <row r="347" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G347" s="1"/>
+    </row>
+    <row r="348" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G348" s="1"/>
+    </row>
+    <row r="349" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G349" s="1"/>
+    </row>
+    <row r="350" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G350" s="1"/>
+    </row>
+    <row r="351" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G351" s="1"/>
+    </row>
+    <row r="352" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G352" s="1"/>
+    </row>
+    <row r="353" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G353" s="1"/>
+    </row>
+    <row r="354" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G354" s="1"/>
+    </row>
+    <row r="355" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G355" s="1"/>
+    </row>
+    <row r="356" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G356" s="1"/>
+    </row>
+    <row r="357" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G357" s="1"/>
+    </row>
+    <row r="358" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G358" s="1"/>
+    </row>
+    <row r="359" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G359" s="1"/>
+    </row>
+    <row r="360" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G360" s="1"/>
+    </row>
+    <row r="361" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G361" s="1"/>
+    </row>
+    <row r="362" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G362" s="1"/>
+    </row>
+    <row r="363" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G363" s="1"/>
+    </row>
+    <row r="364" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G364" s="1"/>
+    </row>
+    <row r="365" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G365" s="1"/>
+    </row>
+    <row r="366" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G366" s="1"/>
+    </row>
+    <row r="367" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G367" s="1"/>
+    </row>
+    <row r="368" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G368" s="1"/>
+    </row>
+    <row r="369" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G369" s="1"/>
+    </row>
+    <row r="370" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G370" s="1"/>
+    </row>
+    <row r="371" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G371" s="1"/>
+    </row>
+    <row r="372" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G372" s="1"/>
+    </row>
+    <row r="373" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G373" s="1"/>
+    </row>
+    <row r="374" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G374" s="1"/>
+    </row>
+    <row r="375" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G375" s="1"/>
+    </row>
+    <row r="376" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G376" s="1"/>
+    </row>
+    <row r="377" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G377" s="1"/>
+    </row>
+    <row r="378" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G378" s="1"/>
+    </row>
+    <row r="379" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G379" s="1"/>
+    </row>
+    <row r="380" spans="7:7" x14ac:dyDescent="0.25">
+      <c r="G380" s="1"/>
+    </row>
+  </sheetData>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:AE195">
+    <sortCondition ref="A4:A195"/>
+  </sortState>
+  <mergeCells count="1">
+    <mergeCell ref="I1:AD2"/>
+  </mergeCells>
+  <phoneticPr fontId="14" type="noConversion"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1B99073C-3CC0-4CDD-8C10-8DBFE067FF6F}">
+  <dimension ref="A1:H28"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
+      <selection pane="topRight" activeCell="B1" sqref="B1"/>
+      <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
+      <selection pane="bottomRight" activeCell="B2" sqref="B2"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="12" customWidth="1"/>
+    <col min="2" max="2" width="16" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="30" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="71" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="B1" s="15" t="s">
+        <v>434</v>
+      </c>
+      <c r="C1" s="15" t="s">
+        <v>439</v>
+      </c>
+      <c r="D1" s="15" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A2" s="70" t="s">
+        <v>411</v>
+      </c>
+      <c r="B2" s="70" t="s">
+        <v>433</v>
+      </c>
+      <c r="C2" s="70" t="s">
+        <v>411</v>
+      </c>
+      <c r="D2" s="70"/>
+      <c r="E2" s="70"/>
+      <c r="F2" s="70"/>
+      <c r="G2" s="70"/>
+      <c r="H2" s="70"/>
+    </row>
+    <row r="3" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A3" s="70" t="s">
+        <v>412</v>
+      </c>
+      <c r="B3" s="70" t="s">
+        <v>432</v>
+      </c>
+      <c r="C3" s="70" t="s">
+        <v>412</v>
+      </c>
+      <c r="D3" s="70"/>
+      <c r="E3" s="70"/>
+      <c r="F3" s="70"/>
+      <c r="G3" s="70"/>
+      <c r="H3" s="70"/>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A4" s="70" t="s">
+        <v>413</v>
+      </c>
+      <c r="B4" s="70" t="s">
+        <v>428</v>
+      </c>
+      <c r="C4" s="70" t="s">
+        <v>413</v>
+      </c>
+      <c r="D4" s="70"/>
+      <c r="E4" s="70"/>
+      <c r="F4" s="70"/>
+      <c r="G4" s="70"/>
+      <c r="H4" s="70"/>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A5" s="70" t="s">
+        <v>414</v>
+      </c>
+      <c r="B5" s="70" t="s">
+        <v>426</v>
+      </c>
+      <c r="C5" s="70" t="s">
+        <v>414</v>
+      </c>
+      <c r="D5" s="70"/>
+      <c r="E5" s="70"/>
+      <c r="F5" s="70"/>
+      <c r="G5" s="70"/>
+      <c r="H5" s="70"/>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A6" s="70" t="s">
+        <v>415</v>
+      </c>
+      <c r="B6" s="70" t="s">
+        <v>425</v>
+      </c>
+      <c r="C6" s="70" t="s">
+        <v>415</v>
+      </c>
+      <c r="D6" s="70"/>
+      <c r="E6" s="70"/>
+      <c r="F6" s="70"/>
+      <c r="G6" s="70"/>
+      <c r="H6" s="70"/>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A7" s="70" t="s">
+        <v>416</v>
+      </c>
+      <c r="B7" s="70" t="s">
+        <v>427</v>
+      </c>
+      <c r="C7" s="70" t="s">
+        <v>416</v>
+      </c>
+      <c r="D7" s="70"/>
+      <c r="E7" s="70"/>
+      <c r="F7" s="70"/>
+      <c r="G7" s="70"/>
+      <c r="H7" s="70"/>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A8" s="70" t="s">
+        <v>417</v>
+      </c>
+      <c r="B8" s="70" t="s">
+        <v>431</v>
+      </c>
+      <c r="C8" s="70" t="s">
+        <v>417</v>
+      </c>
+      <c r="D8" s="70"/>
+      <c r="E8" s="70"/>
+      <c r="F8" s="70"/>
+      <c r="G8" s="70"/>
+      <c r="H8" s="70"/>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A9" s="70" t="s">
+        <v>418</v>
+      </c>
+      <c r="B9" s="70" t="s">
+        <v>430</v>
+      </c>
+      <c r="C9" s="70" t="s">
+        <v>418</v>
+      </c>
+      <c r="D9" s="70"/>
+      <c r="E9" s="70"/>
+      <c r="F9" s="70"/>
+      <c r="G9" s="70"/>
+      <c r="H9" s="70"/>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A10" s="70" t="s">
+        <v>419</v>
+      </c>
+      <c r="B10" s="70" t="s">
+        <v>429</v>
+      </c>
+      <c r="C10" s="70" t="s">
+        <v>419</v>
+      </c>
+      <c r="D10" s="70"/>
+      <c r="E10" s="70"/>
+      <c r="F10" s="70"/>
+      <c r="G10" s="70"/>
+      <c r="H10" s="70"/>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A11" s="70" t="s">
+        <v>420</v>
+      </c>
+      <c r="B11" s="70" t="s">
+        <v>457</v>
+      </c>
+      <c r="C11" s="70" t="s">
+        <v>420</v>
+      </c>
+      <c r="D11" s="70"/>
+      <c r="E11" s="70"/>
+      <c r="F11" s="70"/>
+      <c r="G11" s="70"/>
+      <c r="H11" s="70"/>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A12" s="70" t="s">
+        <v>421</v>
+      </c>
+      <c r="B12" s="70" t="s">
+        <v>458</v>
+      </c>
+      <c r="C12" s="70" t="s">
+        <v>421</v>
+      </c>
+      <c r="D12" s="70"/>
+      <c r="E12" s="70"/>
+      <c r="F12" s="70"/>
+      <c r="G12" s="70"/>
+      <c r="H12" s="70"/>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A13" s="70" t="s">
+        <v>422</v>
+      </c>
+      <c r="B13" s="70" t="s">
+        <v>459</v>
+      </c>
+      <c r="C13" s="70" t="s">
+        <v>422</v>
+      </c>
+      <c r="D13" s="70"/>
+      <c r="E13" s="70"/>
+      <c r="F13" s="70"/>
+      <c r="G13" s="70"/>
+      <c r="H13" s="70"/>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A14" s="70" t="s">
+        <v>435</v>
+      </c>
+      <c r="B14" s="70" t="s">
+        <v>456</v>
+      </c>
+      <c r="C14" s="70" t="s">
+        <v>436</v>
+      </c>
+      <c r="D14" s="70" t="s">
+        <v>477</v>
+      </c>
+      <c r="E14" s="70"/>
+      <c r="F14" s="70"/>
+      <c r="G14" s="70"/>
+      <c r="H14" s="70"/>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A15" s="70" t="s">
+        <v>438</v>
+      </c>
+      <c r="B15" s="70" t="s">
+        <v>460</v>
+      </c>
+      <c r="C15" s="70" t="s">
+        <v>437</v>
+      </c>
+      <c r="D15" s="70" t="s">
+        <v>477</v>
+      </c>
+      <c r="E15" s="70"/>
+      <c r="F15" s="70"/>
+      <c r="G15" s="70"/>
+      <c r="H15" s="70"/>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A16" s="70" t="s">
+        <v>347</v>
+      </c>
+      <c r="B16" s="70" t="s">
+        <v>461</v>
+      </c>
+      <c r="C16" s="70" t="s">
+        <v>318</v>
+      </c>
+      <c r="D16" s="70" t="s">
+        <v>477</v>
+      </c>
+      <c r="E16" s="70"/>
+      <c r="F16" s="70"/>
+      <c r="G16" s="70"/>
+      <c r="H16" s="70"/>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A17" s="70" t="s">
+        <v>435</v>
+      </c>
+      <c r="B17" s="70" t="s">
+        <v>456</v>
+      </c>
+      <c r="C17" s="70" t="s">
+        <v>436</v>
+      </c>
+      <c r="D17" s="70" t="s">
+        <v>477</v>
+      </c>
+      <c r="E17" s="70"/>
+      <c r="F17" s="70"/>
+      <c r="G17" s="70"/>
+      <c r="H17" s="70"/>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A18" s="70" t="s">
+        <v>355</v>
+      </c>
+      <c r="B18" s="70" t="s">
+        <v>462</v>
+      </c>
+      <c r="C18" s="70" t="s">
+        <v>327</v>
+      </c>
+      <c r="D18" s="70" t="s">
+        <v>477</v>
+      </c>
+      <c r="E18" s="70"/>
+      <c r="F18" s="70"/>
+      <c r="G18" s="70"/>
+      <c r="H18" s="70"/>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A19" s="70" t="s">
+        <v>442</v>
+      </c>
+      <c r="B19" s="70" t="s">
+        <v>463</v>
+      </c>
+      <c r="C19" s="70" t="s">
+        <v>440</v>
+      </c>
+      <c r="D19" s="70" t="s">
+        <v>478</v>
+      </c>
+      <c r="E19" s="70"/>
+      <c r="F19" s="70"/>
+      <c r="G19" s="70"/>
+      <c r="H19" s="70"/>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A20" s="70" t="s">
+        <v>443</v>
+      </c>
+      <c r="B20" s="70" t="s">
+        <v>464</v>
+      </c>
+      <c r="C20" s="70" t="s">
+        <v>441</v>
+      </c>
+      <c r="D20" s="70" t="s">
+        <v>478</v>
+      </c>
+      <c r="E20" s="70"/>
+      <c r="F20" s="70"/>
+      <c r="G20" s="70"/>
+      <c r="H20" s="70"/>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A21" s="70" t="s">
+        <v>445</v>
+      </c>
+      <c r="B21" s="70" t="s">
+        <v>465</v>
+      </c>
+      <c r="C21" s="70" t="s">
+        <v>444</v>
+      </c>
+      <c r="D21" s="70" t="s">
+        <v>472</v>
+      </c>
+      <c r="E21" s="70"/>
+      <c r="F21" s="70"/>
+      <c r="G21" s="70"/>
+      <c r="H21" s="70"/>
+    </row>
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A22" s="70" t="s">
+        <v>447</v>
+      </c>
+      <c r="B22" s="70" t="s">
+        <v>466</v>
+      </c>
+      <c r="C22" s="70" t="s">
+        <v>446</v>
+      </c>
+      <c r="D22" s="70" t="s">
+        <v>472</v>
+      </c>
+      <c r="E22" s="70"/>
+      <c r="F22" s="70"/>
+      <c r="G22" s="70"/>
+      <c r="H22" s="70"/>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A23" s="70" t="s">
+        <v>124</v>
+      </c>
+      <c r="B23" s="70" t="s">
+        <v>467</v>
+      </c>
+      <c r="C23" s="70" t="s">
+        <v>304</v>
+      </c>
+      <c r="D23" s="70" t="s">
+        <v>472</v>
+      </c>
+      <c r="E23" s="70"/>
+      <c r="F23" s="70"/>
+      <c r="G23" s="70"/>
+      <c r="H23" s="70"/>
+    </row>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A24" s="70" t="s">
+        <v>449</v>
+      </c>
+      <c r="B24" s="70" t="s">
+        <v>468</v>
+      </c>
+      <c r="C24" s="70" t="s">
+        <v>448</v>
+      </c>
+      <c r="D24" s="70" t="s">
+        <v>472</v>
+      </c>
+      <c r="E24" s="70"/>
+      <c r="F24" s="70"/>
+      <c r="G24" s="70"/>
+      <c r="H24" s="70"/>
+    </row>
+    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A25" s="70" t="s">
+        <v>453</v>
+      </c>
+      <c r="B25" s="70" t="s">
+        <v>469</v>
+      </c>
+      <c r="C25" s="70" t="s">
+        <v>450</v>
+      </c>
+      <c r="D25" s="70" t="s">
+        <v>472</v>
+      </c>
+      <c r="E25" s="70"/>
+      <c r="F25" s="70"/>
+      <c r="G25" s="70"/>
+      <c r="H25" s="70"/>
+    </row>
+    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A26" s="70" t="s">
+        <v>454</v>
+      </c>
+      <c r="B26" s="70" t="s">
+        <v>471</v>
+      </c>
+      <c r="C26" s="70" t="s">
+        <v>451</v>
+      </c>
+      <c r="D26" s="70" t="s">
+        <v>472</v>
+      </c>
+      <c r="E26" s="70"/>
+      <c r="F26" s="70"/>
+      <c r="G26" s="70"/>
+      <c r="H26" s="70"/>
+    </row>
+    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A27" s="70" t="s">
+        <v>455</v>
+      </c>
+      <c r="B27" s="70" t="s">
+        <v>470</v>
+      </c>
+      <c r="C27" s="70" t="s">
+        <v>452</v>
+      </c>
+      <c r="D27" s="70" t="s">
+        <v>472</v>
+      </c>
+      <c r="E27" s="70"/>
+      <c r="F27" s="70"/>
+      <c r="G27" s="70"/>
+      <c r="H27" s="70"/>
+    </row>
+    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A28" s="70"/>
+      <c r="B28" s="70"/>
+      <c r="C28" s="70"/>
+      <c r="D28" s="70"/>
+      <c r="E28" s="70"/>
+      <c r="F28" s="70"/>
+      <c r="G28" s="70"/>
+      <c r="H28" s="70"/>
+    </row>
+  </sheetData>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C20">
+    <sortCondition ref="A2:A20"/>
+  </sortState>
+  <phoneticPr fontId="14" type="noConversion"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{99F8C588-1433-4FA1-8112-7E1D01276AE4}">
+  <dimension ref="A1:B73"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" sqref="A1:B1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="11.5703125" style="24" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="15.140625" style="24" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:2" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="B1" s="15" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="2" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A2" s="31" t="s">
+        <v>221</v>
+      </c>
+      <c r="B2" s="31" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A3" s="31" t="s">
+        <v>264</v>
+      </c>
+      <c r="B3" s="31" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4" s="31" t="s">
+        <v>180</v>
+      </c>
+      <c r="B4" s="31" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A5" s="31" t="s">
+        <v>251</v>
+      </c>
+      <c r="B5" s="31" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A6" s="31" t="s">
+        <v>244</v>
+      </c>
+      <c r="B6" s="31" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A7" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="B7" s="31" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A8" s="31" t="s">
+        <v>48</v>
+      </c>
+      <c r="B8" s="31" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A9" s="31" t="s">
+        <v>49</v>
+      </c>
+      <c r="B9" s="31" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="10" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A10" s="31" t="s">
+        <v>175</v>
+      </c>
+      <c r="B10" s="31" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A11" s="31" t="s">
+        <v>50</v>
+      </c>
+      <c r="B11" s="31" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="12" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A12" s="31" t="s">
+        <v>223</v>
+      </c>
+      <c r="B12" s="31" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="13" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A13" s="31" t="s">
+        <v>253</v>
+      </c>
+      <c r="B13" s="31" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="14" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A14" s="31" t="s">
+        <v>246</v>
+      </c>
+      <c r="B14" s="31" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="15" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A15" s="31" t="s">
+        <v>153</v>
+      </c>
+      <c r="B15" s="31" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="16" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A16" s="31" t="s">
+        <v>209</v>
+      </c>
+      <c r="B16" s="31" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="17" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A17" s="31" t="s">
+        <v>229</v>
+      </c>
+      <c r="B17" s="31" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="18" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A18" s="31" t="s">
+        <v>145</v>
+      </c>
+      <c r="B18" s="31" t="s">
         <v>144</v>
       </c>
-      <c r="D3" s="16" t="s">
-[...159 lines deleted...]
-      <c r="A21" s="35" t="s">
+    </row>
+    <row r="19" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A19" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="B19" s="31" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="20" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A20" s="31" t="s">
+        <v>158</v>
+      </c>
+      <c r="B20" s="31" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="21" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A21" s="31" t="s">
+        <v>259</v>
+      </c>
+      <c r="B21" s="31" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="22" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A22" s="31" t="s">
+        <v>182</v>
+      </c>
+      <c r="B22" s="31" t="s">
         <v>181</v>
       </c>
-      <c r="B21" s="23"/>
-[...339 lines deleted...]
-      <c r="A58" s="35" t="s">
+    </row>
+    <row r="23" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A23" s="31" t="s">
+        <v>200</v>
+      </c>
+      <c r="B23" s="31" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="24" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A24" s="31" t="s">
+        <v>53</v>
+      </c>
+      <c r="B24" s="31" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="25" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A25" s="31" t="s">
+        <v>239</v>
+      </c>
+      <c r="B25" s="31" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="26" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A26" s="31" t="s">
+        <v>166</v>
+      </c>
+      <c r="B26" s="31" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="27" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A27" s="31" t="s">
+        <v>60</v>
+      </c>
+      <c r="B27" s="31" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="28" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A28" s="31" t="s">
+        <v>255</v>
+      </c>
+      <c r="B28" s="31" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="29" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A29" s="31" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" s="31" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="30" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A30" s="31" t="s">
+        <v>62</v>
+      </c>
+      <c r="B30" s="31" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="31" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A31" s="31" t="s">
+        <v>148</v>
+      </c>
+      <c r="B31" s="31" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="32" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A32" s="31" t="s">
+        <v>155</v>
+      </c>
+      <c r="B32" s="31" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="33" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A33" s="31" t="s">
+        <v>63</v>
+      </c>
+      <c r="B33" s="31" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="34" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A34" s="31" t="s">
+        <v>196</v>
+      </c>
+      <c r="B34" s="31" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="35" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A35" s="31" t="s">
+        <v>64</v>
+      </c>
+      <c r="B35" s="31" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="36" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A36" s="31" t="s">
+        <v>185</v>
+      </c>
+      <c r="B36" s="31" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="37" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A37" s="31" t="s">
+        <v>203</v>
+      </c>
+      <c r="B37" s="31" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="38" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A38" s="31" t="s">
+        <v>191</v>
+      </c>
+      <c r="B38" s="31" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="39" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A39" s="31" t="s">
+        <v>227</v>
+      </c>
+      <c r="B39" s="31" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="40" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A40" s="31" t="s">
+        <v>257</v>
+      </c>
+      <c r="B40" s="31" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="41" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A41" s="31" t="s">
+        <v>65</v>
+      </c>
+      <c r="B41" s="31" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="42" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A42" s="31" t="s">
+        <v>164</v>
+      </c>
+      <c r="B42" s="31" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="43" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A43" s="31" t="s">
+        <v>168</v>
+      </c>
+      <c r="B43" s="31" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="44" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A44" s="31" t="s">
+        <v>66</v>
+      </c>
+      <c r="B44" s="31" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="45" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A45" s="31" t="s">
+        <v>214</v>
+      </c>
+      <c r="B45" s="31" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="46" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A46" s="31" t="s">
+        <v>193</v>
+      </c>
+      <c r="B46" s="31" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="47" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A47" s="31" t="s">
+        <v>187</v>
+      </c>
+      <c r="B47" s="31" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="48" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A48" s="31" t="s">
+        <v>216</v>
+      </c>
+      <c r="B48" s="31" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="49" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A49" s="31" t="s">
+        <v>231</v>
+      </c>
+      <c r="B49" s="31" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="50" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A50" s="31" t="s">
+        <v>54</v>
+      </c>
+      <c r="B50" s="31" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="51" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A51" s="31" t="s">
+        <v>205</v>
+      </c>
+      <c r="B51" s="31" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="52" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A52" s="31" t="s">
+        <v>67</v>
+      </c>
+      <c r="B52" s="31" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="53" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A53" s="31" t="s">
+        <v>241</v>
+      </c>
+      <c r="B53" s="31" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="54" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A54" s="31" t="s">
+        <v>68</v>
+      </c>
+      <c r="B54" s="31" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="55" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A55" s="31" t="s">
+        <v>178</v>
+      </c>
+      <c r="B55" s="31" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="56" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A56" s="31" t="s">
+        <v>69</v>
+      </c>
+      <c r="B56" s="31" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="57" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A57" s="31" t="s">
+        <v>219</v>
+      </c>
+      <c r="B57" s="31" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="58" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A58" s="31" t="s">
+        <v>249</v>
+      </c>
+      <c r="B58" s="31" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="59" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A59" s="31" t="s">
+        <v>162</v>
+      </c>
+      <c r="B59" s="31" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="60" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A60" s="31" t="s">
+        <v>170</v>
+      </c>
+      <c r="B60" s="31" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="61" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A61" s="31" t="s">
+        <v>198</v>
+      </c>
+      <c r="B61" s="31" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="62" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A62" s="31" t="s">
+        <v>55</v>
+      </c>
+      <c r="B62" s="31" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="63" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A63" s="31" t="s">
+        <v>189</v>
+      </c>
+      <c r="B63" s="31" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="64" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A64" s="31" t="s">
+        <v>225</v>
+      </c>
+      <c r="B64" s="31" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="65" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A65" s="31" t="s">
+        <v>70</v>
+      </c>
+      <c r="B65" s="31" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="66" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A66" s="31" t="s">
+        <v>71</v>
+      </c>
+      <c r="B66" s="31" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="67" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A67" s="31" t="s">
+        <v>212</v>
+      </c>
+      <c r="B67" s="31" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="68" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A68" s="31" t="s">
+        <v>173</v>
+      </c>
+      <c r="B68" s="31" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="69" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A69" s="31" t="s">
+        <v>261</v>
+      </c>
+      <c r="B69" s="31" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="70" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A70" s="31" t="s">
+        <v>56</v>
+      </c>
+      <c r="B70" s="31" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="71" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A71" s="31" t="s">
+        <v>57</v>
+      </c>
+      <c r="B71" s="31" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="72" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A72" s="31" t="s">
+        <v>29</v>
+      </c>
+      <c r="B72" s="31" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="73" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A73" s="31" t="s">
+        <v>59</v>
+      </c>
+      <c r="B73" s="31" t="s">
         <v>176</v>
       </c>
-      <c r="B58" s="29"/>
-[...1760 lines deleted...]
-      <c r="D416" s="1"/>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:D171">
-    <sortCondition ref="A4:A171"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:B73">
+    <sortCondition ref="A2:A73"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:B73"/>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C5944D9B-A7F6-48DA-A188-2FC24D4C3F2F}">
+  <dimension ref="A1:C31"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
+      <selection pane="topRight" activeCell="B1" sqref="B1"/>
+      <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
+      <selection pane="bottomRight"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="11.5703125" style="30" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="15.140625" style="30" customWidth="1"/>
+    <col min="1" max="2" width="13.5703125" customWidth="1"/>
+    <col min="3" max="3" width="12.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" ht="45" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A1" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B1" s="15" t="s">
-        <v>266</v>
+        <v>370</v>
+      </c>
+    </row>
+    <row r="2" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A2" s="55" t="s">
+        <v>110</v>
+      </c>
+      <c r="B2" s="56" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A3" s="55" t="s">
+        <v>347</v>
+      </c>
+      <c r="B3" s="56" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A4" s="55" t="s">
+        <v>348</v>
+      </c>
+      <c r="B4" s="56" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A5" s="55" t="s">
+        <v>349</v>
+      </c>
+      <c r="B5" s="56" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A6" s="55" t="s">
+        <v>350</v>
+      </c>
+      <c r="B6" s="56" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A7" s="55" t="s">
+        <v>351</v>
+      </c>
+      <c r="B7" s="56" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A8" s="55" t="s">
+        <v>352</v>
+      </c>
+      <c r="B8" s="56" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A9" s="55" t="s">
+        <v>353</v>
+      </c>
+      <c r="B9" s="56" t="s">
+        <v>324</v>
+      </c>
+      <c r="C9" s="23"/>
+    </row>
+    <row r="10" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A10" s="55" t="s">
+        <v>354</v>
+      </c>
+      <c r="B10" s="56" t="s">
+        <v>325</v>
+      </c>
+      <c r="C10" s="23"/>
+    </row>
+    <row r="11" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A11" s="55" t="s">
+        <v>103</v>
+      </c>
+      <c r="B11" s="56" t="s">
+        <v>326</v>
+      </c>
+      <c r="C11" s="23"/>
+    </row>
+    <row r="12" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A12" s="55" t="s">
+        <v>355</v>
+      </c>
+      <c r="B12" s="56" t="s">
+        <v>327</v>
+      </c>
+      <c r="C12" s="23"/>
+    </row>
+    <row r="13" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A13" s="55" t="s">
+        <v>356</v>
+      </c>
+      <c r="B13" s="56" t="s">
+        <v>328</v>
+      </c>
+      <c r="C13" s="23"/>
+    </row>
+    <row r="14" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A14" s="55" t="s">
+        <v>357</v>
+      </c>
+      <c r="B14" s="56" t="s">
+        <v>329</v>
+      </c>
+      <c r="C14" s="23"/>
+    </row>
+    <row r="15" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A15" s="55" t="s">
+        <v>358</v>
+      </c>
+      <c r="B15" s="56" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A16" s="55" t="s">
+        <v>359</v>
+      </c>
+      <c r="B16" s="56" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A17" s="55" t="s">
+        <v>360</v>
+      </c>
+      <c r="B17" s="56" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A18" s="55" t="s">
+        <v>104</v>
+      </c>
+      <c r="B18" s="56" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A19" s="55" t="s">
+        <v>361</v>
+      </c>
+      <c r="B19" s="56" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A20" s="55" t="s">
+        <v>362</v>
+      </c>
+      <c r="B20" s="56" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A21" s="55" t="s">
+        <v>363</v>
+      </c>
+      <c r="B21" s="56" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A22" s="55" t="s">
+        <v>105</v>
+      </c>
+      <c r="B22" s="56" t="s">
+        <v>337</v>
+      </c>
+      <c r="C22" s="23"/>
+    </row>
+    <row r="23" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A23" s="55" t="s">
+        <v>106</v>
+      </c>
+      <c r="B23" s="56" t="s">
+        <v>338</v>
+      </c>
+      <c r="C23" s="23"/>
+    </row>
+    <row r="24" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A24" s="55" t="s">
+        <v>364</v>
+      </c>
+      <c r="B24" s="56" t="s">
+        <v>339</v>
+      </c>
+      <c r="C24" s="23"/>
+    </row>
+    <row r="25" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A25" s="55" t="s">
+        <v>365</v>
+      </c>
+      <c r="B25" s="56" t="s">
+        <v>340</v>
+      </c>
+      <c r="C25" s="23"/>
+    </row>
+    <row r="26" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A26" s="55" t="s">
+        <v>107</v>
+      </c>
+      <c r="B26" s="56" t="s">
+        <v>341</v>
+      </c>
+      <c r="C26" s="23"/>
+    </row>
+    <row r="27" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A27" s="55" t="s">
+        <v>108</v>
+      </c>
+      <c r="B27" s="56" t="s">
+        <v>342</v>
+      </c>
+      <c r="C27" s="23"/>
+    </row>
+    <row r="28" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A28" s="55" t="s">
+        <v>366</v>
+      </c>
+      <c r="B28" s="56" t="s">
+        <v>343</v>
+      </c>
+      <c r="C28" s="23"/>
+    </row>
+    <row r="29" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A29" s="55" t="s">
+        <v>367</v>
+      </c>
+      <c r="B29" s="56" t="s">
+        <v>344</v>
+      </c>
+      <c r="C29" s="23"/>
+    </row>
+    <row r="30" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A30" s="55" t="s">
+        <v>368</v>
+      </c>
+      <c r="B30" s="56" t="s">
+        <v>345</v>
+      </c>
+      <c r="C30" s="23"/>
+    </row>
+    <row r="31" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A31" s="55" t="s">
+        <v>369</v>
+      </c>
+      <c r="B31" s="56" t="s">
+        <v>346</v>
+      </c>
+      <c r="C31" s="23"/>
+    </row>
+  </sheetData>
+  <phoneticPr fontId="14" type="noConversion"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B8AD59D8-9835-42A2-9FEF-3E013826B229}">
+  <dimension ref="A1:B31"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
+      <selection pane="topRight" activeCell="B1" sqref="B1"/>
+      <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
+      <selection pane="bottomRight"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="11.7109375" customWidth="1"/>
+    <col min="2" max="2" width="23.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:2" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="B1" s="15" t="s">
+        <v>370</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A2" s="37" t="s">
-[...3 lines deleted...]
-        <v>221</v>
+      <c r="A2" s="55" t="s">
+        <v>352</v>
+      </c>
+      <c r="B2" s="55" t="s">
+        <v>383</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A3" s="37" t="s">
-[...3 lines deleted...]
-        <v>264</v>
+      <c r="A3" s="55" t="s">
+        <v>353</v>
+      </c>
+      <c r="B3" s="55" t="s">
+        <v>384</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A4" s="37" t="s">
-[...3 lines deleted...]
-        <v>180</v>
+      <c r="A4" s="55" t="s">
+        <v>354</v>
+      </c>
+      <c r="B4" s="55" t="s">
+        <v>385</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A5" s="37" t="s">
-[...3 lines deleted...]
-        <v>251</v>
+      <c r="A5" s="55" t="s">
+        <v>355</v>
+      </c>
+      <c r="B5" s="55" t="s">
+        <v>386</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A6" s="37" t="s">
-[...3 lines deleted...]
-        <v>244</v>
+      <c r="A6" s="55" t="s">
+        <v>356</v>
+      </c>
+      <c r="B6" s="55" t="s">
+        <v>387</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A7" s="37" t="s">
-[...3 lines deleted...]
-        <v>151</v>
+      <c r="A7" s="55" t="s">
+        <v>357</v>
+      </c>
+      <c r="B7" s="55" t="s">
+        <v>388</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A8" s="37" t="s">
-[...3 lines deleted...]
-        <v>208</v>
+      <c r="A8" s="55" t="s">
+        <v>358</v>
+      </c>
+      <c r="B8" s="55" t="s">
+        <v>389</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A9" s="37" t="s">
-[...3 lines deleted...]
-        <v>172</v>
+      <c r="A9" s="55" t="s">
+        <v>359</v>
+      </c>
+      <c r="B9" s="55" t="s">
+        <v>390</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A10" s="37" t="s">
-[...3 lines deleted...]
-        <v>175</v>
+      <c r="A10" s="55" t="s">
+        <v>360</v>
+      </c>
+      <c r="B10" s="55" t="s">
+        <v>391</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A11" s="37" t="s">
-[...3 lines deleted...]
-        <v>235</v>
+      <c r="A11" s="27" t="s">
+        <v>104</v>
+      </c>
+      <c r="B11" s="27" t="s">
+        <v>392</v>
       </c>
     </row>
     <row r="12" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A12" s="37" t="s">
-[...3 lines deleted...]
-        <v>223</v>
+      <c r="A12" s="55" t="s">
+        <v>361</v>
+      </c>
+      <c r="B12" s="55" t="s">
+        <v>393</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A13" s="37" t="s">
-[...3 lines deleted...]
-        <v>253</v>
+      <c r="A13" s="27" t="s">
+        <v>106</v>
+      </c>
+      <c r="B13" s="27" t="s">
+        <v>394</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A14" s="37" t="s">
-[...3 lines deleted...]
-        <v>246</v>
+      <c r="A14" s="55" t="s">
+        <v>364</v>
+      </c>
+      <c r="B14" s="55" t="s">
+        <v>395</v>
       </c>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A15" s="37" t="s">
-[...3 lines deleted...]
-        <v>153</v>
+      <c r="A15" s="55" t="s">
+        <v>365</v>
+      </c>
+      <c r="B15" s="55" t="s">
+        <v>396</v>
       </c>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A16" s="37" t="s">
-[...3 lines deleted...]
-        <v>209</v>
+      <c r="A16" s="27" t="s">
+        <v>107</v>
+      </c>
+      <c r="B16" s="27" t="s">
+        <v>397</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A17" s="37" t="s">
-[...3 lines deleted...]
-        <v>229</v>
+      <c r="A17" s="55" t="s">
+        <v>366</v>
+      </c>
+      <c r="B17" s="55" t="s">
+        <v>398</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A18" s="37" t="s">
-[...3 lines deleted...]
-        <v>145</v>
+      <c r="A18" s="55" t="s">
+        <v>368</v>
+      </c>
+      <c r="B18" s="55" t="s">
+        <v>399</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A19" s="37" t="s">
-[...3 lines deleted...]
-        <v>238</v>
+      <c r="A19" s="55" t="s">
+        <v>369</v>
+      </c>
+      <c r="B19" s="55" t="s">
+        <v>400</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A20" s="37" t="s">
-[...3 lines deleted...]
-        <v>158</v>
+      <c r="A20" s="27" t="s">
+        <v>81</v>
+      </c>
+      <c r="B20" s="27" t="s">
+        <v>401</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A21" s="37" t="s">
-[...3 lines deleted...]
-        <v>259</v>
+      <c r="A21" s="64" t="s">
+        <v>380</v>
+      </c>
+      <c r="B21" s="64" t="s">
+        <v>402</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A22" s="37" t="s">
-[...3 lines deleted...]
-        <v>182</v>
+      <c r="A22" s="27" t="s">
+        <v>82</v>
+      </c>
+      <c r="B22" s="27" t="s">
+        <v>403</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A23" s="37" t="s">
-[...3 lines deleted...]
-        <v>200</v>
+      <c r="A23" s="27" t="s">
+        <v>87</v>
+      </c>
+      <c r="B23" s="27" t="s">
+        <v>404</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A24" s="37" t="s">
-[...3 lines deleted...]
-        <v>147</v>
+      <c r="A24" s="64" t="s">
+        <v>381</v>
+      </c>
+      <c r="B24" s="64" t="s">
+        <v>405</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A25" s="37" t="s">
-[...3 lines deleted...]
-        <v>239</v>
+      <c r="A25" s="27" t="s">
+        <v>89</v>
+      </c>
+      <c r="B25" s="27" t="s">
+        <v>406</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A26" s="37" t="s">
-[...3 lines deleted...]
-        <v>166</v>
+      <c r="A26" s="27" t="s">
+        <v>99</v>
+      </c>
+      <c r="B26" s="27" t="s">
+        <v>407</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A27" s="37" t="s">
-[...3 lines deleted...]
-        <v>236</v>
+      <c r="A27" s="27" t="s">
+        <v>109</v>
+      </c>
+      <c r="B27" s="27" t="s">
+        <v>408</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A28" s="37" t="s">
-[...3 lines deleted...]
-        <v>255</v>
+      <c r="A28" s="55" t="s">
+        <v>348</v>
+      </c>
+      <c r="B28" s="55" t="s">
+        <v>382</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A29" s="37" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A29" s="55"/>
+      <c r="B29" s="56"/>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A30" s="37" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A30" s="55"/>
+      <c r="B30" s="56"/>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A31" s="37" t="s">
-[...340 lines deleted...]
-      </c>
+      <c r="A31" s="55"/>
+      <c r="B31" s="56"/>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:B73">
-[...1 lines deleted...]
-  </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>7</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="4" baseType="lpstr">
+    <vt:vector size="7" baseType="lpstr">
       <vt:lpstr>ReadMe</vt:lpstr>
       <vt:lpstr>Available Datasets</vt:lpstr>
       <vt:lpstr>Genotyped accessions</vt:lpstr>
-      <vt:lpstr>Gyawali et al., 2021</vt:lpstr>
+      <vt:lpstr>Hulse-Kemp 2021</vt:lpstr>
+      <vt:lpstr>Gyawali 2021</vt:lpstr>
+      <vt:lpstr>Bhattarai 2022</vt:lpstr>
+      <vt:lpstr>Rueda 2022</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Wageningen University and Research</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Wijnker, Erik</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>