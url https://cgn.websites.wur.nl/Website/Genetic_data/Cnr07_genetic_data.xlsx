--- v0 (2026-01-15)
+++ v1 (2026-02-14)
@@ -1,88 +1,106 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\Documentatie\CGN_Databases\Roel-eval_online\Genotype information\Excel_genomic_data_backup\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="A:\Website\Genetic_data\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{914894D5-DA46-4519-9EA2-80FAE9C27597}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3A17D738-8286-4B6F-9F0F-5698C61818D0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="4680" yWindow="4680" windowWidth="30645" windowHeight="16170" activeTab="1" xr2:uid="{9A7717BB-9515-4C6C-AD14-493145C525FF}"/>
+    <workbookView xWindow="675" yWindow="1575" windowWidth="38475" windowHeight="18360" firstSheet="1" activeTab="1" xr2:uid="{9A7717BB-9515-4C6C-AD14-493145C525FF}"/>
   </bookViews>
   <sheets>
     <sheet name="ReadMe" sheetId="1" r:id="rId1"/>
     <sheet name="Available Datasets" sheetId="3" r:id="rId2"/>
     <sheet name="Genotyped accessions" sheetId="2" r:id="rId3"/>
-    <sheet name="Song et al. 2025; WGS" sheetId="4" r:id="rId4"/>
+    <sheet name="Li et al 2022; WGS" sheetId="7" r:id="rId4"/>
+    <sheet name="Song et al. 2025; WGS" sheetId="4" r:id="rId5"/>
   </sheets>
-  <calcPr calcId="191029"/>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'Genotyped accessions'!$A$3:$AG$364</definedName>
+  </definedNames>
+  <calcPr calcId="191029" concurrentCalc="0"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
+<connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
+  <connection id="1" xr16:uid="{0427E184-F44E-4D71-ACE8-9FA780BB2F70}" keepAlive="1" name="Query - filereport_read_run_PRJNA1269263" description="Connection to the 'filereport_read_run_PRJNA1269263' query in the workbook." type="5" refreshedVersion="0" background="1">
+    <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=filereport_read_run_PRJNA1269263;Extended Properties=&quot;&quot;" command="SELECT * FROM [filereport_read_run_PRJNA1269263]"/>
+  </connection>
+  <connection id="2" xr16:uid="{AA0B0834-0860-4FE2-B7D8-4AE7345BD1FD}" keepAlive="1" name="Query - SraRunTable (12)" description="Connection to the 'SraRunTable (12)' query in the workbook." type="5" refreshedVersion="0" background="1">
+    <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=&quot;SraRunTable (12)&quot;;Extended Properties=&quot;&quot;" command="SELECT * FROM [SraRunTable (12)]"/>
+  </connection>
+</connections>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4105" uniqueCount="1006">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8227" uniqueCount="2277">
   <si>
     <t>Data type</t>
   </si>
   <si>
     <t>Technology</t>
   </si>
   <si>
     <t>Marker number</t>
   </si>
   <si>
     <t>Data repository</t>
   </si>
   <si>
     <t>Project accession number</t>
   </si>
   <si>
     <t>year</t>
   </si>
   <si>
     <t xml:space="preserve">Extra worksheet present? </t>
   </si>
   <si>
     <t xml:space="preserve">This file consists of three standardized worksheets, supplemented with dataset-specific information if needed. </t>
   </si>
   <si>
@@ -136,53 +154,50 @@
       <t>This sheet also documents important notes relating to this dataset.</t>
     </r>
   </si>
   <si>
     <t>Dataset name</t>
   </si>
   <si>
     <t># CGN accessions</t>
   </si>
   <si>
     <t>Publication (doi)</t>
   </si>
   <si>
     <t xml:space="preserve">Dataset specific sheets may be added to this file when accession specific information is available that helps users to link CGN accessions to genotyping data. </t>
   </si>
   <si>
     <t>Dataset</t>
   </si>
   <si>
     <t>technique</t>
   </si>
   <si>
     <t>whole genome sequencing</t>
   </si>
   <si>
-    <t>WGS</t>
-[...1 lines deleted...]
-  <si>
     <t>-</t>
   </si>
   <si>
     <t>SRA</t>
   </si>
   <si>
     <t>CGN06849</t>
   </si>
   <si>
     <t>CGN24243</t>
   </si>
   <si>
     <t>CGN24244</t>
   </si>
   <si>
     <t>CGN24245</t>
   </si>
   <si>
     <t>CGN24249</t>
   </si>
   <si>
     <t>CGN24767</t>
   </si>
   <si>
     <t>CGN06852</t>
@@ -206,53 +221,50 @@
     <t>CGN07310</t>
   </si>
   <si>
     <t>CGN24239</t>
   </si>
   <si>
     <t>CGN24240</t>
   </si>
   <si>
     <t>CGN24241</t>
   </si>
   <si>
     <t>CGN24242</t>
   </si>
   <si>
     <t>PRJNA1269263</t>
   </si>
   <si>
     <t>Illumina Sequence reads</t>
   </si>
   <si>
     <t>Song et al</t>
   </si>
   <si>
     <t>Song et al., 2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>Number used by Song et al., 2025</t>
   </si>
   <si>
     <t>10.1007/s44281-025-00078-3</t>
   </si>
   <si>
     <t>CGA1</t>
   </si>
   <si>
     <t>CGA10</t>
   </si>
   <si>
     <t>CGA11</t>
   </si>
   <si>
     <t>CGA12</t>
   </si>
   <si>
     <t>CGA13</t>
   </si>
   <si>
     <t>CGA14</t>
   </si>
   <si>
     <t>CGA15</t>
   </si>
@@ -1267,96 +1279,89 @@
   <si>
     <t>CGN19968</t>
   </si>
   <si>
     <t>CGN19969</t>
   </si>
   <si>
     <t>CGN19970</t>
   </si>
   <si>
     <t xml:space="preserve">Read files can be downloaded from the SRA under PRJNA298631. </t>
   </si>
   <si>
     <t>An et al</t>
   </si>
   <si>
     <t>10.1038/s41467-019-10757-1</t>
   </si>
   <si>
     <t>whole genome sequencing (low coverage: genome survey sequencing (GSS))</t>
   </si>
   <si>
     <t>PRJNA428769</t>
   </si>
   <si>
-    <t xml:space="preserve">
-[...2 lines deleted...]
-  <si>
     <r>
       <t xml:space="preserve">An et al. (2025) sequenced 316 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Brassica napus </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">accessions (among which were 6 CGN accessions) using genome survey sequencing (shallow whole genome sequencing). These sequencereads were -in the manuscript- used to genotype the organelles. </t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Sequence reads were desposited at the SRA under BioProject PRJNA1269263 and CGN accession names were provided associated with the bioSamples. </t>
   </si>
   <si>
     <t>Genome survey sequencing</t>
   </si>
   <si>
     <t>PRJNA1212698</t>
   </si>
   <si>
     <t xml:space="preserve">Lv et al (2025) resequenced 21 turnip accessions Brassica rapa ssp. Rapa at 30x coverage, among which were 15 accessions from the CGN.   </t>
   </si>
   <si>
     <t xml:space="preserve">Read files can be downloaded from the SRA under PRJNA1212698. </t>
   </si>
   <si>
-    <t>WGS, 30x coverage</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Lv et al </t>
   </si>
   <si>
     <t>10.1101/2025.06.04.657904</t>
   </si>
   <si>
     <t>Lv et al., 2025</t>
   </si>
   <si>
     <t>CGN06713</t>
   </si>
   <si>
     <t>CGN06742</t>
   </si>
   <si>
     <t>CGN07161</t>
   </si>
   <si>
     <t>CGN06741</t>
   </si>
   <si>
     <t>CGN10991</t>
   </si>
   <si>
     <t>CGN06727</t>
@@ -1409,77 +1414,68 @@
   <si>
     <t>CGN07155</t>
   </si>
   <si>
     <t>CGN12009</t>
   </si>
   <si>
     <t>CGN15172</t>
   </si>
   <si>
     <t>CGN15192</t>
   </si>
   <si>
     <t>CGN15203</t>
   </si>
   <si>
     <t>CGN15204</t>
   </si>
   <si>
     <t>Saban et al</t>
   </si>
   <si>
     <t>10.1093/genetics/iyad027</t>
   </si>
   <si>
-    <t>The read data can be accessed through the SRA esxperiment SRX19225840</t>
-[...1 lines deleted...]
-  <si>
     <t>Saban et al., 2023</t>
   </si>
   <si>
     <t>CGN18472</t>
   </si>
   <si>
     <t>CGN10988</t>
   </si>
   <si>
     <t>CGN06734</t>
   </si>
   <si>
     <t xml:space="preserve">Saban et al present a study into the phylogenetic relationships of 108 accesssions covering Brassica crops and crop wild relatives (CWRs). They re-analyze existing data (a.o. An et al., 2019; above), but also present re-sequencing data of 1 CGN accession of Brassica montana (CGN18472). </t>
   </si>
   <si>
     <t>yes</t>
   </si>
   <si>
-    <t>WGS ~15x</t>
-[...4 lines deleted...]
-  <si>
     <t>19861243</t>
   </si>
   <si>
     <t>Brassica</t>
   </si>
   <si>
     <t>rapa</t>
   </si>
   <si>
     <t>subsp. rapa</t>
   </si>
   <si>
     <t>WHR</t>
   </si>
   <si>
     <t>POL</t>
   </si>
   <si>
     <t>51.9</t>
   </si>
   <si>
     <t>19.1</t>
   </si>
   <si>
     <t>414697</t>
@@ -3171,67 +3167,3955 @@
     <t>20070006</t>
   </si>
   <si>
     <t>20070007</t>
   </si>
   <si>
     <t>20070008</t>
   </si>
   <si>
     <t>20070009</t>
   </si>
   <si>
     <t>20070010</t>
   </si>
   <si>
     <t>20070011</t>
   </si>
   <si>
     <t>20070012</t>
   </si>
   <si>
     <t xml:space="preserve">This file lists CGN accessions of Crucifereae (and wild relatives) for which genotyping and/or genomic data are publicly available,  </t>
   </si>
   <si>
     <t>This overview was last updated on :</t>
+  </si>
+  <si>
+    <t>Li et al</t>
+  </si>
+  <si>
+    <t>PRJNA1047966</t>
+  </si>
+  <si>
+    <t>SRR27077987</t>
+  </si>
+  <si>
+    <t>SAMN38649842</t>
+  </si>
+  <si>
+    <t>SRX22767483</t>
+  </si>
+  <si>
+    <t>TKI757</t>
+  </si>
+  <si>
+    <t>SRR27077988</t>
+  </si>
+  <si>
+    <t>SAMN38649841</t>
+  </si>
+  <si>
+    <t>SRX22767482</t>
+  </si>
+  <si>
+    <t>TKI750</t>
+  </si>
+  <si>
+    <t>SRR27077989</t>
+  </si>
+  <si>
+    <t>SAMN38649840</t>
+  </si>
+  <si>
+    <t>SRX22767481</t>
+  </si>
+  <si>
+    <t>TKI746</t>
+  </si>
+  <si>
+    <t>SRR27077990</t>
+  </si>
+  <si>
+    <t>SAMN38649839</t>
+  </si>
+  <si>
+    <t>SRX22767480</t>
+  </si>
+  <si>
+    <t>TKI742</t>
+  </si>
+  <si>
+    <t>SRR27077991</t>
+  </si>
+  <si>
+    <t>SAMN38649838</t>
+  </si>
+  <si>
+    <t>SRX22767479</t>
+  </si>
+  <si>
+    <t>TKI741</t>
+  </si>
+  <si>
+    <t>SRR27077992</t>
+  </si>
+  <si>
+    <t>SAMN38649837</t>
+  </si>
+  <si>
+    <t>SRX22767478</t>
+  </si>
+  <si>
+    <t>TKI705</t>
+  </si>
+  <si>
+    <t>SRR27077993</t>
+  </si>
+  <si>
+    <t>SAMN38649836</t>
+  </si>
+  <si>
+    <t>SRX22767477</t>
+  </si>
+  <si>
+    <t>TKI689</t>
+  </si>
+  <si>
+    <t>SRR27077994</t>
+  </si>
+  <si>
+    <t>SAMN38649835</t>
+  </si>
+  <si>
+    <t>SRX22767476</t>
+  </si>
+  <si>
+    <t>TKI1185</t>
+  </si>
+  <si>
+    <t>TKI688</t>
+  </si>
+  <si>
+    <t>SRR27078015</t>
+  </si>
+  <si>
+    <t>SAMN38649816</t>
+  </si>
+  <si>
+    <t>SRX22767455</t>
+  </si>
+  <si>
+    <t>TKI711</t>
+  </si>
+  <si>
+    <t>SRR27078016</t>
+  </si>
+  <si>
+    <t>SAMN38649815</t>
+  </si>
+  <si>
+    <t>SRX22767454</t>
+  </si>
+  <si>
+    <t>TKI709</t>
+  </si>
+  <si>
+    <t>SRR27078017</t>
+  </si>
+  <si>
+    <t>SAMN38649814</t>
+  </si>
+  <si>
+    <t>SRX22767453</t>
+  </si>
+  <si>
+    <t>TKI708</t>
+  </si>
+  <si>
+    <t>TKI763</t>
+  </si>
+  <si>
+    <t>SRR27078026</t>
+  </si>
+  <si>
+    <t>SAMN38649947</t>
+  </si>
+  <si>
+    <t>SRX22767444</t>
+  </si>
+  <si>
+    <t>TKI748</t>
+  </si>
+  <si>
+    <t>TKI815</t>
+  </si>
+  <si>
+    <t>SRR27078027</t>
+  </si>
+  <si>
+    <t>SAMN38649946</t>
+  </si>
+  <si>
+    <t>SRX22767443</t>
+  </si>
+  <si>
+    <t>TKI626</t>
+  </si>
+  <si>
+    <t>SRR27078038</t>
+  </si>
+  <si>
+    <t>SAMN38649936</t>
+  </si>
+  <si>
+    <t>SRX22767432</t>
+  </si>
+  <si>
+    <t>TKI785</t>
+  </si>
+  <si>
+    <t>SRR27078039</t>
+  </si>
+  <si>
+    <t>SAMN38649935</t>
+  </si>
+  <si>
+    <t>SRX22767431</t>
+  </si>
+  <si>
+    <t>SRR27078040</t>
+  </si>
+  <si>
+    <t>SAMN38649934</t>
+  </si>
+  <si>
+    <t>SRX22767430</t>
+  </si>
+  <si>
+    <t>TKI704</t>
+  </si>
+  <si>
+    <t>TKI726</t>
+  </si>
+  <si>
+    <t>TKI687</t>
+  </si>
+  <si>
+    <t>TKI680</t>
+  </si>
+  <si>
+    <t>TKI667</t>
+  </si>
+  <si>
+    <t>SRR27078170</t>
+  </si>
+  <si>
+    <t>SAMN38649812</t>
+  </si>
+  <si>
+    <t>SRX22767714</t>
+  </si>
+  <si>
+    <t>TKI633</t>
+  </si>
+  <si>
+    <t>TKI841</t>
+  </si>
+  <si>
+    <t>TKI818</t>
+  </si>
+  <si>
+    <t>TKI816</t>
+  </si>
+  <si>
+    <t>TKI780</t>
+  </si>
+  <si>
+    <t>TKI768</t>
+  </si>
+  <si>
+    <t>TKI764</t>
+  </si>
+  <si>
+    <t>SRR27078355</t>
+  </si>
+  <si>
+    <t>SAMN38649861</t>
+  </si>
+  <si>
+    <t>SRX22767529</t>
+  </si>
+  <si>
+    <t>TKI796</t>
+  </si>
+  <si>
+    <t>SRR27078369</t>
+  </si>
+  <si>
+    <t>SAMN38649849</t>
+  </si>
+  <si>
+    <t>SRX22767515</t>
+  </si>
+  <si>
+    <t>SRR27078370</t>
+  </si>
+  <si>
+    <t>SAMN38649848</t>
+  </si>
+  <si>
+    <t>SRX22767514</t>
+  </si>
+  <si>
+    <t>SRR27078371</t>
+  </si>
+  <si>
+    <t>SAMN38649847</t>
+  </si>
+  <si>
+    <t>SRX22767513</t>
+  </si>
+  <si>
+    <t>SRR27078372</t>
+  </si>
+  <si>
+    <t>SAMN38649846</t>
+  </si>
+  <si>
+    <t>SRX22767512</t>
+  </si>
+  <si>
+    <t>SRR27078373</t>
+  </si>
+  <si>
+    <t>SAMN38649845</t>
+  </si>
+  <si>
+    <t>SRX22767511</t>
+  </si>
+  <si>
+    <t>TKI762</t>
+  </si>
+  <si>
+    <t>SRR27078374</t>
+  </si>
+  <si>
+    <t>SAMN38649844</t>
+  </si>
+  <si>
+    <t>SRX22767510</t>
+  </si>
+  <si>
+    <t>TKI760</t>
+  </si>
+  <si>
+    <t>SRR27078375</t>
+  </si>
+  <si>
+    <t>SAMN38649843</t>
+  </si>
+  <si>
+    <t>SRX22767509</t>
+  </si>
+  <si>
+    <t>TKI758</t>
+  </si>
+  <si>
+    <t>SRR27077995</t>
+  </si>
+  <si>
+    <t>SAMN38649834</t>
+  </si>
+  <si>
+    <t>SRX22767475</t>
+  </si>
+  <si>
+    <t>TKI639</t>
+  </si>
+  <si>
+    <t>SRR27077996</t>
+  </si>
+  <si>
+    <t>SAMN38649833</t>
+  </si>
+  <si>
+    <t>SRX22767474</t>
+  </si>
+  <si>
+    <t>TKI638</t>
+  </si>
+  <si>
+    <t>SRR27077998</t>
+  </si>
+  <si>
+    <t>SAMN38649832</t>
+  </si>
+  <si>
+    <t>SRX22767472</t>
+  </si>
+  <si>
+    <t>TKI635</t>
+  </si>
+  <si>
+    <t>SRR27078014</t>
+  </si>
+  <si>
+    <t>SAMN38649817</t>
+  </si>
+  <si>
+    <t>SRX22767456</t>
+  </si>
+  <si>
+    <t>TKI738</t>
+  </si>
+  <si>
+    <t>TKI728</t>
+  </si>
+  <si>
+    <t>SRR27078034</t>
+  </si>
+  <si>
+    <t>SAMN38649940</t>
+  </si>
+  <si>
+    <t>SRX22767436</t>
+  </si>
+  <si>
+    <t>TKI725</t>
+  </si>
+  <si>
+    <t>TKI712</t>
+  </si>
+  <si>
+    <t>SRR27078037</t>
+  </si>
+  <si>
+    <t>SAMN38649937</t>
+  </si>
+  <si>
+    <t>SRX22767433</t>
+  </si>
+  <si>
+    <t>SRR27078041</t>
+  </si>
+  <si>
+    <t>SAMN38649933</t>
+  </si>
+  <si>
+    <t>SRX22767429</t>
+  </si>
+  <si>
+    <t>SRR27078043</t>
+  </si>
+  <si>
+    <t>SAMN38649932</t>
+  </si>
+  <si>
+    <t>SRX22767427</t>
+  </si>
+  <si>
+    <t>TKI697</t>
+  </si>
+  <si>
+    <t>SRR27078044</t>
+  </si>
+  <si>
+    <t>SAMN38649931</t>
+  </si>
+  <si>
+    <t>SRX22767426</t>
+  </si>
+  <si>
+    <t>TKI696</t>
+  </si>
+  <si>
+    <t>SRR27078045</t>
+  </si>
+  <si>
+    <t>SAMN38649930</t>
+  </si>
+  <si>
+    <t>SRX22767425</t>
+  </si>
+  <si>
+    <t>SRR27078056</t>
+  </si>
+  <si>
+    <t>SAMN38649920</t>
+  </si>
+  <si>
+    <t>SRX22767414</t>
+  </si>
+  <si>
+    <t>TKI800</t>
+  </si>
+  <si>
+    <t>SRR27078057</t>
+  </si>
+  <si>
+    <t>SAMN38649919</t>
+  </si>
+  <si>
+    <t>SRX22767413</t>
+  </si>
+  <si>
+    <t>TKI799</t>
+  </si>
+  <si>
+    <t>SRR27078058</t>
+  </si>
+  <si>
+    <t>SAMN38649918</t>
+  </si>
+  <si>
+    <t>SRX22767412</t>
+  </si>
+  <si>
+    <t>SRR27078059</t>
+  </si>
+  <si>
+    <t>SAMN38649917</t>
+  </si>
+  <si>
+    <t>SRX22767411</t>
+  </si>
+  <si>
+    <t>TKI652</t>
+  </si>
+  <si>
+    <t>TKI646</t>
+  </si>
+  <si>
+    <t>SRR27078078</t>
+  </si>
+  <si>
+    <t>SAMN38649900</t>
+  </si>
+  <si>
+    <t>SRX22767392</t>
+  </si>
+  <si>
+    <t>SRR27078079</t>
+  </si>
+  <si>
+    <t>SAMN38649899</t>
+  </si>
+  <si>
+    <t>SRX22767391</t>
+  </si>
+  <si>
+    <t>SRR27078080</t>
+  </si>
+  <si>
+    <t>SAMN38649898</t>
+  </si>
+  <si>
+    <t>SRX22767390</t>
+  </si>
+  <si>
+    <t>SRR27078168</t>
+  </si>
+  <si>
+    <t>SAMN38649813</t>
+  </si>
+  <si>
+    <t>SRX22767716</t>
+  </si>
+  <si>
+    <t>SRR27078322</t>
+  </si>
+  <si>
+    <t>SAMN38649891</t>
+  </si>
+  <si>
+    <t>SRX22767562</t>
+  </si>
+  <si>
+    <t>SRR27078323</t>
+  </si>
+  <si>
+    <t>SAMN38649890</t>
+  </si>
+  <si>
+    <t>SRX22767561</t>
+  </si>
+  <si>
+    <t>SRR27078356</t>
+  </si>
+  <si>
+    <t>SAMN38649860</t>
+  </si>
+  <si>
+    <t>SRX22767528</t>
+  </si>
+  <si>
+    <t>var. costata</t>
+  </si>
+  <si>
+    <t>CGN15773</t>
+  </si>
+  <si>
+    <t>CGN06903</t>
+  </si>
+  <si>
+    <t>var. gemmifera</t>
+  </si>
+  <si>
+    <t>CGN07006</t>
+  </si>
+  <si>
+    <t>var. capitata</t>
+  </si>
+  <si>
+    <t>CGN07028</t>
+  </si>
+  <si>
+    <t>CGN07069</t>
+  </si>
+  <si>
+    <t>CGN07077</t>
+  </si>
+  <si>
+    <t>var. sabauda</t>
+  </si>
+  <si>
+    <t>CGN07121</t>
+  </si>
+  <si>
+    <t>var. gongylodes</t>
+  </si>
+  <si>
+    <t>CGN07137</t>
+  </si>
+  <si>
+    <t>CGN11059</t>
+  </si>
+  <si>
+    <t>CGN11132</t>
+  </si>
+  <si>
+    <t>CGN11152</t>
+  </si>
+  <si>
+    <t>CGN11155</t>
+  </si>
+  <si>
+    <t>CGN11158</t>
+  </si>
+  <si>
+    <t>var. alboglabra</t>
+  </si>
+  <si>
+    <t>CGN14032</t>
+  </si>
+  <si>
+    <t>CGN14038</t>
+  </si>
+  <si>
+    <t>var. botrytis</t>
+  </si>
+  <si>
+    <t>CGN14059</t>
+  </si>
+  <si>
+    <t>CGN14063</t>
+  </si>
+  <si>
+    <t>CGN14068</t>
+  </si>
+  <si>
+    <t>CGN14070</t>
+  </si>
+  <si>
+    <t>CGN14076</t>
+  </si>
+  <si>
+    <t>CGN14079</t>
+  </si>
+  <si>
+    <t>CGN15123</t>
+  </si>
+  <si>
+    <t>CGN15124</t>
+  </si>
+  <si>
+    <t>CGN15129</t>
+  </si>
+  <si>
+    <t>CGN15207</t>
+  </si>
+  <si>
+    <t>CGN15226</t>
+  </si>
+  <si>
+    <t>CGN15227</t>
+  </si>
+  <si>
+    <t>CGN15769</t>
+  </si>
+  <si>
+    <t>CGN15774</t>
+  </si>
+  <si>
+    <t>CGN15778</t>
+  </si>
+  <si>
+    <t>CGN17249</t>
+  </si>
+  <si>
+    <t>CGN17250</t>
+  </si>
+  <si>
+    <t>CGN17252</t>
+  </si>
+  <si>
+    <t>CGN17254</t>
+  </si>
+  <si>
+    <t>CGN17255</t>
+  </si>
+  <si>
+    <t>CGN17256</t>
+  </si>
+  <si>
+    <t>CGN17276</t>
+  </si>
+  <si>
+    <t>CGN18438</t>
+  </si>
+  <si>
+    <t>CGN18444</t>
+  </si>
+  <si>
+    <t>CGN18455</t>
+  </si>
+  <si>
+    <t>CGN18458</t>
+  </si>
+  <si>
+    <t>CGN18459</t>
+  </si>
+  <si>
+    <t>CGN18947</t>
+  </si>
+  <si>
+    <t>CGN20189</t>
+  </si>
+  <si>
+    <t>CGN20192</t>
+  </si>
+  <si>
+    <t>CGN06990</t>
+  </si>
+  <si>
+    <t>Li et al. 2024</t>
+  </si>
+  <si>
+    <t>Number used by Li et al., 2024</t>
+  </si>
+  <si>
+    <t>Biosample number (SRA)</t>
+  </si>
+  <si>
+    <t>Experiment number (SRA)</t>
+  </si>
+  <si>
+    <t>Run number (SRA)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Please refer to the extra worksheet for a conversion table that links CGN accessions to sample numbers used in the study and direct references to the datafiles on the SRA.  </t>
+  </si>
+  <si>
+    <t>10.1038/s41588-024-01655-4</t>
+  </si>
+  <si>
+    <t>PRJCA017338</t>
+  </si>
+  <si>
+    <t>CNCB</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">A study describing the impact of structural variation on gene expression in </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Brassica oleracea</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">. The study reports generating re-sequencing data for 46 CGN accessions, and describes an integrated analysis of ~700 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>B. oleracea</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> genomes. </t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">The read data can be accessed through the SRA experiment nr.  SRX19225840; or Run nr. SRR23282481	</t>
+  </si>
+  <si>
+    <t>CGN18448</t>
+  </si>
+  <si>
+    <t>CGN18473</t>
+  </si>
+  <si>
+    <t>CGN18474</t>
+  </si>
+  <si>
+    <t>CGN07135</t>
+  </si>
+  <si>
+    <t>CGN11073</t>
+  </si>
+  <si>
+    <t>CGN11074</t>
+  </si>
+  <si>
+    <t>CGN11076</t>
+  </si>
+  <si>
+    <t>CGN11108</t>
+  </si>
+  <si>
+    <t>CGN14027</t>
+  </si>
+  <si>
+    <t>CGN14110</t>
+  </si>
+  <si>
+    <t>CGN14112</t>
+  </si>
+  <si>
+    <t>CGN15131</t>
+  </si>
+  <si>
+    <t>CGN15133</t>
+  </si>
+  <si>
+    <t>CGN15135</t>
+  </si>
+  <si>
+    <t>CGN15136</t>
+  </si>
+  <si>
+    <t>CGN07131</t>
+  </si>
+  <si>
+    <t>CGN11103</t>
+  </si>
+  <si>
+    <t>CGN11114</t>
+  </si>
+  <si>
+    <t>CGN11982</t>
+  </si>
+  <si>
+    <t>CGN18447</t>
+  </si>
+  <si>
+    <t>CGN18469</t>
+  </si>
+  <si>
+    <t>CGN13959</t>
+  </si>
+  <si>
+    <t>CGN13962</t>
+  </si>
+  <si>
+    <t>CGN14065</t>
+  </si>
+  <si>
+    <t>CGN14102</t>
+  </si>
+  <si>
+    <t>CGN17293</t>
+  </si>
+  <si>
+    <t>CGN14050</t>
+  </si>
+  <si>
+    <t>CGN11164</t>
+  </si>
+  <si>
+    <t>CGN11038</t>
+  </si>
+  <si>
+    <t>CGN11040</t>
+  </si>
+  <si>
+    <t>CGN11043</t>
+  </si>
+  <si>
+    <t>CGN11165</t>
+  </si>
+  <si>
+    <t>CGN14064</t>
+  </si>
+  <si>
+    <t>CGN18434</t>
+  </si>
+  <si>
+    <t>CGN18435</t>
+  </si>
+  <si>
+    <t>CGN18436</t>
+  </si>
+  <si>
+    <t>CGN18437</t>
+  </si>
+  <si>
+    <t>CGN07097</t>
+  </si>
+  <si>
+    <t>CGN07099</t>
+  </si>
+  <si>
+    <t>CGN07110</t>
+  </si>
+  <si>
+    <t>CGN07118</t>
+  </si>
+  <si>
+    <t>CGN07123</t>
+  </si>
+  <si>
+    <t>CGN11049</t>
+  </si>
+  <si>
+    <t>CGN11051</t>
+  </si>
+  <si>
+    <t>CGN11053</t>
+  </si>
+  <si>
+    <t>CGN11054</t>
+  </si>
+  <si>
+    <t>CGN14051</t>
+  </si>
+  <si>
+    <t>CGN14082</t>
+  </si>
+  <si>
+    <t>CGN18449</t>
+  </si>
+  <si>
+    <t>CGN18450</t>
+  </si>
+  <si>
+    <t>CGN18452</t>
+  </si>
+  <si>
+    <t>CGN18453</t>
+  </si>
+  <si>
+    <t>CGN18454</t>
+  </si>
+  <si>
+    <t>CGN18456</t>
+  </si>
+  <si>
+    <t>CGN07061</t>
+  </si>
+  <si>
+    <t>CGN07062</t>
+  </si>
+  <si>
+    <t>CGN07127</t>
+  </si>
+  <si>
+    <t>CGN11029</t>
+  </si>
+  <si>
+    <t>CGN11060</t>
+  </si>
+  <si>
+    <t>CGN11065</t>
+  </si>
+  <si>
+    <t>CGN11069</t>
+  </si>
+  <si>
+    <t>CGN14053</t>
+  </si>
+  <si>
+    <t>CGN14054</t>
+  </si>
+  <si>
+    <t>CGN14080</t>
+  </si>
+  <si>
+    <t>CGN14091</t>
+  </si>
+  <si>
+    <t>CGN15122</t>
+  </si>
+  <si>
+    <t>CGN15152</t>
+  </si>
+  <si>
+    <t>CGN15156</t>
+  </si>
+  <si>
+    <t>CGN15224</t>
+  </si>
+  <si>
+    <t>CGN15225</t>
+  </si>
+  <si>
+    <t>CGN15228</t>
+  </si>
+  <si>
+    <t>CGN15229</t>
+  </si>
+  <si>
+    <t>CGN15230</t>
+  </si>
+  <si>
+    <t>CGN17245</t>
+  </si>
+  <si>
+    <t>CGN17246</t>
+  </si>
+  <si>
+    <t>CGN17247</t>
+  </si>
+  <si>
+    <t>CGN17248</t>
+  </si>
+  <si>
+    <t>CGN17251</t>
+  </si>
+  <si>
+    <t>CGN17253</t>
+  </si>
+  <si>
+    <t>CGN17257</t>
+  </si>
+  <si>
+    <t>CGN17277</t>
+  </si>
+  <si>
+    <t>CGN18431</t>
+  </si>
+  <si>
+    <t>CGN18432</t>
+  </si>
+  <si>
+    <t>CGN18465</t>
+  </si>
+  <si>
+    <t>CGN20194</t>
+  </si>
+  <si>
+    <t>CGN15775</t>
+  </si>
+  <si>
+    <t>CGN11143</t>
+  </si>
+  <si>
+    <t>CGN15120</t>
+  </si>
+  <si>
+    <t>CGN11130</t>
+  </si>
+  <si>
+    <t>CGN18466</t>
+  </si>
+  <si>
+    <t>CGN18440</t>
+  </si>
+  <si>
+    <t>CGN07136</t>
+  </si>
+  <si>
+    <t>CGN07139</t>
+  </si>
+  <si>
+    <t>CGN07140</t>
+  </si>
+  <si>
+    <t>CGN07141</t>
+  </si>
+  <si>
+    <t>CGN07142</t>
+  </si>
+  <si>
+    <t>CGN14047</t>
+  </si>
+  <si>
+    <t>CGN17243</t>
+  </si>
+  <si>
+    <t>CGN17258</t>
+  </si>
+  <si>
+    <t>CGN18446</t>
+  </si>
+  <si>
+    <t>CGN18460</t>
+  </si>
+  <si>
+    <t>CGN18462</t>
+  </si>
+  <si>
+    <t>CGN18463</t>
+  </si>
+  <si>
+    <t>CGN06988</t>
+  </si>
+  <si>
+    <t>CGN06993</t>
+  </si>
+  <si>
+    <t>CGN06994</t>
+  </si>
+  <si>
+    <t>CGN06997</t>
+  </si>
+  <si>
+    <t>CGN07005</t>
+  </si>
+  <si>
+    <t>CGN11025</t>
+  </si>
+  <si>
+    <t>CGN14071</t>
+  </si>
+  <si>
+    <t>CGN14087</t>
+  </si>
+  <si>
+    <t>CGN17292</t>
+  </si>
+  <si>
+    <t>CGN14111</t>
+  </si>
+  <si>
+    <t>CGN17283</t>
+  </si>
+  <si>
+    <t>CGN20193</t>
+  </si>
+  <si>
+    <t>CGN18470</t>
+  </si>
+  <si>
+    <t>CGN18471</t>
+  </si>
+  <si>
+    <t>CGN14116</t>
+  </si>
+  <si>
+    <t>Cai et al. 2022</t>
+  </si>
+  <si>
+    <t>Cai et al.</t>
+  </si>
+  <si>
+    <t>10.1093/hr/uhac033</t>
+  </si>
+  <si>
+    <t>14K</t>
+  </si>
+  <si>
+    <t>31K</t>
+  </si>
+  <si>
+    <t>.vcf available?</t>
+  </si>
+  <si>
+    <t>Figshare</t>
+  </si>
+  <si>
+    <t>10.6084/m9.figshare.16338855</t>
+  </si>
+  <si>
+    <t>28-1-2026 (addition of  datasets by Li et al., 2024 and Cai et al. 2022)</t>
+  </si>
+  <si>
+    <t>GBS-like</t>
+  </si>
+  <si>
+    <t>WGS ~30x coverage</t>
+  </si>
+  <si>
+    <t>WGS ~22x coverage</t>
+  </si>
+  <si>
+    <t>WGS ~15x coverage</t>
+  </si>
+  <si>
+    <t>WGS ~7x coverage</t>
+  </si>
+  <si>
+    <t>WGS ~11x coverage</t>
+  </si>
+  <si>
+    <t>SRR33902409</t>
+  </si>
+  <si>
+    <t>SAMN48783735</t>
+  </si>
+  <si>
+    <t>SRX29110282</t>
+  </si>
+  <si>
+    <t>SRR33902410</t>
+  </si>
+  <si>
+    <t>SAMN48783734</t>
+  </si>
+  <si>
+    <t>SRX29110281</t>
+  </si>
+  <si>
+    <t>SRR33902406</t>
+  </si>
+  <si>
+    <t>SAMN48783738</t>
+  </si>
+  <si>
+    <t>SRX29110285</t>
+  </si>
+  <si>
+    <t>SRR33902414</t>
+  </si>
+  <si>
+    <t>SAMN48783730</t>
+  </si>
+  <si>
+    <t>SRX29110277</t>
+  </si>
+  <si>
+    <t>SRR33902416</t>
+  </si>
+  <si>
+    <t>SAMN48783729</t>
+  </si>
+  <si>
+    <t>SRX29110275</t>
+  </si>
+  <si>
+    <t>SRR33902405</t>
+  </si>
+  <si>
+    <t>SAMN48783739</t>
+  </si>
+  <si>
+    <t>SRX29110286</t>
+  </si>
+  <si>
+    <t>SRR33902407</t>
+  </si>
+  <si>
+    <t>SAMN48783737</t>
+  </si>
+  <si>
+    <t>SRX29110284</t>
+  </si>
+  <si>
+    <t>SRR33902408</t>
+  </si>
+  <si>
+    <t>SAMN48783736</t>
+  </si>
+  <si>
+    <t>SRX29110283</t>
+  </si>
+  <si>
+    <t>SRR33902411</t>
+  </si>
+  <si>
+    <t>SAMN48783733</t>
+  </si>
+  <si>
+    <t>SRX29110280</t>
+  </si>
+  <si>
+    <t>SRR33902412</t>
+  </si>
+  <si>
+    <t>SAMN48783732</t>
+  </si>
+  <si>
+    <t>SRX29110279</t>
+  </si>
+  <si>
+    <t>SRR33902413</t>
+  </si>
+  <si>
+    <t>SAMN48783731</t>
+  </si>
+  <si>
+    <t>SRX29110278</t>
+  </si>
+  <si>
+    <t>SRR33902417</t>
+  </si>
+  <si>
+    <t>SAMN48783728</t>
+  </si>
+  <si>
+    <t>SRX29110274</t>
+  </si>
+  <si>
+    <t>SRR33902726</t>
+  </si>
+  <si>
+    <t>SAMN48783752</t>
+  </si>
+  <si>
+    <t>SRX29110365</t>
+  </si>
+  <si>
+    <t>SRR33902732</t>
+  </si>
+  <si>
+    <t>SAMN48783747</t>
+  </si>
+  <si>
+    <t>SRX29110359</t>
+  </si>
+  <si>
+    <t>SRR33902733</t>
+  </si>
+  <si>
+    <t>SAMN48783746</t>
+  </si>
+  <si>
+    <t>SRX29110358</t>
+  </si>
+  <si>
+    <t>SRR33902734</t>
+  </si>
+  <si>
+    <t>SAMN48783745</t>
+  </si>
+  <si>
+    <t>SRX29110357</t>
+  </si>
+  <si>
+    <t>SRR33902736</t>
+  </si>
+  <si>
+    <t>SAMN48783743</t>
+  </si>
+  <si>
+    <t>SRX29110355</t>
+  </si>
+  <si>
+    <t>SRR33902737</t>
+  </si>
+  <si>
+    <t>SAMN48783742</t>
+  </si>
+  <si>
+    <t>SRX29110354</t>
+  </si>
+  <si>
+    <t>SRR33902725</t>
+  </si>
+  <si>
+    <t>SAMN48783753</t>
+  </si>
+  <si>
+    <t>SRX29110366</t>
+  </si>
+  <si>
+    <t>SRR33902730</t>
+  </si>
+  <si>
+    <t>SAMN48783749</t>
+  </si>
+  <si>
+    <t>SRX29110361</t>
+  </si>
+  <si>
+    <t>SRR33902731</t>
+  </si>
+  <si>
+    <t>SAMN48783748</t>
+  </si>
+  <si>
+    <t>SRX29110360</t>
+  </si>
+  <si>
+    <t>SRR33902735</t>
+  </si>
+  <si>
+    <t>SAMN48783744</t>
+  </si>
+  <si>
+    <t>SRX29110356</t>
+  </si>
+  <si>
+    <t>SRR33902724</t>
+  </si>
+  <si>
+    <t>SAMN48783754</t>
+  </si>
+  <si>
+    <t>SRX29110367</t>
+  </si>
+  <si>
+    <t>SRR33902727</t>
+  </si>
+  <si>
+    <t>SAMN48783751</t>
+  </si>
+  <si>
+    <t>SRX29110364</t>
+  </si>
+  <si>
+    <t>SRR33902728</t>
+  </si>
+  <si>
+    <t>SAMN48783750</t>
+  </si>
+  <si>
+    <t>SRX29110363</t>
+  </si>
+  <si>
+    <t>SRR33902738</t>
+  </si>
+  <si>
+    <t>SAMN48783741</t>
+  </si>
+  <si>
+    <t>SRX29110353</t>
+  </si>
+  <si>
+    <t>SRR33902739</t>
+  </si>
+  <si>
+    <t>SAMN48783740</t>
+  </si>
+  <si>
+    <t>SRX29110352</t>
+  </si>
+  <si>
+    <t>Label used in publication (Song et al., 2025)</t>
+  </si>
+  <si>
+    <t>please note that samples were sequenced once, twice or three times, but were always given separate sample numbers</t>
+  </si>
+  <si>
+    <t>19861667</t>
+  </si>
+  <si>
+    <t>oleracea</t>
+  </si>
+  <si>
+    <t>Cayeux sur Mer, Picardie, Somme</t>
+  </si>
+  <si>
+    <t>50.183</t>
+  </si>
+  <si>
+    <t>1.483</t>
+  </si>
+  <si>
+    <t>OBN:Crambe maritima</t>
+  </si>
+  <si>
+    <t>0701</t>
+  </si>
+  <si>
+    <t>19866703</t>
+  </si>
+  <si>
+    <t>Bredase-Atlanta</t>
+  </si>
+  <si>
+    <t>IVT SR55</t>
+  </si>
+  <si>
+    <t>TYP:Bredase</t>
+  </si>
+  <si>
+    <t>NLD026</t>
+  </si>
+  <si>
+    <t>0717</t>
+  </si>
+  <si>
+    <t>19866676</t>
+  </si>
+  <si>
+    <t>De Rosny</t>
+  </si>
+  <si>
+    <t>IVT SR27</t>
+  </si>
+  <si>
+    <t>TYP:De Rosny</t>
+  </si>
+  <si>
+    <t>FRA016</t>
+  </si>
+  <si>
+    <t>19866702</t>
+  </si>
+  <si>
+    <t>Ideal</t>
+  </si>
+  <si>
+    <t>IVT SR54</t>
+  </si>
+  <si>
+    <t>19866710</t>
+  </si>
+  <si>
+    <t>Neuzucht Hild</t>
+  </si>
+  <si>
+    <t>IVT SR63</t>
+  </si>
+  <si>
+    <t>TYP:Neuzucht Hild; FPE:BRD(2005)</t>
+  </si>
+  <si>
+    <t>DEU391</t>
+  </si>
+  <si>
+    <t>19866734</t>
+  </si>
+  <si>
+    <t>Rubine</t>
+  </si>
+  <si>
+    <t>IVT SR87</t>
+  </si>
+  <si>
+    <t>TYP:Rubine</t>
+  </si>
+  <si>
+    <t>NLD061</t>
+  </si>
+  <si>
+    <t>19866661</t>
+  </si>
+  <si>
+    <t>Zavitkova</t>
+  </si>
+  <si>
+    <t>IVT SR12</t>
+  </si>
+  <si>
+    <t>19866780</t>
+  </si>
+  <si>
+    <t>Zwerg Special</t>
+  </si>
+  <si>
+    <t>CHE</t>
+  </si>
+  <si>
+    <t>46.8</t>
+  </si>
+  <si>
+    <t>8.2</t>
+  </si>
+  <si>
+    <t>189036</t>
+  </si>
+  <si>
+    <t>IVT SR133</t>
+  </si>
+  <si>
+    <t>TYP:Altorfer Fruhe</t>
+  </si>
+  <si>
+    <t>*CHEVATTER</t>
+  </si>
+  <si>
+    <t>19866212</t>
+  </si>
+  <si>
+    <t>Amager Gron Vinter-206</t>
+  </si>
+  <si>
+    <t>DNK</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>10.7</t>
+  </si>
+  <si>
+    <t>198634</t>
+  </si>
+  <si>
+    <t>IVT WI8601</t>
+  </si>
+  <si>
+    <t>TYP:Amager Hoogstronk</t>
+  </si>
+  <si>
+    <t>S: Amager Gron Vinter</t>
+  </si>
+  <si>
+    <t>DNK010</t>
+  </si>
+  <si>
+    <t>0711</t>
+  </si>
+  <si>
+    <t>19874204</t>
+  </si>
+  <si>
+    <t>Quintal d'Alsace</t>
+  </si>
+  <si>
+    <t>NLD024</t>
+  </si>
+  <si>
+    <t>IVT WI46</t>
+  </si>
+  <si>
+    <t>TYP:Quintal d'Alsace</t>
+  </si>
+  <si>
+    <t>S: Quintal D'Alsace</t>
+  </si>
+  <si>
+    <t>19866115</t>
+  </si>
+  <si>
+    <t>Roem van Enkhuizen</t>
+  </si>
+  <si>
+    <t>IVT WI63</t>
+  </si>
+  <si>
+    <t>MIA:in the book Cabbage Varieties by Jensma; TYP:R.v.Enkhuizen</t>
+  </si>
+  <si>
+    <t>S: Roem Van Enkhuizen</t>
+  </si>
+  <si>
+    <t>19874206</t>
+  </si>
+  <si>
+    <t>Filderkraut</t>
+  </si>
+  <si>
+    <t>NLD071</t>
+  </si>
+  <si>
+    <t>IVT WI104</t>
+  </si>
+  <si>
+    <t>TYP:Filderkraut</t>
+  </si>
+  <si>
+    <t>0712</t>
+  </si>
+  <si>
+    <t>19866254</t>
+  </si>
+  <si>
+    <t>Tuindersselectie</t>
+  </si>
+  <si>
+    <t>IVT WI83</t>
+  </si>
+  <si>
+    <t>TYP:Marschlander Fruhspitz; FPE:BRD(2005)</t>
+  </si>
+  <si>
+    <t>S: Marschlander Fruhspitz</t>
+  </si>
+  <si>
+    <t>19866282</t>
+  </si>
+  <si>
+    <t>Antwerpse Putjes</t>
+  </si>
+  <si>
+    <t>IVT SA18</t>
+  </si>
+  <si>
+    <t>TYP:Antwerpse Putjes</t>
+  </si>
+  <si>
+    <t>S: Antwerpse Putjes</t>
+  </si>
+  <si>
+    <t>NLD100</t>
+  </si>
+  <si>
+    <t>0714</t>
+  </si>
+  <si>
+    <t>19866270</t>
+  </si>
+  <si>
+    <t>Bloemendaalse Gele</t>
+  </si>
+  <si>
+    <t>IVT SA6</t>
+  </si>
+  <si>
+    <t>MIA:in the book Cabbage Varieties by Jensma; TYP:Bloemendaalse Gele</t>
+  </si>
+  <si>
+    <t>S: Bloemendaalse Gele</t>
+  </si>
+  <si>
+    <t>19874215</t>
+  </si>
+  <si>
+    <t>Langedijker Bewaargele-Group 1</t>
+  </si>
+  <si>
+    <t>TYP:Langedijker Bewaargele-Group 1; REM:bulked 7 selections at CGN in 1987: o.a. L.Bewaargele-Gelba, div. L.Bewaargele selections</t>
+  </si>
+  <si>
+    <t>X: Langedijker Bewaargele Group 1, 866286,866308,866316,866317,866320,866321,866268</t>
+  </si>
+  <si>
+    <t>19866305</t>
+  </si>
+  <si>
+    <t>Noorweegse</t>
+  </si>
+  <si>
+    <t>IVT SA41</t>
+  </si>
+  <si>
+    <t>MIA:in the book Cabbage Varieties by Jensma; TYP:Noorweegse</t>
+  </si>
+  <si>
+    <t>S: Noorweegse</t>
+  </si>
+  <si>
+    <t>19866323</t>
+  </si>
+  <si>
+    <t>Schelk-sel.Willems</t>
+  </si>
+  <si>
+    <t>Maastricht, Limburg</t>
+  </si>
+  <si>
+    <t>50.85</t>
+  </si>
+  <si>
+    <t>5.683</t>
+  </si>
+  <si>
+    <t>IVT SA59</t>
+  </si>
+  <si>
+    <t>MIA:in the book Cabbage Varieties by Jensma; TYP:Bonner Advent</t>
+  </si>
+  <si>
+    <t>S: Bonner Advent, (Local Selection)</t>
+  </si>
+  <si>
+    <t>*NLDWILLEM</t>
+  </si>
+  <si>
+    <t>19866324</t>
+  </si>
+  <si>
+    <t>Selection Silvertand</t>
+  </si>
+  <si>
+    <t>IVT SA60</t>
+  </si>
+  <si>
+    <t>REM:received as Schelk; TYP:Silvertand</t>
+  </si>
+  <si>
+    <t>S: Unknown, Ressembles Vertus</t>
+  </si>
+  <si>
+    <t>*NLDSILVER</t>
+  </si>
+  <si>
+    <t>19866024</t>
+  </si>
+  <si>
+    <t>IEE 73</t>
+  </si>
+  <si>
+    <t>Sabieny</t>
+  </si>
+  <si>
+    <t>EGY</t>
+  </si>
+  <si>
+    <t>Asyut; Youssef Bebawy, Nuba Seed Company,Tahrir Province, Asyut</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>100000</t>
+  </si>
+  <si>
+    <t>1985----</t>
+  </si>
+  <si>
+    <t>3.4</t>
+  </si>
+  <si>
+    <t>*EGYIEE</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>MIA:Balady Strains of Egyptian Vegetables I; REM:received as cauliflower</t>
+  </si>
+  <si>
+    <t>19866029</t>
+  </si>
+  <si>
+    <t>IEE 232</t>
+  </si>
+  <si>
+    <t>Snowball</t>
+  </si>
+  <si>
+    <t>Giza, Giza</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>232</t>
+  </si>
+  <si>
+    <t>MIA:Balady Strains of Egyptian Vegetables I; TYP:Erfurter</t>
+  </si>
+  <si>
+    <t>0719</t>
+  </si>
+  <si>
+    <t>19872663</t>
+  </si>
+  <si>
+    <t>IEE 400</t>
+  </si>
+  <si>
+    <t>Balady</t>
+  </si>
+  <si>
+    <t>Cairo;Shaapan El Karma,45 Gomheria Str. Opera Place, Cairo</t>
+  </si>
+  <si>
+    <t>1986----</t>
+  </si>
+  <si>
+    <t>400</t>
+  </si>
+  <si>
+    <t>MIA:Balady Strains of Egyptian Vegetables II and III</t>
+  </si>
+  <si>
+    <t>19866876</t>
+  </si>
+  <si>
+    <t>Blauwe Spek</t>
+  </si>
+  <si>
+    <t>IVT KO7</t>
+  </si>
+  <si>
+    <t>0718</t>
+  </si>
+  <si>
+    <t>19866870</t>
+  </si>
+  <si>
+    <t>Castor</t>
+  </si>
+  <si>
+    <t>IVT KO1</t>
+  </si>
+  <si>
+    <t>19866872</t>
+  </si>
+  <si>
+    <t>Delikatess Witte</t>
+  </si>
+  <si>
+    <t>IVT KO3</t>
+  </si>
+  <si>
+    <t>19866871</t>
+  </si>
+  <si>
+    <t>Pollux</t>
+  </si>
+  <si>
+    <t>IVT KO2</t>
+  </si>
+  <si>
+    <t>19866875</t>
+  </si>
+  <si>
+    <t>Wener Blauwe</t>
+  </si>
+  <si>
+    <t>IVT KO6</t>
+  </si>
+  <si>
+    <t>19866874</t>
+  </si>
+  <si>
+    <t>Wener Witte</t>
+  </si>
+  <si>
+    <t>IVT KO5</t>
+  </si>
+  <si>
+    <t>19890401</t>
+  </si>
+  <si>
+    <t>Roem van Barendrecht-sel.Groeneboom Group 1</t>
+  </si>
+  <si>
+    <t>TYP:Roem Van Barendrecht-sel.Groeneboom Group 1; REM:bulked 3 selections at CGN in 1987: Gr.-Champion, Rm.v.Bd.-sel.Groeneboom</t>
+  </si>
+  <si>
+    <t>X: Roem Van Barendrecht-sel.Groeneboom Group 1:rnr:866744, 866761, 866783</t>
+  </si>
+  <si>
+    <t>19866090</t>
+  </si>
+  <si>
+    <t>Brunswijker</t>
+  </si>
+  <si>
+    <t>IVT WI27</t>
+  </si>
+  <si>
+    <t>MIA:in the book Cabbage Varieties by Jensma; TYP:Brunswijker Duits</t>
+  </si>
+  <si>
+    <t>S: Brunswijker</t>
+  </si>
+  <si>
+    <t>19866349</t>
+  </si>
+  <si>
+    <t>Negerkop</t>
+  </si>
+  <si>
+    <t>IVT RO9</t>
+  </si>
+  <si>
+    <t>TYP:Negerkop</t>
+  </si>
+  <si>
+    <t>S: Negerkop</t>
+  </si>
+  <si>
+    <t>0713</t>
+  </si>
+  <si>
+    <t>19866401</t>
+  </si>
+  <si>
+    <t>Amager-304</t>
+  </si>
+  <si>
+    <t>IVT RO8600</t>
+  </si>
+  <si>
+    <t>TYP:Herfstrode</t>
+  </si>
+  <si>
+    <t>S: Probably Herfstrode</t>
+  </si>
+  <si>
+    <t>19890394</t>
+  </si>
+  <si>
+    <t>Langedijker Bewaar-Graag Group 1</t>
+  </si>
+  <si>
+    <t>TYP:Langedijker Bewaar-Graag Group 1; REM:bulked 5 selections at CGN in 1987: Langedijker Bewaar-Kwanta, diff. L.B. selections; DOI:10.1007/BF00132954</t>
+  </si>
+  <si>
+    <t>X: Langedijker Bewaar-Graag Group 1, rnr:866379, 866382, 866346, 866380, 866383</t>
+  </si>
+  <si>
+    <t>19890379</t>
+  </si>
+  <si>
+    <t>Westlandse Putjes-Group 1</t>
+  </si>
+  <si>
+    <t>TYP:Westlandse Putjes-Group 1; origin date 1965; REM:bulked 2 selections at CGN in 1987: Westlandse Putjes, Westlandse P.-Putta</t>
+  </si>
+  <si>
+    <t>X: Westlandse Putjes-Group 1, rnr:866277 and 866298</t>
+  </si>
+  <si>
+    <t>19890381</t>
+  </si>
+  <si>
+    <t>Winterkoning-Group 1</t>
+  </si>
+  <si>
+    <t>TYP:Winterkoning-Group 1; REM:bulked 3 selections at CGN in 1987: Winterkoning-Harda Wkk, Winterkoning-Wigro, Winterkoning-Wiko</t>
+  </si>
+  <si>
+    <t>X: Winterkoning-Group 1, Rnr:866278, rnr:866294, 866303, 866307</t>
+  </si>
+  <si>
+    <t>19866332</t>
+  </si>
+  <si>
+    <t>Vertus-Verius</t>
+  </si>
+  <si>
+    <t>IVT SA8600</t>
+  </si>
+  <si>
+    <t>MIA:in the book Cabbage Varieties by Jensma</t>
+  </si>
+  <si>
+    <t>S: Vertus</t>
+  </si>
+  <si>
+    <t>DNK066</t>
+  </si>
+  <si>
+    <t>19866333</t>
+  </si>
+  <si>
+    <t>Aubervilliers-Pladano</t>
+  </si>
+  <si>
+    <t>S: Aubervilliers</t>
+  </si>
+  <si>
+    <t>19890408</t>
+  </si>
+  <si>
+    <t>Polarstjernen-Group 1</t>
+  </si>
+  <si>
+    <t>TYP:Polarstjernen-Group 1; REM:bulked 2 selections at CGN in 1987: Polar Star, Polarstjernen</t>
+  </si>
+  <si>
+    <t>X: Polarstjernen Group 1 : Rnrs 866655,  866801</t>
+  </si>
+  <si>
+    <t>19866009</t>
+  </si>
+  <si>
+    <t>IEE 142</t>
+  </si>
+  <si>
+    <t>Beni-Suef, Beni-Suef</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>142</t>
+  </si>
+  <si>
+    <t>MIA:Balady Strains of Egyptian Vegetables I</t>
+  </si>
+  <si>
+    <t>19866161</t>
+  </si>
+  <si>
+    <t>Langedijker Bewaar-sel.v.Langen</t>
+  </si>
+  <si>
+    <t>IVT WI115</t>
+  </si>
+  <si>
+    <t>MIA:in the book Cabbage Varieties by Jensma; TYP:Langedijker Bewaar-Extra Taai</t>
+  </si>
+  <si>
+    <t>S: Langedijker Bewaarwitte</t>
+  </si>
+  <si>
+    <t>*NLDLANGEN</t>
+  </si>
+  <si>
+    <t>19866109</t>
+  </si>
+  <si>
+    <t>Budericher</t>
+  </si>
+  <si>
+    <t>IVT WI51</t>
+  </si>
+  <si>
+    <t>MIA:in the book Cabbage Varieties by Jensma; TYP:Budericher</t>
+  </si>
+  <si>
+    <t>S: Budericher</t>
+  </si>
+  <si>
+    <t>19866425</t>
+  </si>
+  <si>
+    <t>Geant de Naples Tardif-Rubaco</t>
+  </si>
+  <si>
+    <t>IVT BL35</t>
+  </si>
+  <si>
+    <t>TYP:Geant de Naples</t>
+  </si>
+  <si>
+    <t>S: Geant de Naples Tardif</t>
+  </si>
+  <si>
+    <t>19866426</t>
+  </si>
+  <si>
+    <t>Geant de Naples Tardif-Prebaco</t>
+  </si>
+  <si>
+    <t>IVT BL36</t>
+  </si>
+  <si>
+    <t>19866428</t>
+  </si>
+  <si>
+    <t>Dok-Elgon Prio</t>
+  </si>
+  <si>
+    <t>IVT BL38</t>
+  </si>
+  <si>
+    <t>TYP:Dok-Elgon Prio</t>
+  </si>
+  <si>
+    <t>P: Flora Blanca/Alpha/Winter Bloemkool</t>
+  </si>
+  <si>
+    <t>19866512</t>
+  </si>
+  <si>
+    <t>Lecerf-Lero</t>
+  </si>
+  <si>
+    <t>IVT BL122</t>
+  </si>
+  <si>
+    <t>TYP:Lecerf-Lero</t>
+  </si>
+  <si>
+    <t>S: Lecerf</t>
+  </si>
+  <si>
+    <t>*NLDHROOD</t>
+  </si>
+  <si>
+    <t>19866541</t>
+  </si>
+  <si>
+    <t>Flora Blanca</t>
+  </si>
+  <si>
+    <t>IVT BL174</t>
+  </si>
+  <si>
+    <t>TYP:Flora Blanca</t>
+  </si>
+  <si>
+    <t>NLD066</t>
+  </si>
+  <si>
+    <t>19866564</t>
+  </si>
+  <si>
+    <t>Selfblanche-Brendo</t>
+  </si>
+  <si>
+    <t>IVT BL197</t>
+  </si>
+  <si>
+    <t>TYP:Selfblanche-Brendo</t>
+  </si>
+  <si>
+    <t>S: Selfblanche</t>
+  </si>
+  <si>
+    <t>NLD068</t>
+  </si>
+  <si>
+    <t>19866816</t>
+  </si>
+  <si>
+    <t>var. sabellica</t>
+  </si>
+  <si>
+    <t>Lage Krul</t>
+  </si>
+  <si>
+    <t>IVT BO7</t>
+  </si>
+  <si>
+    <t>TYP:Lage Moskrul</t>
+  </si>
+  <si>
+    <t>0702</t>
+  </si>
+  <si>
+    <t>19866818</t>
+  </si>
+  <si>
+    <t>Westlandse Winter</t>
+  </si>
+  <si>
+    <t>IVT BO9</t>
+  </si>
+  <si>
+    <t>TYP:Westlandse Winter</t>
+  </si>
+  <si>
+    <t>19866834</t>
+  </si>
+  <si>
+    <t>439</t>
+  </si>
+  <si>
+    <t>Sel.de Vries</t>
+  </si>
+  <si>
+    <t>Kromme Elleboog 14, Finsterwolde, Groningen</t>
+  </si>
+  <si>
+    <t>53.192</t>
+  </si>
+  <si>
+    <t>7.071</t>
+  </si>
+  <si>
+    <t>1200</t>
+  </si>
+  <si>
+    <t>1955----</t>
+  </si>
+  <si>
+    <t>IVT BO25</t>
+  </si>
+  <si>
+    <t>TYP:Westlandse Winter; REM:collected in 1982; PLA:3</t>
+  </si>
+  <si>
+    <t>*NLDVRIES</t>
+  </si>
+  <si>
+    <t>19866856</t>
+  </si>
+  <si>
+    <t>Laerketunge</t>
+  </si>
+  <si>
+    <t>IVT BO8600</t>
+  </si>
+  <si>
+    <t>TYP:Lerchenzungen</t>
+  </si>
+  <si>
+    <t>19866085</t>
+  </si>
+  <si>
+    <t>Langedijker Vroege Witte-Junia</t>
+  </si>
+  <si>
+    <t>IVT WI21</t>
+  </si>
+  <si>
+    <t>MIA:in the book Cabbage Varieties by Jensma; TYP:Langedijker Vroege Witte</t>
+  </si>
+  <si>
+    <t>S: Langedijker Vroege Witte</t>
+  </si>
+  <si>
+    <t>19866120</t>
+  </si>
+  <si>
+    <t>Blankora</t>
+  </si>
+  <si>
+    <t>IVT WI72</t>
+  </si>
+  <si>
+    <t>TYP:Rm.v.Enkhuizen</t>
+  </si>
+  <si>
+    <t>NLD064</t>
+  </si>
+  <si>
+    <t>19866259</t>
+  </si>
+  <si>
+    <t>Charleston Wakefield-Mital</t>
+  </si>
+  <si>
+    <t>IVT WI8602</t>
+  </si>
+  <si>
+    <t>TYP:Charleston Wakefield</t>
+  </si>
+  <si>
+    <t>S: Charleston Wakefield</t>
+  </si>
+  <si>
+    <t>19866399</t>
+  </si>
+  <si>
+    <t>Kissendrup-Piru</t>
+  </si>
+  <si>
+    <t>MIA:in the book Cabbage Varieties by Jensma; TYP:Kissendrup</t>
+  </si>
+  <si>
+    <t>S: Kissendrup</t>
+  </si>
+  <si>
+    <t>19890373</t>
+  </si>
+  <si>
+    <t>Ceratus</t>
+  </si>
+  <si>
+    <t>IDN</t>
+  </si>
+  <si>
+    <t>-2</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>2663343</t>
+  </si>
+  <si>
+    <t>IDN056</t>
+  </si>
+  <si>
+    <t>19866466</t>
+  </si>
+  <si>
+    <t>Erfurter 13</t>
+  </si>
+  <si>
+    <t>IVT BL76</t>
+  </si>
+  <si>
+    <t>TYP:Erfurter</t>
+  </si>
+  <si>
+    <t>19866485</t>
+  </si>
+  <si>
+    <t>Alpha-Kassa</t>
+  </si>
+  <si>
+    <t>IVT BL95</t>
+  </si>
+  <si>
+    <t>TYP:Alpha Kas</t>
+  </si>
+  <si>
+    <t>S: Alpha</t>
+  </si>
+  <si>
+    <t>*NLDVDBERG</t>
+  </si>
+  <si>
+    <t>19890370</t>
+  </si>
+  <si>
+    <t>Xiqiao</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>IVT 31</t>
+  </si>
+  <si>
+    <t>19890400</t>
+  </si>
+  <si>
+    <t>Bangkok FLP</t>
+  </si>
+  <si>
+    <t>PHL</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>123.1</t>
+  </si>
+  <si>
+    <t>795293</t>
+  </si>
+  <si>
+    <t>LV-158</t>
+  </si>
+  <si>
+    <t>*PHLEWSC</t>
+  </si>
+  <si>
+    <t>0708</t>
+  </si>
+  <si>
+    <t>19890416</t>
+  </si>
+  <si>
+    <t>Kailan</t>
+  </si>
+  <si>
+    <t>THA</t>
+  </si>
+  <si>
+    <t>Chiang Mai</t>
+  </si>
+  <si>
+    <t>18.77</t>
+  </si>
+  <si>
+    <t>98.97</t>
+  </si>
+  <si>
+    <t>22306</t>
+  </si>
+  <si>
+    <t>LV-494</t>
+  </si>
+  <si>
+    <t>*THAEWSCTH</t>
+  </si>
+  <si>
+    <t>19892427</t>
+  </si>
+  <si>
+    <t>Máriapocs, Szabolcs-Szatmár-Bereg</t>
+  </si>
+  <si>
+    <t>47.883</t>
+  </si>
+  <si>
+    <t>22.033</t>
+  </si>
+  <si>
+    <t>IVT BL8601</t>
+  </si>
+  <si>
+    <t>19900432</t>
+  </si>
+  <si>
+    <t>Sappemeerse-Group 1</t>
+  </si>
+  <si>
+    <t>TYP:Sappemeerse-Group 1; REM:bulked 2 selections at CGN in 1990</t>
+  </si>
+  <si>
+    <t>X: Sappemeerse-Group 1, rnr's 890428 and 890427</t>
+  </si>
+  <si>
+    <t>19900433</t>
+  </si>
+  <si>
+    <t>Vroege Groene Spitse-Group 1</t>
+  </si>
+  <si>
+    <t>TYP:Vroege Groene Spitse-Group 1; REM:bulked 4 selections at CGN in 1990:Vorbote, Vorbote-Saxa, Vroege Groene Spitse</t>
+  </si>
+  <si>
+    <t>X: Vroege Groene Spitse Group 1, rnr's 866273, 866295, 866319, 866299</t>
+  </si>
+  <si>
+    <t>19866005</t>
+  </si>
+  <si>
+    <t>IEE 121</t>
+  </si>
+  <si>
+    <t>Minay, Minya</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>19866012</t>
+  </si>
+  <si>
+    <t>IEE 155</t>
+  </si>
+  <si>
+    <t>Gansuri</t>
+  </si>
+  <si>
+    <t>3km S. of Mehala, Gharbia</t>
+  </si>
+  <si>
+    <t>155</t>
+  </si>
+  <si>
+    <t>MIA:Balady Strains of Egyptian Vegetables I; HAB:Nile Delta, level, not stony, good drainage; SOI:clay</t>
+  </si>
+  <si>
+    <t>19866025</t>
+  </si>
+  <si>
+    <t>IEE 143</t>
+  </si>
+  <si>
+    <t>Beni Suef, Beni-Suef</t>
+  </si>
+  <si>
+    <t>143</t>
+  </si>
+  <si>
+    <t>MIA:Balady Strains of Egyptian Vegetables I; TYP:Italiaanse Reus</t>
+  </si>
+  <si>
+    <t>19866391</t>
+  </si>
+  <si>
+    <t>Langedijker Vroege</t>
+  </si>
+  <si>
+    <t>IVT RO51</t>
+  </si>
+  <si>
+    <t>S: Langedijker Vroege Rode</t>
+  </si>
+  <si>
+    <t>19866402</t>
+  </si>
+  <si>
+    <t>Holdbar Vinter-Rovi</t>
+  </si>
+  <si>
+    <t>TYP:Bewaar Gewoon</t>
+  </si>
+  <si>
+    <t>S: Deense Bewaarrode</t>
+  </si>
+  <si>
+    <t>19866486</t>
+  </si>
+  <si>
+    <t>Mechelse-Panda</t>
+  </si>
+  <si>
+    <t>IVT BL96</t>
+  </si>
+  <si>
+    <t>TYP:Mechelse Vroeg</t>
+  </si>
+  <si>
+    <t>S: Mechelse</t>
+  </si>
+  <si>
+    <t>19866691</t>
+  </si>
+  <si>
+    <t>Halfhoge Lierse</t>
+  </si>
+  <si>
+    <t>IVT SR43</t>
+  </si>
+  <si>
+    <t>TYP:Lierse</t>
+  </si>
+  <si>
+    <t>*NLDTUBERG</t>
+  </si>
+  <si>
+    <t>19866713</t>
+  </si>
+  <si>
+    <t>Fest und Viel</t>
+  </si>
+  <si>
+    <t>IVT SR66</t>
+  </si>
+  <si>
+    <t>TYP:Fest und Viel; REM:the original Fest und Viel is a selection (1903) from Erfurter halbh. Dreienbrunnen by F. Heinemann and Matth. Lohfeld</t>
+  </si>
+  <si>
+    <t>19866765</t>
+  </si>
+  <si>
+    <t>Groninger-Stiekema</t>
+  </si>
+  <si>
+    <t>IVT SR118</t>
+  </si>
+  <si>
+    <t>S: Groninger</t>
+  </si>
+  <si>
+    <t>*NLDVISSER</t>
+  </si>
+  <si>
+    <t>19866794</t>
+  </si>
+  <si>
+    <t>Groninger-sel.v.Prooien</t>
+  </si>
+  <si>
+    <t>IVT SR147</t>
+  </si>
+  <si>
+    <t>TYP:Vroege Groninger</t>
+  </si>
+  <si>
+    <t>19890435</t>
+  </si>
+  <si>
+    <t>Choux de Jalhay</t>
+  </si>
+  <si>
+    <t>BEL</t>
+  </si>
+  <si>
+    <t>Jalhay, Liège</t>
+  </si>
+  <si>
+    <t>50.55</t>
+  </si>
+  <si>
+    <t>5.983</t>
+  </si>
+  <si>
+    <t>*BELSDIHV</t>
+  </si>
+  <si>
+    <t>REM:bladkool</t>
+  </si>
+  <si>
+    <t>0707</t>
+  </si>
+  <si>
+    <t>19890436</t>
+  </si>
+  <si>
+    <t>Christmas Drumhead</t>
+  </si>
+  <si>
+    <t>GBR025</t>
+  </si>
+  <si>
+    <t>19890438</t>
+  </si>
+  <si>
+    <t>Langedijker Bewaargele-sel.v.Hout</t>
+  </si>
+  <si>
+    <t>IVT SA66</t>
+  </si>
+  <si>
+    <t>REM:Was WI 127; TYP:Langedijker Bewaargele</t>
+  </si>
+  <si>
+    <t>X: Langedijker Bewaargele</t>
+  </si>
+  <si>
+    <t>*NLDHOUT</t>
+  </si>
+  <si>
+    <t>19890443</t>
+  </si>
+  <si>
+    <t>Groninger-Vroeg Group 1</t>
+  </si>
+  <si>
+    <t>TYP:Groninger-Vroeg Group 1; REM:bulked 45 selections at CGN in 1988</t>
+  </si>
+  <si>
+    <t>X: Groninger-Vroeg Group 1,Rnr;866651-2-3-4,5864-5-7-8-9,71-2,80-3-4-6-8-9,94-5-7,708,18,23-8,36-7-9</t>
+  </si>
+  <si>
+    <t>19890447</t>
+  </si>
+  <si>
+    <t>Gouden Akker-Group 2</t>
+  </si>
+  <si>
+    <t>TYP:Gouden Akker-Group 2; REM:bulked 2 selections at CGN in 1988: Gouden Akker, Green Acre-Dima; DOI:10.1007/BF00132954</t>
+  </si>
+  <si>
+    <t>X: Gouden Akker-Group 2, Rnr: 866209,866091</t>
+  </si>
+  <si>
+    <t>19892414</t>
+  </si>
+  <si>
+    <t>Goodman</t>
+  </si>
+  <si>
+    <t>TYP:Goodman</t>
+  </si>
+  <si>
+    <t>19892424</t>
+  </si>
+  <si>
+    <t>Sernio</t>
+  </si>
+  <si>
+    <t>TYP:Sernio; Autumn cauliflower</t>
+  </si>
+  <si>
+    <t>19892428</t>
+  </si>
+  <si>
+    <t>Butzo</t>
+  </si>
+  <si>
+    <t>Ribadasella\El Carmen, Asturias</t>
+  </si>
+  <si>
+    <t>43.467</t>
+  </si>
+  <si>
+    <t>-5.067</t>
+  </si>
+  <si>
+    <t>2.1</t>
+  </si>
+  <si>
+    <t>REM:collected by I.Boukema</t>
+  </si>
+  <si>
+    <t>19900422</t>
+  </si>
+  <si>
+    <t>Allwhite</t>
+  </si>
+  <si>
+    <t>19900428</t>
+  </si>
+  <si>
+    <t>villosa</t>
+  </si>
+  <si>
+    <t>Sicily</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>2005774</t>
+  </si>
+  <si>
+    <t>REM:collected by E. Oost with origin data: Mediterranean</t>
+  </si>
+  <si>
+    <t>19861636</t>
+  </si>
+  <si>
+    <t>Westerwoldse Grove</t>
+  </si>
+  <si>
+    <t>BOL 2.05</t>
+  </si>
+  <si>
+    <t>TYP:Westerwoldse Grove</t>
+  </si>
+  <si>
+    <t>19861640</t>
+  </si>
+  <si>
+    <t>Bindsachsener</t>
+  </si>
+  <si>
+    <t>BOL 3.02</t>
+  </si>
+  <si>
+    <t>REM:Clubroot resistant; FPE:BRD(2005)</t>
+  </si>
+  <si>
+    <t>19861645</t>
+  </si>
+  <si>
+    <t>var. medullosa</t>
+  </si>
+  <si>
+    <t>Hoge Groene</t>
+  </si>
+  <si>
+    <t>BOL 4.03</t>
+  </si>
+  <si>
+    <t>0704</t>
+  </si>
+  <si>
+    <t>19861646</t>
+  </si>
+  <si>
+    <t>Witte Giant Marrow</t>
+  </si>
+  <si>
+    <t>BOL 4.04</t>
+  </si>
+  <si>
+    <t>19866438</t>
+  </si>
+  <si>
+    <t>Walcheren Winter-Armado Tardo</t>
+  </si>
+  <si>
+    <t>IVT BL48</t>
+  </si>
+  <si>
+    <t>TYP:Walcheren Winter-Type 4, seperate, looks like group 4</t>
+  </si>
+  <si>
+    <t>S: Walcheren Winter</t>
+  </si>
+  <si>
+    <t>19866445</t>
+  </si>
+  <si>
+    <t>Fermalba</t>
+  </si>
+  <si>
+    <t>IVT BL55</t>
+  </si>
+  <si>
+    <t>TYP:Deense Export</t>
+  </si>
+  <si>
+    <t>19866449</t>
+  </si>
+  <si>
+    <t>Erfurter-Helios</t>
+  </si>
+  <si>
+    <t>IVT BL59</t>
+  </si>
+  <si>
+    <t>S: Deense Export</t>
+  </si>
+  <si>
+    <t>19866551</t>
+  </si>
+  <si>
+    <t>Alpha-Record</t>
+  </si>
+  <si>
+    <t>IVT BL184</t>
+  </si>
+  <si>
+    <t>TYP:Alpha Vroeg</t>
+  </si>
+  <si>
+    <t>NLD067</t>
+  </si>
+  <si>
+    <t>19866575</t>
+  </si>
+  <si>
+    <t>Danova</t>
+  </si>
+  <si>
+    <t>IVT BL8600</t>
+  </si>
+  <si>
+    <t>TYP:Deense Late Alpha</t>
+  </si>
+  <si>
+    <t>19890386</t>
+  </si>
+  <si>
+    <t>Taininskaya</t>
+  </si>
+  <si>
+    <t>IVT 169</t>
+  </si>
+  <si>
+    <t>SUN108</t>
+  </si>
+  <si>
+    <t>19890390</t>
+  </si>
+  <si>
+    <t>Lado Kheskaya</t>
+  </si>
+  <si>
+    <t>IVT 174</t>
+  </si>
+  <si>
+    <t>19900405</t>
+  </si>
+  <si>
+    <t>Xiqiao, Canton</t>
+  </si>
+  <si>
+    <t>3.2</t>
+  </si>
+  <si>
+    <t>IVT 34</t>
+  </si>
+  <si>
+    <t>OBN:Brassica caulorapa</t>
+  </si>
+  <si>
+    <t>19926714</t>
+  </si>
+  <si>
+    <t>Septa</t>
+  </si>
+  <si>
+    <t>90016</t>
+  </si>
+  <si>
+    <t>REM:ECD=European Clubroot Differential</t>
+  </si>
+  <si>
+    <t>19926716</t>
+  </si>
+  <si>
+    <t>Jersey Queen</t>
+  </si>
+  <si>
+    <t>88196</t>
+  </si>
+  <si>
+    <t>19926721</t>
+  </si>
+  <si>
+    <t>Boehmerwaldkohl A</t>
+  </si>
+  <si>
+    <t>90024</t>
+  </si>
+  <si>
+    <t>*DEUMPIZF</t>
+  </si>
+  <si>
+    <t>19926722</t>
+  </si>
+  <si>
+    <t>Boehmerwaldkohl F</t>
+  </si>
+  <si>
+    <t>90027</t>
+  </si>
+  <si>
+    <t>35897; PI215515</t>
+  </si>
+  <si>
+    <t>DON:ARSWPI</t>
+  </si>
+  <si>
+    <t>19926723</t>
+  </si>
+  <si>
+    <t>Boehmerwaldkohl Crute</t>
+  </si>
+  <si>
+    <t>90028</t>
+  </si>
+  <si>
+    <t>CR81250</t>
+  </si>
+  <si>
+    <t>GBR006</t>
+  </si>
+  <si>
+    <t>19926724</t>
+  </si>
+  <si>
+    <t>88195</t>
+  </si>
+  <si>
+    <t>19926725</t>
+  </si>
+  <si>
+    <t>Bindsachsener Crute</t>
+  </si>
+  <si>
+    <t>90029</t>
+  </si>
+  <si>
+    <t>CR81261</t>
+  </si>
+  <si>
+    <t>19890365</t>
+  </si>
+  <si>
+    <t>Pazardjishko podobreno</t>
+  </si>
+  <si>
+    <t>BGR</t>
+  </si>
+  <si>
+    <t>42.7</t>
+  </si>
+  <si>
+    <t>25.5</t>
+  </si>
+  <si>
+    <t>288323</t>
+  </si>
+  <si>
+    <t>REM:received as Pazardzhishko Podobreno</t>
+  </si>
+  <si>
+    <t>19892429</t>
+  </si>
+  <si>
+    <t>FL89009</t>
+  </si>
+  <si>
+    <t>PRT</t>
+  </si>
+  <si>
+    <t>Costa de Santo André, N of Village, Setúbal</t>
+  </si>
+  <si>
+    <t>38.117</t>
+  </si>
+  <si>
+    <t>-8.783</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>REM:collected by L.Frese</t>
+  </si>
+  <si>
+    <t>19892430</t>
+  </si>
+  <si>
+    <t>Cavo</t>
+  </si>
+  <si>
+    <t>San Giovanni, Regione: Toscana, Provincia: Siena</t>
+  </si>
+  <si>
+    <t>43.35</t>
+  </si>
+  <si>
+    <t>11.367</t>
+  </si>
+  <si>
+    <t>NLD002</t>
+  </si>
+  <si>
+    <t>REM:collected by A.Zeven, LU Wageningen, at a farm, from own mulitiplication; B.oleracea palmifolia</t>
+  </si>
+  <si>
+    <t>19892431</t>
+  </si>
+  <si>
+    <t>600</t>
+  </si>
+  <si>
+    <t>South of France</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>REM:leaf cabbage, without head, very heterogenous, collected by L.Frese, weedy or wild</t>
+  </si>
+  <si>
+    <t>19900437</t>
+  </si>
+  <si>
+    <t>Fuji Early</t>
+  </si>
+  <si>
+    <t>JPN</t>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
+    <t>1560424</t>
+  </si>
+  <si>
+    <t>JPN181</t>
+  </si>
+  <si>
+    <t>19866877</t>
+  </si>
+  <si>
+    <t>Delikatess Blaa</t>
+  </si>
+  <si>
+    <t>IVT KO8</t>
+  </si>
+  <si>
+    <t>19890384</t>
+  </si>
+  <si>
+    <t>Bao Chun</t>
+  </si>
+  <si>
+    <t>IVT 158</t>
+  </si>
+  <si>
+    <t>19910015</t>
+  </si>
+  <si>
+    <t>FB 91010</t>
+  </si>
+  <si>
+    <t>Derbenska Ronja</t>
+  </si>
+  <si>
+    <t>RUS</t>
+  </si>
+  <si>
+    <t>Dagestan. Derbent</t>
+  </si>
+  <si>
+    <t>42.03</t>
+  </si>
+  <si>
+    <t>48.32</t>
+  </si>
+  <si>
+    <t>15090</t>
+  </si>
+  <si>
+    <t>1991----</t>
+  </si>
+  <si>
+    <t>*NLDCFVKE</t>
+  </si>
+  <si>
+    <t>FB91010</t>
+  </si>
+  <si>
+    <t>FPE:SUN(2005); REM:pointed heads, in NLD no filling</t>
+  </si>
+  <si>
+    <t>19910016</t>
+  </si>
+  <si>
+    <t>FB 91043</t>
+  </si>
+  <si>
+    <t>Mikrah, Dagestan. Achtinsky</t>
+  </si>
+  <si>
+    <t>41.35</t>
+  </si>
+  <si>
+    <t>1460</t>
+  </si>
+  <si>
+    <t>FB91043</t>
+  </si>
+  <si>
+    <t>EPO:15; PLA:15; FPE:SUN(2005)</t>
+  </si>
+  <si>
+    <t>19910017</t>
+  </si>
+  <si>
+    <t>FB 91046</t>
+  </si>
+  <si>
+    <t>Kaladshuch, Dagestan. Achtinsky</t>
+  </si>
+  <si>
+    <t>41.333</t>
+  </si>
+  <si>
+    <t>47.917</t>
+  </si>
+  <si>
+    <t>1450</t>
+  </si>
+  <si>
+    <t>FB91046</t>
+  </si>
+  <si>
+    <t>EPO:9; PLA:7; FPE:SUN(2005)</t>
+  </si>
+  <si>
+    <t>19910018</t>
+  </si>
+  <si>
+    <t>FB 91071</t>
+  </si>
+  <si>
+    <t>Kurakh, Dagestan.Kurakhsky</t>
+  </si>
+  <si>
+    <t>41.583</t>
+  </si>
+  <si>
+    <t>41.783</t>
+  </si>
+  <si>
+    <t>1400</t>
+  </si>
+  <si>
+    <t>FB91071</t>
+  </si>
+  <si>
+    <t>PLA:5; FPE:SUN(2005)</t>
+  </si>
+  <si>
+    <t>19910019</t>
+  </si>
+  <si>
+    <t>FB 91072</t>
+  </si>
+  <si>
+    <t>Kurakh, Dagestan. Kurakhsky</t>
+  </si>
+  <si>
+    <t>FB91072</t>
+  </si>
+  <si>
+    <t>EPO:5; PLA:5; FPE:SUN(2005)</t>
+  </si>
+  <si>
+    <t>19910020</t>
+  </si>
+  <si>
+    <t>FB 91073</t>
+  </si>
+  <si>
+    <t>FB91073</t>
+  </si>
+  <si>
+    <t>19910021</t>
+  </si>
+  <si>
+    <t>FB 91074</t>
+  </si>
+  <si>
+    <t>Gekchen, Dagestan. Kurakhsky</t>
+  </si>
+  <si>
+    <t>41.65</t>
+  </si>
+  <si>
+    <t>47.6</t>
+  </si>
+  <si>
+    <t>1860</t>
+  </si>
+  <si>
+    <t>FB91074</t>
+  </si>
+  <si>
+    <t>EPO:5; PLA:4; FPE:SUN(2005)</t>
+  </si>
+  <si>
+    <t>19926717</t>
+  </si>
+  <si>
+    <t>Losinoovstrovskaja 8</t>
+  </si>
+  <si>
+    <t>88205</t>
+  </si>
+  <si>
+    <t>35889</t>
+  </si>
+  <si>
+    <t>DON:VIR; REM:name refers to a place</t>
+  </si>
+  <si>
+    <t>19926718</t>
+  </si>
+  <si>
+    <t>Resistant Detroit Cross</t>
+  </si>
+  <si>
+    <t>90010</t>
+  </si>
+  <si>
+    <t>MIA:Voorrips&amp;Visser, 1993. Neth. J. Pl. Path. 99: 269-276</t>
+  </si>
+  <si>
+    <t>P: Resistant Detroit/G. Acre//Racin Market/Globe</t>
+  </si>
+  <si>
+    <t>USA071</t>
+  </si>
+  <si>
+    <t>19926719</t>
+  </si>
+  <si>
+    <t>Larson F7</t>
+  </si>
+  <si>
+    <t>90012</t>
+  </si>
+  <si>
+    <t>REM:line derived from breeding material of Dr. R.H. Larson, 1955; MIA:Voorrips 1992, Neth. J. Pl. Path. 98: 361-368</t>
+  </si>
+  <si>
+    <t>19926720</t>
+  </si>
+  <si>
+    <t>Chiang F2</t>
+  </si>
+  <si>
+    <t>90013</t>
+  </si>
+  <si>
+    <t>35890</t>
+  </si>
+  <si>
+    <t>MIA:Voorrips&amp;Visser 1993, Neth. J. Pl. Path. 99: 269-276</t>
+  </si>
+  <si>
+    <t>X: F5 24-127/8-41</t>
+  </si>
+  <si>
+    <t>19930001</t>
+  </si>
+  <si>
+    <t>NPL</t>
+  </si>
+  <si>
+    <t>28.2</t>
+  </si>
+  <si>
+    <t>84.2</t>
+  </si>
+  <si>
+    <t>427577</t>
+  </si>
+  <si>
+    <t>REM:collected by D.Visser IVT</t>
+  </si>
+  <si>
+    <t>19930002</t>
+  </si>
+  <si>
+    <t>Prager Witte Broei</t>
+  </si>
+  <si>
+    <t>19890410</t>
+  </si>
+  <si>
+    <t>Bandung</t>
+  </si>
+  <si>
+    <t>LV-279</t>
+  </si>
+  <si>
+    <t>19890425</t>
+  </si>
+  <si>
+    <t>REM:in NLD easily bolting leafy cabbage</t>
+  </si>
+  <si>
+    <t>19926702</t>
+  </si>
+  <si>
+    <t>Tronchuda Portuguese</t>
+  </si>
+  <si>
+    <t>North Portugal</t>
+  </si>
+  <si>
+    <t>41.5</t>
+  </si>
+  <si>
+    <t>117320</t>
+  </si>
+  <si>
+    <t>REM:collected by D.Dellinger,NICZWA on 10-06-92</t>
+  </si>
+  <si>
+    <t>*PRTSORELD</t>
+  </si>
+  <si>
+    <t>0721</t>
+  </si>
+  <si>
+    <t>19930010</t>
+  </si>
+  <si>
+    <t>Bedford-Blue Vein</t>
+  </si>
+  <si>
+    <t>*GBRDEAL</t>
+  </si>
+  <si>
+    <t>REM:was 866776, with 866732 in Bedfordshire-Group 1,Acc 11056</t>
+  </si>
+  <si>
+    <t>S: Bedford</t>
+  </si>
+  <si>
+    <t>19930011</t>
+  </si>
+  <si>
+    <t>Walcheren Winter-Group 1</t>
+  </si>
+  <si>
+    <t>REM:bulked 2 accessions: W.W.-Tolteca, W.W.-Preminda</t>
+  </si>
+  <si>
+    <t>X: Walcheren Winter-Group 1, rnr:866565,866434</t>
+  </si>
+  <si>
+    <t>19950215</t>
+  </si>
+  <si>
+    <t>Wiener Dauer Weisskraut</t>
+  </si>
+  <si>
+    <t>BRA 723</t>
+  </si>
+  <si>
+    <t>DEU288</t>
+  </si>
+  <si>
+    <t>19950216</t>
+  </si>
+  <si>
+    <t>Kodanske Trzni Rane</t>
+  </si>
+  <si>
+    <t>BRA 544</t>
+  </si>
+  <si>
+    <t>19950218</t>
+  </si>
+  <si>
+    <t>Schoenbrunner</t>
+  </si>
+  <si>
+    <t>BRA 800</t>
+  </si>
+  <si>
+    <t>19950219</t>
+  </si>
+  <si>
+    <t>Vysocke</t>
+  </si>
+  <si>
+    <t>BRA 804</t>
+  </si>
+  <si>
+    <t>19950220</t>
+  </si>
+  <si>
+    <t>Marner Lagerrot</t>
+  </si>
+  <si>
+    <t>BRA 789</t>
+  </si>
+  <si>
+    <t>19950221</t>
+  </si>
+  <si>
+    <t>Holenderska</t>
+  </si>
+  <si>
+    <t>BRA 775</t>
+  </si>
+  <si>
+    <t>19950222</t>
+  </si>
+  <si>
+    <t>Cap de Negrun</t>
+  </si>
+  <si>
+    <t>BRA 401</t>
+  </si>
+  <si>
+    <t>19950224</t>
+  </si>
+  <si>
+    <t>Negro Romano</t>
+  </si>
+  <si>
+    <t>ARG</t>
+  </si>
+  <si>
+    <t>-38</t>
+  </si>
+  <si>
+    <t>-64</t>
+  </si>
+  <si>
+    <t>1880891</t>
+  </si>
+  <si>
+    <t>K 6780</t>
+  </si>
+  <si>
+    <t>19950228</t>
+  </si>
+  <si>
+    <t>Krasnaja Kurcavaja Vysok</t>
+  </si>
+  <si>
+    <t>BRA 964</t>
+  </si>
+  <si>
+    <t>REM:red Borecole, duplicated from IPK BOCC acc.</t>
+  </si>
+  <si>
+    <t>19950230</t>
+  </si>
+  <si>
+    <t>Bondzar</t>
+  </si>
+  <si>
+    <t>GEO</t>
+  </si>
+  <si>
+    <t>Sukhumi, Gul'ripsh</t>
+  </si>
+  <si>
+    <t>BRA 1287</t>
+  </si>
+  <si>
+    <t>REM:duplicated from IPK BOCC acc.; FPE:SUN(2010)</t>
+  </si>
+  <si>
+    <t>19950231</t>
+  </si>
+  <si>
+    <t>Wartburgland</t>
+  </si>
+  <si>
+    <t>BRA 290</t>
+  </si>
+  <si>
+    <t>REM:duplicated from IPK BOCC acc.; FPE:DDR(2005)</t>
+  </si>
+  <si>
+    <t>19950232</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>var. italica</t>
+  </si>
+  <si>
+    <t>IRQ</t>
+  </si>
+  <si>
+    <t>Rawah</t>
+  </si>
+  <si>
+    <t>32.8</t>
+  </si>
+  <si>
+    <t>44.1</t>
+  </si>
+  <si>
+    <t>528066</t>
+  </si>
+  <si>
+    <t>19860623</t>
+  </si>
+  <si>
+    <t>BRA 1427</t>
+  </si>
+  <si>
+    <t>0720</t>
+  </si>
+  <si>
+    <t>19950233</t>
+  </si>
+  <si>
+    <t>Haba 200</t>
+  </si>
+  <si>
+    <t>BRA 848</t>
+  </si>
+  <si>
+    <t>19950234</t>
+  </si>
+  <si>
+    <t>Predzvest</t>
+  </si>
+  <si>
+    <t>BRA 868</t>
+  </si>
+  <si>
+    <t>19950236</t>
+  </si>
+  <si>
+    <t>Fruehkopf</t>
+  </si>
+  <si>
+    <t>BRA 254</t>
+  </si>
+  <si>
+    <t>*DEUBAZIG</t>
+  </si>
+  <si>
+    <t>19950237</t>
+  </si>
+  <si>
+    <t>Rheinherbst</t>
+  </si>
+  <si>
+    <t>BRA 871</t>
+  </si>
+  <si>
+    <t>19950238</t>
+  </si>
+  <si>
+    <t>Court Hatif Estibal</t>
+  </si>
+  <si>
+    <t>BRA 905</t>
+  </si>
+  <si>
+    <t>19950239</t>
+  </si>
+  <si>
+    <t>Jubilejnaja 2170</t>
+  </si>
+  <si>
+    <t>BRA 853</t>
+  </si>
+  <si>
+    <t>19950240</t>
+  </si>
+  <si>
+    <t>Venskaja Rannjaja</t>
+  </si>
+  <si>
+    <t>BRA 827</t>
+  </si>
+  <si>
+    <t>19950242</t>
+  </si>
+  <si>
+    <t>Zimen Edar</t>
+  </si>
+  <si>
+    <t>BRA 1450</t>
+  </si>
+  <si>
+    <t>19950243</t>
+  </si>
+  <si>
+    <t>276</t>
+  </si>
+  <si>
+    <t>Harbin</t>
+  </si>
+  <si>
+    <t>19560807</t>
+  </si>
+  <si>
+    <t>BRA 45</t>
+  </si>
+  <si>
+    <t>19950244</t>
+  </si>
+  <si>
+    <t>Erfordia</t>
+  </si>
+  <si>
+    <t>BRA 18</t>
+  </si>
+  <si>
+    <t>DEU297</t>
+  </si>
+  <si>
+    <t>19950246</t>
+  </si>
+  <si>
+    <t>Kek Ocean</t>
+  </si>
+  <si>
+    <t>BRA 1473</t>
+  </si>
+  <si>
+    <t>REM:duplicated from IPK BOCC acc; received as group Kohlrabi.</t>
+  </si>
+  <si>
+    <t>19950247</t>
+  </si>
+  <si>
+    <t>990</t>
+  </si>
+  <si>
+    <t>Chuli</t>
+  </si>
+  <si>
+    <t>Doberazeni, N from Gegeckori, Megrelia</t>
+  </si>
+  <si>
+    <t>42.589</t>
+  </si>
+  <si>
+    <t>42.331</t>
+  </si>
+  <si>
+    <t>7301</t>
+  </si>
+  <si>
+    <t>360</t>
+  </si>
+  <si>
+    <t>19830907</t>
+  </si>
+  <si>
+    <t>BRA 1468</t>
+  </si>
+  <si>
+    <t>REM:duplicated from IPK BOCC acc.; doesnot form a kohlrabi; FPE:SUN(2010)</t>
+  </si>
+  <si>
+    <t>19950249</t>
+  </si>
+  <si>
+    <t>TUR</t>
+  </si>
+  <si>
+    <t>Horasan, Erzurum</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>34.9</t>
+  </si>
+  <si>
+    <t>880325</t>
+  </si>
+  <si>
+    <t>1520</t>
+  </si>
+  <si>
+    <t>TUR001</t>
+  </si>
+  <si>
+    <t>TR 50739</t>
+  </si>
+  <si>
+    <t>REM:duplicated from AARI BOCC acc.</t>
+  </si>
+  <si>
+    <t>19950250</t>
+  </si>
+  <si>
+    <t>AK 270890 0206</t>
+  </si>
+  <si>
+    <t>Kara lahana</t>
+  </si>
+  <si>
+    <t>Kaslica village, Kastamonu, Catalzeytin</t>
+  </si>
+  <si>
+    <t>TR 51634</t>
+  </si>
+  <si>
+    <t>19950253</t>
+  </si>
+  <si>
+    <t>Maximus</t>
+  </si>
+  <si>
+    <t>BRA 1398</t>
+  </si>
+  <si>
+    <t>19950257</t>
+  </si>
+  <si>
+    <t>Brimo</t>
+  </si>
+  <si>
+    <t>BRA 1419</t>
+  </si>
+  <si>
+    <t>19950258</t>
+  </si>
+  <si>
+    <t>Primo</t>
+  </si>
+  <si>
+    <t>BRA 1422</t>
+  </si>
+  <si>
+    <t>19930008</t>
+  </si>
+  <si>
+    <t>HFL 93/1</t>
+  </si>
+  <si>
+    <t>Helgoland, Schleswig-Holstein</t>
+  </si>
+  <si>
+    <t>54.2</t>
+  </si>
+  <si>
+    <t>7.867</t>
+  </si>
+  <si>
+    <t>1993----</t>
+  </si>
+  <si>
+    <t>REM:collected by Lothar Frese; PLA:35; MIA:on collection form; CHI:4424-0331</t>
+  </si>
+  <si>
+    <t>19926715</t>
+  </si>
+  <si>
+    <t>Badger Shipper F2</t>
+  </si>
+  <si>
+    <t>90015</t>
+  </si>
+  <si>
+    <t>19950209</t>
+  </si>
+  <si>
+    <t>Negro di Toscane Precoce</t>
+  </si>
+  <si>
+    <t>REM:B. oleracea palmifolia</t>
+  </si>
+  <si>
+    <t>19926705</t>
+  </si>
+  <si>
+    <t>REM:collected by D.Dellinger,NICZWA</t>
+  </si>
+  <si>
+    <t>*PRTJOAFDU</t>
+  </si>
+  <si>
+    <t>19963501</t>
+  </si>
+  <si>
+    <t>Begazlahanu</t>
+  </si>
+  <si>
+    <t>Kocacik, Tokat</t>
+  </si>
+  <si>
+    <t>TR49471</t>
+  </si>
+  <si>
+    <t>REM:in NLD very late heading</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Cai et al report on the genotyping of 1000 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Brassica oleracea </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>accessions, including 165 CGN accessions, using "Sequence-Based Genotyping" (rather similar to GBS). The study did not publish the raw reads, but did publish a .vcf file for the accessions used.</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Supplementary Table S1 of Cai et al lists 165 CGN accession numbers. For two samples it is unclear what CGN accessions were genotyped.    </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Aptos Narrow"/>
-[...5 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Courier"/>
       <family val="3"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
@@ -3281,90 +7165,96 @@
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor theme="4"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="6">
+  <borders count="8">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
@@ -3377,232 +7267,288 @@
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="64">
+  <cellXfs count="74">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="5"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="1" quotePrefix="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" quotePrefix="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{16B4E0AD-89E4-4431-8236-DF4E35CB937B}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -3877,88 +7823,88 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s44281-025-00078-3" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.indcrop.2019.112080" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41467-019-10757-1" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2016.00525" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41588-021-00922-y" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/genetics/iyad027" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/2025.06.04.657904" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/hr/uhac033" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s44281-025-00078-3" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41588-024-01655-4" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41467-019-10757-1" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2016.00525" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41588-021-00922-y" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/genetics/iyad027" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1101/2025.06.04.657904" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.6084/m9.figshare.16338855" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6DA96C72-2385-483F-B8EB-1A3E4AD6ED2A}">
   <dimension ref="A2:B17"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="B6" sqref="B6"/>
+      <selection activeCell="B15" sqref="B15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="34.28515625" customWidth="1"/>
     <col min="2" max="2" width="74.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2" s="9" t="s">
-        <v>1004</v>
+        <v>997</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A6" s="51" t="s">
-[...3 lines deleted...]
-        <v>46036</v>
+      <c r="A6" s="43" t="s">
+        <v>998</v>
+      </c>
+      <c r="B6" s="44" t="s">
+        <v>1375</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A8" s="4" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="4"/>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A10" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:2" ht="45" x14ac:dyDescent="0.25">
       <c r="A11" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="11" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:2" ht="30" x14ac:dyDescent="0.25">
@@ -3974,17149 +7920,29630 @@
         <v>11</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A14" s="3"/>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A15" s="3"/>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A16" s="3"/>
     </row>
     <row r="17" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A17" s="2"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FC9DD590-BEB4-411E-8DD9-3FB9BD2D3F6A}">
-  <dimension ref="A1:M19"/>
+  <dimension ref="A1:N21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="2" ySplit="1" topLeftCell="C2" activePane="bottomRight" state="frozen"/>
       <selection activeCell="J5" sqref="J5"/>
       <selection pane="topRight" activeCell="J5" sqref="J5"/>
       <selection pane="bottomLeft" activeCell="J5" sqref="J5"/>
-      <selection pane="bottomRight" activeCell="B3" sqref="B3:B4"/>
+      <selection pane="bottomRight" activeCell="M4" sqref="M4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.7109375" customWidth="1"/>
     <col min="2" max="2" width="11.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="5" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.5703125" customWidth="1"/>
     <col min="5" max="5" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.7109375" customWidth="1"/>
     <col min="7" max="7" width="25.7109375" customWidth="1"/>
     <col min="8" max="9" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="18" customWidth="1"/>
-    <col min="11" max="11" width="75.85546875" style="5" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="13" max="13" width="27" customWidth="1"/>
+    <col min="11" max="11" width="14.7109375" customWidth="1"/>
+    <col min="12" max="12" width="75.85546875" style="5" customWidth="1"/>
+    <col min="13" max="13" width="33" customWidth="1"/>
+    <col min="14" max="14" width="27" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="30" x14ac:dyDescent="0.25">
-      <c r="A1" s="16" t="s">
+    <row r="1" spans="1:14" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1" s="14" t="s">
         <v>17</v>
       </c>
-      <c r="B1" s="17" t="s">
+      <c r="B1" s="15" t="s">
         <v>21</v>
       </c>
-      <c r="C1" s="17" t="s">
+      <c r="C1" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="D1" s="17" t="s">
+      <c r="D1" s="15" t="s">
         <v>22</v>
       </c>
-      <c r="E1" s="17" t="s">
+      <c r="E1" s="15" t="s">
         <v>23</v>
       </c>
-      <c r="F1" s="17" t="s">
+      <c r="F1" s="15" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="17" t="s">
-[...2 lines deleted...]
-      <c r="H1" s="17" t="s">
+      <c r="G1" s="15" t="s">
+        <v>1</v>
+      </c>
+      <c r="H1" s="15" t="s">
         <v>2</v>
       </c>
-      <c r="I1" s="17" t="s">
+      <c r="I1" s="15" t="s">
         <v>3</v>
       </c>
-      <c r="J1" s="17" t="s">
+      <c r="J1" s="15" t="s">
         <v>4</v>
       </c>
-      <c r="K1" s="17" t="s">
+      <c r="K1" s="15" t="s">
+        <v>1372</v>
+      </c>
+      <c r="L1" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="L1" s="17" t="s">
+      <c r="M1" s="15" t="s">
         <v>15</v>
       </c>
-      <c r="M1" s="17" t="s">
+      <c r="N1" s="15" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="2" spans="1:13" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B2" s="41" t="s">
+    <row r="2" spans="1:14" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="33">
+        <v>1</v>
+      </c>
+      <c r="B2" s="33" t="s">
+        <v>207</v>
+      </c>
+      <c r="C2" s="33">
+        <v>2016</v>
+      </c>
+      <c r="D2" s="33">
+        <v>170</v>
+      </c>
+      <c r="E2" s="36" t="s">
+        <v>208</v>
+      </c>
+      <c r="F2" s="33" t="s">
         <v>209</v>
       </c>
-      <c r="C2" s="41">
-[...5 lines deleted...]
-      <c r="E2" s="44" t="s">
+      <c r="G2" s="33" t="s">
         <v>210</v>
       </c>
-      <c r="F2" s="41" t="s">
+      <c r="H2" s="33" t="s">
+        <v>1371</v>
+      </c>
+      <c r="I2" s="33" t="s">
+        <v>29</v>
+      </c>
+      <c r="J2" s="33" t="s">
         <v>211</v>
       </c>
-      <c r="G2" s="41" t="s">
+      <c r="K2" s="33" t="s">
+        <v>213</v>
+      </c>
+      <c r="L2" s="34" t="s">
         <v>212</v>
       </c>
-      <c r="H2" s="41">
-[...5 lines deleted...]
-      <c r="J2" s="41" t="s">
+      <c r="M2" s="33" t="s">
+        <v>371</v>
+      </c>
+      <c r="N2" s="35" t="s">
         <v>213</v>
       </c>
-      <c r="K2" s="42" t="s">
-[...2 lines deleted...]
-      <c r="L2" s="41" t="s">
+    </row>
+    <row r="3" spans="1:14" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="33">
+        <v>2</v>
+      </c>
+      <c r="B3" s="33" t="s">
+        <v>1368</v>
+      </c>
+      <c r="C3" s="33">
+        <v>2022</v>
+      </c>
+      <c r="D3" s="33">
+        <v>165</v>
+      </c>
+      <c r="E3" s="37" t="s">
+        <v>1369</v>
+      </c>
+      <c r="F3" s="33" t="s">
+        <v>28</v>
+      </c>
+      <c r="G3" s="33" t="s">
+        <v>210</v>
+      </c>
+      <c r="H3" s="33" t="s">
+        <v>1370</v>
+      </c>
+      <c r="I3" s="33" t="s">
+        <v>1373</v>
+      </c>
+      <c r="J3" s="37" t="s">
+        <v>1374</v>
+      </c>
+      <c r="K3" s="33" t="s">
+        <v>419</v>
+      </c>
+      <c r="L3" s="34" t="s">
+        <v>2275</v>
+      </c>
+      <c r="M3" s="33"/>
+      <c r="N3" s="35" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="4" spans="1:14" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="45">
+        <v>3</v>
+      </c>
+      <c r="B4" s="45" t="s">
+        <v>372</v>
+      </c>
+      <c r="C4" s="45">
+        <v>2019</v>
+      </c>
+      <c r="D4" s="45">
+        <v>6</v>
+      </c>
+      <c r="E4" s="47" t="s">
         <v>373</v>
       </c>
-      <c r="M2" s="43" t="s">
-[...7 lines deleted...]
-      <c r="B3" s="57" t="s">
+      <c r="F4" s="45" t="s">
+        <v>209</v>
+      </c>
+      <c r="G4" s="45" t="s">
         <v>374</v>
       </c>
-      <c r="C3" s="57">
-[...2 lines deleted...]
-      <c r="D3" s="57">
+      <c r="H4" s="45" t="s">
+        <v>28</v>
+      </c>
+      <c r="I4" s="45" t="s">
+        <v>29</v>
+      </c>
+      <c r="J4" s="45" t="s">
+        <v>375</v>
+      </c>
+      <c r="K4" s="45" t="s">
+        <v>213</v>
+      </c>
+      <c r="L4" s="16" t="s">
+        <v>376</v>
+      </c>
+      <c r="M4" s="48" t="s">
+        <v>2276</v>
+      </c>
+      <c r="N4" s="49" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="5" spans="1:14" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="33">
+        <v>4</v>
+      </c>
+      <c r="B5" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="C5" s="33">
+        <v>2021</v>
+      </c>
+      <c r="D5" s="33">
+        <v>8</v>
+      </c>
+      <c r="E5" s="37" t="s">
+        <v>399</v>
+      </c>
+      <c r="F5" s="33" t="s">
+        <v>209</v>
+      </c>
+      <c r="G5" s="33" t="s">
+        <v>1379</v>
+      </c>
+      <c r="H5" s="33" t="s">
+        <v>28</v>
+      </c>
+      <c r="I5" s="33" t="s">
+        <v>29</v>
+      </c>
+      <c r="J5" s="33" t="s">
+        <v>400</v>
+      </c>
+      <c r="K5" s="33" t="s">
+        <v>213</v>
+      </c>
+      <c r="L5" s="34" t="s">
+        <v>401</v>
+      </c>
+      <c r="M5" s="33"/>
+      <c r="N5" s="35" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14" ht="63.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="33">
+        <v>5</v>
+      </c>
+      <c r="B6" s="33" t="s">
+        <v>412</v>
+      </c>
+      <c r="C6" s="33">
+        <v>2023</v>
+      </c>
+      <c r="D6" s="33">
+        <v>1</v>
+      </c>
+      <c r="E6" s="37" t="s">
+        <v>413</v>
+      </c>
+      <c r="F6" s="33" t="s">
+        <v>209</v>
+      </c>
+      <c r="G6" s="33" t="s">
+        <v>1381</v>
+      </c>
+      <c r="H6" s="33" t="s">
+        <v>28</v>
+      </c>
+      <c r="I6" s="50" t="s">
+        <v>29</v>
+      </c>
+      <c r="J6" s="50" t="s">
+        <v>400</v>
+      </c>
+      <c r="K6" s="50" t="s">
+        <v>213</v>
+      </c>
+      <c r="L6" s="34" t="s">
+        <v>418</v>
+      </c>
+      <c r="M6" s="33" t="s">
+        <v>1248</v>
+      </c>
+      <c r="N6" s="35" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="7" spans="1:14" ht="39" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="61">
         <v>6</v>
       </c>
-      <c r="E3" s="59" t="s">
-[...8 lines deleted...]
-      <c r="H3" s="57" t="s">
+      <c r="B7" s="61" t="s">
+        <v>999</v>
+      </c>
+      <c r="C7" s="61">
+        <v>2024</v>
+      </c>
+      <c r="D7" s="61">
+        <v>46</v>
+      </c>
+      <c r="E7" s="66" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F7" s="61" t="s">
+        <v>209</v>
+      </c>
+      <c r="G7" s="61" t="s">
+        <v>1378</v>
+      </c>
+      <c r="H7" s="61" t="s">
+        <v>28</v>
+      </c>
+      <c r="I7" s="50" t="s">
+        <v>1246</v>
+      </c>
+      <c r="J7" s="50" t="s">
+        <v>1245</v>
+      </c>
+      <c r="K7" s="61" t="s">
+        <v>213</v>
+      </c>
+      <c r="L7" s="64" t="s">
+        <v>1247</v>
+      </c>
+      <c r="M7" s="61" t="s">
+        <v>1243</v>
+      </c>
+      <c r="N7" s="62" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14" ht="37.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="56"/>
+      <c r="B8" s="56"/>
+      <c r="C8" s="56"/>
+      <c r="D8" s="56"/>
+      <c r="E8" s="60"/>
+      <c r="F8" s="56"/>
+      <c r="G8" s="56"/>
+      <c r="H8" s="56"/>
+      <c r="I8" s="46" t="s">
         <v>29</v>
       </c>
-      <c r="I3" s="57" t="s">
-[...2 lines deleted...]
-      <c r="J3" s="57" t="s">
+      <c r="J8" s="46" t="s">
+        <v>1000</v>
+      </c>
+      <c r="K8" s="56"/>
+      <c r="L8" s="65"/>
+      <c r="M8" s="56"/>
+      <c r="N8" s="63"/>
+    </row>
+    <row r="9" spans="1:14" ht="76.900000000000006" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="55">
+        <v>7</v>
+      </c>
+      <c r="B9" s="55" t="s">
+        <v>49</v>
+      </c>
+      <c r="C9" s="55">
+        <v>2025</v>
+      </c>
+      <c r="D9" s="55">
+        <v>17</v>
+      </c>
+      <c r="E9" s="59" t="s">
+        <v>51</v>
+      </c>
+      <c r="F9" s="55" t="s">
+        <v>48</v>
+      </c>
+      <c r="G9" s="55" t="s">
+        <v>1380</v>
+      </c>
+      <c r="H9" s="55" t="s">
+        <v>28</v>
+      </c>
+      <c r="I9" s="55" t="s">
+        <v>29</v>
+      </c>
+      <c r="J9" s="55" t="s">
+        <v>47</v>
+      </c>
+      <c r="K9" s="61" t="s">
+        <v>213</v>
+      </c>
+      <c r="L9" s="16" t="s">
+        <v>70</v>
+      </c>
+      <c r="M9" s="57" t="s">
+        <v>69</v>
+      </c>
+      <c r="N9" s="59" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="56"/>
+      <c r="B10" s="56"/>
+      <c r="C10" s="56"/>
+      <c r="D10" s="56"/>
+      <c r="E10" s="60"/>
+      <c r="F10" s="56"/>
+      <c r="G10" s="56"/>
+      <c r="H10" s="56"/>
+      <c r="I10" s="56"/>
+      <c r="J10" s="56"/>
+      <c r="K10" s="56"/>
+      <c r="L10" s="32" t="s">
         <v>377</v>
       </c>
-      <c r="K3" s="18" t="s">
+      <c r="M10" s="58"/>
+      <c r="N10" s="60"/>
+    </row>
+    <row r="11" spans="1:14" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="33">
+        <v>8</v>
+      </c>
+      <c r="B11" s="33" t="s">
+        <v>382</v>
+      </c>
+      <c r="C11" s="33">
+        <v>2025</v>
+      </c>
+      <c r="D11" s="33">
+        <v>15</v>
+      </c>
+      <c r="E11" s="37" t="s">
+        <v>383</v>
+      </c>
+      <c r="F11" s="33" t="s">
+        <v>209</v>
+      </c>
+      <c r="G11" s="33" t="s">
+        <v>1377</v>
+      </c>
+      <c r="H11" s="33"/>
+      <c r="I11" s="33" t="s">
+        <v>29</v>
+      </c>
+      <c r="J11" s="33" t="s">
         <v>379</v>
       </c>
-      <c r="L3" s="53" t="s">
-[...155 lines deleted...]
-      <c r="K8" s="40" t="s">
+      <c r="K11" s="33" t="s">
+        <v>213</v>
+      </c>
+      <c r="L11" s="34" t="s">
         <v>380</v>
       </c>
-      <c r="L8" s="54"/>
-[...68 lines deleted...]
-      <c r="L19" s="8"/>
+      <c r="M11" s="33" t="s">
+        <v>381</v>
+      </c>
+      <c r="N11" s="35" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="G13" s="39"/>
+    </row>
+    <row r="14" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="I14" s="39"/>
+      <c r="J14" s="17"/>
+      <c r="K14" s="17"/>
+      <c r="M14" s="6"/>
+    </row>
+    <row r="15" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="L15" s="13"/>
+      <c r="M15" s="6"/>
+    </row>
+    <row r="16" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="M16" s="6"/>
+    </row>
+    <row r="17" spans="13:13" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="M17" s="7"/>
+    </row>
+    <row r="18" spans="13:13" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="M18" s="7"/>
+    </row>
+    <row r="19" spans="13:13" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="M19" s="6"/>
+    </row>
+    <row r="20" spans="13:13" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="M20" s="6"/>
+    </row>
+    <row r="21" spans="13:13" x14ac:dyDescent="0.25">
+      <c r="M21" s="8"/>
     </row>
   </sheetData>
-  <mergeCells count="24">
-[...9 lines deleted...]
-    <mergeCell ref="M3:M4"/>
+  <mergeCells count="25">
+    <mergeCell ref="G9:G10"/>
+    <mergeCell ref="H9:H10"/>
+    <mergeCell ref="C7:C8"/>
+    <mergeCell ref="D7:D8"/>
+    <mergeCell ref="K9:K10"/>
+    <mergeCell ref="K7:K8"/>
     <mergeCell ref="A7:A8"/>
     <mergeCell ref="B7:B8"/>
-    <mergeCell ref="C7:C8"/>
-    <mergeCell ref="D7:D8"/>
     <mergeCell ref="E7:E8"/>
     <mergeCell ref="F7:F8"/>
     <mergeCell ref="G7:G8"/>
     <mergeCell ref="H7:H8"/>
-    <mergeCell ref="I7:I8"/>
-    <mergeCell ref="J7:J8"/>
+    <mergeCell ref="A9:A10"/>
+    <mergeCell ref="B9:B10"/>
+    <mergeCell ref="C9:C10"/>
+    <mergeCell ref="D9:D10"/>
+    <mergeCell ref="E9:E10"/>
+    <mergeCell ref="F9:F10"/>
+    <mergeCell ref="I9:I10"/>
+    <mergeCell ref="J9:J10"/>
+    <mergeCell ref="M9:M10"/>
+    <mergeCell ref="N9:N10"/>
+    <mergeCell ref="M7:M8"/>
+    <mergeCell ref="N7:N8"/>
     <mergeCell ref="L7:L8"/>
-    <mergeCell ref="M7:M8"/>
-[...1 lines deleted...]
-    <mergeCell ref="G3:G4"/>
   </mergeCells>
+  <phoneticPr fontId="13" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId1" xr:uid="{86429C85-5DE6-4F23-B0C2-A05F1BCDD12C}"/>
-    <hyperlink ref="E3:E4" r:id="rId2" display="10.1038/s41467-019-10757-1" xr:uid="{4983BDC2-BBF6-484F-8866-41674F0F5B35}"/>
-[...3 lines deleted...]
-    <hyperlink ref="E9" r:id="rId4" xr:uid="{2E52B200-089E-484D-A137-43065237B698}"/>
+    <hyperlink ref="E4" r:id="rId2" xr:uid="{4983BDC2-BBF6-484F-8866-41674F0F5B35}"/>
+    <hyperlink ref="N9" location="'Example et al., WGS'!A1" display="Yes, &quot;Example et al., WGS&quot; " xr:uid="{64538775-0693-4D1C-92C8-9D3CAEB0A8F3}"/>
+    <hyperlink ref="E9:E10" r:id="rId3" display="10.1007/s44281-025-00078-3" xr:uid="{4BC5A6A2-50BC-427A-8AC1-4B223B6E5485}"/>
+    <hyperlink ref="N9:N10" location="'Song et al. 2025; WGS'!A1" display="Yes, &quot;Law et al. 2025; WGS&quot; " xr:uid="{B19B2E8E-CC47-433C-9A21-B59B33EB58AA}"/>
+    <hyperlink ref="E11" r:id="rId4" xr:uid="{2E52B200-089E-484D-A137-43065237B698}"/>
     <hyperlink ref="E6" r:id="rId5" xr:uid="{E4F81B6A-AA9B-4DC0-B023-521F479090D9}"/>
     <hyperlink ref="E5" r:id="rId6" xr:uid="{5221E534-E292-41C4-B32F-5794A8FF8012}"/>
-    <hyperlink ref="I12" r:id="rId7" xr:uid="{6E9FE7E3-F90C-4F36-9EFD-CC70D3938876}"/>
+    <hyperlink ref="E7" r:id="rId7" xr:uid="{88D7ECD8-8473-4F37-B5E7-88854EED3F4C}"/>
+    <hyperlink ref="N7" location="'Li et al 2022; WGS'!A1" display="'Li et al 2022; WGS'!A1" xr:uid="{23371877-7039-4A1E-A28E-E6ADAF1FD7D6}"/>
+    <hyperlink ref="E3" r:id="rId8" xr:uid="{F8244F54-422B-4B5E-AF5D-D3E655EA06CA}"/>
+    <hyperlink ref="J3" r:id="rId9" xr:uid="{E2B9B443-BB6A-4D29-B366-7FD657350531}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A5CCCB69-03E0-47BD-9CD8-BEC57327DA7F}">
-  <dimension ref="A1:AE409"/>
+  <dimension ref="A1:AG383"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" ySplit="3" topLeftCell="B4" activePane="bottomRight" state="frozen"/>
       <selection activeCell="J5" sqref="J5"/>
       <selection pane="topRight" activeCell="J5" sqref="J5"/>
       <selection pane="bottomLeft" activeCell="J5" sqref="J5"/>
-      <selection pane="bottomRight" activeCell="H11" sqref="H11"/>
+      <selection pane="bottomRight" activeCell="C151" sqref="C151"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="17.42578125" style="36" customWidth="1"/>
-[...25 lines deleted...]
-    <col min="32" max="16384" width="9.140625" style="27"/>
+    <col min="1" max="1" width="17.42578125" style="28" customWidth="1"/>
+    <col min="2" max="7" width="17.42578125" style="31" customWidth="1"/>
+    <col min="8" max="9" width="23" style="21" customWidth="1"/>
+    <col min="10" max="10" width="9.140625" style="20"/>
+    <col min="11" max="11" width="13.5703125" style="20" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="10.7109375" style="20" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="7.140625" style="20" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="8.42578125" style="20" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="8.5703125" style="20" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="15.5703125" style="20" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="8.5703125" style="20" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="26.42578125" style="20" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="9.140625" style="20"/>
+    <col min="20" max="20" width="11" style="20" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="13.140625" style="20" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="10.28515625" style="20" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="10" style="20" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="9.7109375" style="20" bestFit="1" customWidth="1"/>
+    <col min="25" max="25" width="9.28515625" style="20" bestFit="1" customWidth="1"/>
+    <col min="26" max="27" width="12.42578125" style="20" bestFit="1" customWidth="1"/>
+    <col min="28" max="28" width="12" style="20" bestFit="1" customWidth="1"/>
+    <col min="29" max="29" width="34.85546875" style="20" bestFit="1" customWidth="1"/>
+    <col min="30" max="30" width="11.140625" style="20" bestFit="1" customWidth="1"/>
+    <col min="31" max="31" width="10.85546875" style="20" bestFit="1" customWidth="1"/>
+    <col min="32" max="32" width="10.28515625" style="20" bestFit="1" customWidth="1"/>
+    <col min="33" max="33" width="11.85546875" style="20" bestFit="1" customWidth="1"/>
+    <col min="34" max="16384" width="9.140625" style="20"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:31" x14ac:dyDescent="0.25">
-      <c r="A1" s="37" t="s">
+    <row r="1" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A1" s="29" t="s">
         <v>25</v>
       </c>
-      <c r="B1" s="33">
-[...2 lines deleted...]
-      <c r="C1" s="33">
+      <c r="B1" s="25">
+        <v>1</v>
+      </c>
+      <c r="C1" s="25">
         <v>2</v>
       </c>
-      <c r="D1" s="33">
+      <c r="D1" s="25">
         <v>3</v>
       </c>
-      <c r="E1" s="33">
+      <c r="E1" s="25">
         <v>4</v>
       </c>
-      <c r="F1" s="33">
+      <c r="F1" s="25">
         <v>5</v>
       </c>
-      <c r="G1" s="33">
+      <c r="G1" s="25">
         <v>6</v>
       </c>
-      <c r="I1" s="61" t="s">
+      <c r="H1" s="25">
+        <v>7</v>
+      </c>
+      <c r="I1" s="25">
+        <v>8</v>
+      </c>
+      <c r="K1" s="67" t="s">
+        <v>192</v>
+      </c>
+      <c r="L1" s="68"/>
+      <c r="M1" s="68"/>
+      <c r="N1" s="68"/>
+      <c r="O1" s="68"/>
+      <c r="P1" s="68"/>
+      <c r="Q1" s="68"/>
+      <c r="R1" s="68"/>
+      <c r="S1" s="68"/>
+      <c r="T1" s="68"/>
+      <c r="U1" s="68"/>
+      <c r="V1" s="68"/>
+      <c r="W1" s="68"/>
+      <c r="X1" s="68"/>
+      <c r="Y1" s="68"/>
+      <c r="Z1" s="68"/>
+      <c r="AA1" s="68"/>
+      <c r="AB1" s="68"/>
+      <c r="AC1" s="68"/>
+      <c r="AD1" s="68"/>
+      <c r="AE1" s="68"/>
+      <c r="AF1" s="68"/>
+      <c r="AG1" s="69"/>
+    </row>
+    <row r="2" spans="1:33" ht="30" x14ac:dyDescent="0.25">
+      <c r="A2" s="30" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" s="24" t="s">
+        <v>210</v>
+      </c>
+      <c r="C2" s="24" t="s">
+        <v>1376</v>
+      </c>
+      <c r="D2" s="26" t="s">
+        <v>378</v>
+      </c>
+      <c r="E2" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="F2" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="G2" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="H2" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="I2" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="K2" s="67"/>
+      <c r="L2" s="68"/>
+      <c r="M2" s="68"/>
+      <c r="N2" s="68"/>
+      <c r="O2" s="68"/>
+      <c r="P2" s="68"/>
+      <c r="Q2" s="68"/>
+      <c r="R2" s="68"/>
+      <c r="S2" s="68"/>
+      <c r="T2" s="68"/>
+      <c r="U2" s="68"/>
+      <c r="V2" s="68"/>
+      <c r="W2" s="68"/>
+      <c r="X2" s="68"/>
+      <c r="Y2" s="68"/>
+      <c r="Z2" s="68"/>
+      <c r="AA2" s="68"/>
+      <c r="AB2" s="68"/>
+      <c r="AC2" s="68"/>
+      <c r="AD2" s="68"/>
+      <c r="AE2" s="68"/>
+      <c r="AF2" s="68"/>
+      <c r="AG2" s="69"/>
+    </row>
+    <row r="3" spans="1:33" ht="30" x14ac:dyDescent="0.25">
+      <c r="A3" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="B3" s="25" t="s">
+        <v>214</v>
+      </c>
+      <c r="C3" s="25" t="s">
+        <v>1367</v>
+      </c>
+      <c r="D3" s="25" t="s">
+        <v>402</v>
+      </c>
+      <c r="E3" s="25" t="s">
+        <v>403</v>
+      </c>
+      <c r="F3" s="25" t="s">
+        <v>414</v>
+      </c>
+      <c r="G3" s="25" t="s">
+        <v>1238</v>
+      </c>
+      <c r="H3" s="25" t="s">
+        <v>50</v>
+      </c>
+      <c r="I3" s="25" t="s">
+        <v>384</v>
+      </c>
+      <c r="J3" s="42"/>
+      <c r="K3" s="23" t="s">
+        <v>71</v>
+      </c>
+      <c r="L3" s="23" t="s">
+        <v>72</v>
+      </c>
+      <c r="M3" s="23" t="s">
+        <v>73</v>
+      </c>
+      <c r="N3" s="23" t="s">
+        <v>74</v>
+      </c>
+      <c r="O3" s="23" t="s">
+        <v>75</v>
+      </c>
+      <c r="P3" s="23" t="s">
+        <v>76</v>
+      </c>
+      <c r="Q3" s="23" t="s">
+        <v>77</v>
+      </c>
+      <c r="R3" s="23" t="s">
+        <v>78</v>
+      </c>
+      <c r="S3" s="23" t="s">
+        <v>79</v>
+      </c>
+      <c r="T3" s="23" t="s">
+        <v>80</v>
+      </c>
+      <c r="U3" s="23" t="s">
+        <v>81</v>
+      </c>
+      <c r="V3" s="23" t="s">
+        <v>82</v>
+      </c>
+      <c r="W3" s="23" t="s">
+        <v>83</v>
+      </c>
+      <c r="X3" s="23" t="s">
+        <v>84</v>
+      </c>
+      <c r="Y3" s="23" t="s">
+        <v>85</v>
+      </c>
+      <c r="Z3" s="23" t="s">
+        <v>86</v>
+      </c>
+      <c r="AA3" s="23" t="s">
+        <v>87</v>
+      </c>
+      <c r="AB3" s="23" t="s">
+        <v>88</v>
+      </c>
+      <c r="AC3" s="23" t="s">
+        <v>89</v>
+      </c>
+      <c r="AD3" s="40" t="s">
+        <v>193</v>
+      </c>
+      <c r="AE3" s="40" t="s">
         <v>194</v>
       </c>
-      <c r="J1" s="62"/>
-[...72 lines deleted...]
-      <c r="B3" s="33" t="s">
+      <c r="AF3" s="40" t="s">
+        <v>195</v>
+      </c>
+      <c r="AG3" s="41" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="4" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A4" s="28" t="s">
+        <v>385</v>
+      </c>
+      <c r="I4" s="22">
+        <v>1</v>
+      </c>
+      <c r="J4" s="38"/>
+      <c r="K4" s="21" t="s">
+        <v>420</v>
+      </c>
+      <c r="L4" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M4" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N4" s="21" t="s">
+        <v>422</v>
+      </c>
+      <c r="O4" s="21" t="s">
+        <v>423</v>
+      </c>
+      <c r="P4" s="21" t="s">
+        <v>424</v>
+      </c>
+      <c r="Q4" s="21" t="s">
+        <v>425</v>
+      </c>
+      <c r="R4" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S4" s="21" t="s">
+        <v>426</v>
+      </c>
+      <c r="T4" s="21" t="s">
+        <v>427</v>
+      </c>
+      <c r="U4" s="21" t="s">
+        <v>428</v>
+      </c>
+      <c r="V4" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W4" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X4" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y4" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z4" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA4" s="21" t="s">
+        <v>429</v>
+      </c>
+      <c r="AB4" s="21"/>
+      <c r="AC4" s="21" t="s">
+        <v>430</v>
+      </c>
+      <c r="AD4" s="21"/>
+      <c r="AE4" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF4" s="21" t="s">
+        <v>431</v>
+      </c>
+      <c r="AG4" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="5" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A5" s="28" t="s">
+        <v>390</v>
+      </c>
+      <c r="I5" s="22">
+        <v>1</v>
+      </c>
+      <c r="J5" s="38"/>
+      <c r="K5" s="21" t="s">
+        <v>432</v>
+      </c>
+      <c r="L5" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M5" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N5" s="21" t="s">
+        <v>422</v>
+      </c>
+      <c r="O5" s="21" t="s">
+        <v>423</v>
+      </c>
+      <c r="P5" s="21" t="s">
+        <v>433</v>
+      </c>
+      <c r="Q5" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R5" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S5" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T5" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U5" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V5" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W5" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X5" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y5" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z5" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA5" s="21" t="s">
+        <v>434</v>
+      </c>
+      <c r="AB5" s="21"/>
+      <c r="AC5" s="21" t="s">
+        <v>435</v>
+      </c>
+      <c r="AD5" s="21"/>
+      <c r="AE5" s="21" t="s">
+        <v>436</v>
+      </c>
+      <c r="AF5" s="21" t="s">
+        <v>431</v>
+      </c>
+      <c r="AG5" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="6" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A6" s="28" t="s">
+        <v>396</v>
+      </c>
+      <c r="I6" s="22">
+        <v>1</v>
+      </c>
+      <c r="J6" s="38"/>
+      <c r="K6" s="21" t="s">
+        <v>437</v>
+      </c>
+      <c r="L6" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M6" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N6" s="21" t="s">
+        <v>422</v>
+      </c>
+      <c r="O6" s="21" t="s">
+        <v>423</v>
+      </c>
+      <c r="P6" s="21" t="s">
+        <v>438</v>
+      </c>
+      <c r="Q6" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R6" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S6" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T6" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U6" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V6" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W6" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X6" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y6" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z6" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA6" s="21" t="s">
+        <v>439</v>
+      </c>
+      <c r="AB6" s="21"/>
+      <c r="AC6" s="21" t="s">
+        <v>435</v>
+      </c>
+      <c r="AD6" s="21"/>
+      <c r="AE6" s="21" t="s">
+        <v>440</v>
+      </c>
+      <c r="AF6" s="21" t="s">
+        <v>431</v>
+      </c>
+      <c r="AG6" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="7" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A7" s="28" t="s">
+        <v>417</v>
+      </c>
+      <c r="I7" s="22">
+        <v>1</v>
+      </c>
+      <c r="J7" s="38"/>
+      <c r="K7" s="21" t="s">
+        <v>441</v>
+      </c>
+      <c r="L7" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M7" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N7" s="21" t="s">
+        <v>422</v>
+      </c>
+      <c r="O7" s="21" t="s">
+        <v>423</v>
+      </c>
+      <c r="P7" s="21" t="s">
+        <v>442</v>
+      </c>
+      <c r="Q7" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R7" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S7" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T7" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U7" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V7" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W7" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X7" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y7" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z7" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA7" s="21" t="s">
+        <v>443</v>
+      </c>
+      <c r="AB7" s="21"/>
+      <c r="AC7" s="21" t="s">
+        <v>444</v>
+      </c>
+      <c r="AD7" s="21"/>
+      <c r="AE7" s="21" t="s">
+        <v>440</v>
+      </c>
+      <c r="AF7" s="21" t="s">
+        <v>431</v>
+      </c>
+      <c r="AG7" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="8" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A8" s="28" t="s">
+        <v>388</v>
+      </c>
+      <c r="I8" s="22">
+        <v>1</v>
+      </c>
+      <c r="J8" s="38"/>
+      <c r="K8" s="21" t="s">
+        <v>445</v>
+      </c>
+      <c r="L8" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M8" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N8" s="21" t="s">
+        <v>422</v>
+      </c>
+      <c r="O8" s="21" t="s">
+        <v>423</v>
+      </c>
+      <c r="P8" s="21" t="s">
+        <v>446</v>
+      </c>
+      <c r="Q8" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R8" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S8" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T8" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U8" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V8" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W8" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X8" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y8" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z8" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA8" s="21" t="s">
+        <v>447</v>
+      </c>
+      <c r="AB8" s="21"/>
+      <c r="AC8" s="21" t="s">
+        <v>448</v>
+      </c>
+      <c r="AD8" s="21"/>
+      <c r="AE8" s="21" t="s">
+        <v>440</v>
+      </c>
+      <c r="AF8" s="21" t="s">
+        <v>431</v>
+      </c>
+      <c r="AG8" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="9" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A9" s="28" t="s">
+        <v>386</v>
+      </c>
+      <c r="I9" s="22">
+        <v>1</v>
+      </c>
+      <c r="J9" s="38"/>
+      <c r="K9" s="21" t="s">
+        <v>449</v>
+      </c>
+      <c r="L9" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M9" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N9" s="21" t="s">
+        <v>422</v>
+      </c>
+      <c r="O9" s="21" t="s">
+        <v>423</v>
+      </c>
+      <c r="P9" s="21" t="s">
+        <v>450</v>
+      </c>
+      <c r="Q9" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R9" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S9" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T9" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U9" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V9" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W9" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X9" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y9" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z9" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA9" s="21" t="s">
+        <v>451</v>
+      </c>
+      <c r="AB9" s="21"/>
+      <c r="AC9" s="21" t="s">
+        <v>452</v>
+      </c>
+      <c r="AD9" s="21"/>
+      <c r="AE9" s="21" t="s">
+        <v>453</v>
+      </c>
+      <c r="AF9" s="21" t="s">
+        <v>431</v>
+      </c>
+      <c r="AG9" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="10" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A10" s="28" t="s">
+        <v>395</v>
+      </c>
+      <c r="I10" s="22">
+        <v>1</v>
+      </c>
+      <c r="J10" s="38"/>
+      <c r="K10" s="21" t="s">
+        <v>454</v>
+      </c>
+      <c r="L10" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M10" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N10" s="21" t="s">
+        <v>422</v>
+      </c>
+      <c r="O10" s="21" t="s">
+        <v>423</v>
+      </c>
+      <c r="P10" s="21" t="s">
+        <v>455</v>
+      </c>
+      <c r="Q10" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R10" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S10" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T10" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U10" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V10" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W10" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X10" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y10" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z10" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA10" s="21" t="s">
+        <v>456</v>
+      </c>
+      <c r="AB10" s="21" t="s">
+        <v>457</v>
+      </c>
+      <c r="AC10" s="21" t="s">
+        <v>458</v>
+      </c>
+      <c r="AD10" s="21"/>
+      <c r="AE10" s="21" t="s">
+        <v>459</v>
+      </c>
+      <c r="AF10" s="21" t="s">
+        <v>431</v>
+      </c>
+      <c r="AG10" s="21" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="11" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A11" s="28" t="s">
+        <v>215</v>
+      </c>
+      <c r="B11" s="31">
+        <v>1</v>
+      </c>
+      <c r="D11" s="31">
+        <v>1</v>
+      </c>
+      <c r="H11" s="22"/>
+      <c r="I11" s="22"/>
+      <c r="J11" s="38"/>
+      <c r="K11" s="21" t="s">
+        <v>461</v>
+      </c>
+      <c r="L11" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M11" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N11" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O11" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P11" s="21" t="s">
+        <v>464</v>
+      </c>
+      <c r="Q11" s="21" t="s">
+        <v>425</v>
+      </c>
+      <c r="R11" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S11" s="21" t="s">
+        <v>426</v>
+      </c>
+      <c r="T11" s="21" t="s">
+        <v>427</v>
+      </c>
+      <c r="U11" s="21" t="s">
+        <v>428</v>
+      </c>
+      <c r="V11" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W11" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X11" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y11" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z11" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA11" s="21" t="s">
+        <v>465</v>
+      </c>
+      <c r="AB11" s="21"/>
+      <c r="AC11" s="21" t="s">
+        <v>466</v>
+      </c>
+      <c r="AD11" s="21"/>
+      <c r="AE11" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF11" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG11" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="12" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A12" s="28" t="s">
         <v>216</v>
       </c>
-      <c r="C3" s="33" t="s">
+      <c r="B12" s="31">
+        <v>1</v>
+      </c>
+      <c r="H12" s="22"/>
+      <c r="I12" s="22"/>
+      <c r="J12" s="38"/>
+      <c r="K12" s="21" t="s">
+        <v>468</v>
+      </c>
+      <c r="L12" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M12" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N12" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O12" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P12" s="21" t="s">
+        <v>469</v>
+      </c>
+      <c r="Q12" s="21" t="s">
+        <v>425</v>
+      </c>
+      <c r="R12" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S12" s="21" t="s">
+        <v>426</v>
+      </c>
+      <c r="T12" s="21" t="s">
+        <v>427</v>
+      </c>
+      <c r="U12" s="21" t="s">
+        <v>428</v>
+      </c>
+      <c r="V12" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W12" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X12" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y12" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z12" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA12" s="21" t="s">
+        <v>470</v>
+      </c>
+      <c r="AB12" s="21"/>
+      <c r="AC12" s="21" t="s">
+        <v>466</v>
+      </c>
+      <c r="AD12" s="21"/>
+      <c r="AE12" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF12" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG12" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="13" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A13" s="28" t="s">
+        <v>30</v>
+      </c>
+      <c r="H13" s="27">
+        <v>1</v>
+      </c>
+      <c r="I13" s="27"/>
+      <c r="J13" s="38"/>
+      <c r="K13" s="21" t="s">
+        <v>471</v>
+      </c>
+      <c r="L13" s="21" t="s">
+        <v>90</v>
+      </c>
+      <c r="M13" s="21" t="s">
+        <v>91</v>
+      </c>
+      <c r="N13" s="21" t="s">
+        <v>92</v>
+      </c>
+      <c r="O13" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="P13" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q13" s="21" t="s">
+        <v>94</v>
+      </c>
+      <c r="R13" s="21" t="s">
+        <v>95</v>
+      </c>
+      <c r="S13" s="21" t="s">
+        <v>96</v>
+      </c>
+      <c r="T13" s="21" t="s">
+        <v>97</v>
+      </c>
+      <c r="U13" s="21" t="s">
+        <v>98</v>
+      </c>
+      <c r="V13" s="21" t="s">
+        <v>99</v>
+      </c>
+      <c r="W13" s="21" t="s">
+        <v>100</v>
+      </c>
+      <c r="X13" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y13" s="21" t="s">
+        <v>102</v>
+      </c>
+      <c r="Z13" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA13" s="21"/>
+      <c r="AB13" s="21"/>
+      <c r="AC13" s="21"/>
+      <c r="AD13" s="21"/>
+      <c r="AE13" s="21" t="s">
+        <v>197</v>
+      </c>
+      <c r="AF13" s="21" t="s">
+        <v>198</v>
+      </c>
+      <c r="AG13" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="14" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A14" s="28" t="s">
+        <v>36</v>
+      </c>
+      <c r="H14" s="27">
+        <v>1</v>
+      </c>
+      <c r="I14" s="27"/>
+      <c r="J14" s="38"/>
+      <c r="K14" s="21" t="s">
+        <v>472</v>
+      </c>
+      <c r="L14" s="21" t="s">
+        <v>157</v>
+      </c>
+      <c r="M14" s="21" t="s">
+        <v>91</v>
+      </c>
+      <c r="N14" s="21" t="s">
+        <v>92</v>
+      </c>
+      <c r="O14" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="P14" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q14" s="21" t="s">
+        <v>94</v>
+      </c>
+      <c r="R14" s="21" t="s">
+        <v>158</v>
+      </c>
+      <c r="S14" s="21" t="s">
+        <v>96</v>
+      </c>
+      <c r="T14" s="21" t="s">
+        <v>97</v>
+      </c>
+      <c r="U14" s="21" t="s">
+        <v>98</v>
+      </c>
+      <c r="V14" s="21" t="s">
+        <v>99</v>
+      </c>
+      <c r="W14" s="21" t="s">
+        <v>100</v>
+      </c>
+      <c r="X14" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y14" s="21" t="s">
+        <v>102</v>
+      </c>
+      <c r="Z14" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA14" s="21"/>
+      <c r="AB14" s="21"/>
+      <c r="AC14" s="21"/>
+      <c r="AD14" s="21"/>
+      <c r="AE14" s="21" t="s">
+        <v>197</v>
+      </c>
+      <c r="AF14" s="21" t="s">
+        <v>198</v>
+      </c>
+      <c r="AG14" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="15" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A15" s="28" t="s">
+        <v>37</v>
+      </c>
+      <c r="H15" s="27">
+        <v>1</v>
+      </c>
+      <c r="I15" s="27"/>
+      <c r="J15" s="38"/>
+      <c r="K15" s="21" t="s">
+        <v>473</v>
+      </c>
+      <c r="L15" s="21" t="s">
+        <v>159</v>
+      </c>
+      <c r="M15" s="21" t="s">
+        <v>91</v>
+      </c>
+      <c r="N15" s="21" t="s">
+        <v>92</v>
+      </c>
+      <c r="O15" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="P15" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q15" s="21" t="s">
+        <v>94</v>
+      </c>
+      <c r="R15" s="21" t="s">
+        <v>160</v>
+      </c>
+      <c r="S15" s="21" t="s">
+        <v>96</v>
+      </c>
+      <c r="T15" s="21" t="s">
+        <v>97</v>
+      </c>
+      <c r="U15" s="21" t="s">
+        <v>98</v>
+      </c>
+      <c r="V15" s="21" t="s">
+        <v>161</v>
+      </c>
+      <c r="W15" s="21" t="s">
+        <v>100</v>
+      </c>
+      <c r="X15" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y15" s="21" t="s">
+        <v>102</v>
+      </c>
+      <c r="Z15" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA15" s="21"/>
+      <c r="AB15" s="21"/>
+      <c r="AC15" s="21" t="s">
+        <v>162</v>
+      </c>
+      <c r="AD15" s="21"/>
+      <c r="AE15" s="21" t="s">
+        <v>197</v>
+      </c>
+      <c r="AF15" s="21" t="s">
+        <v>198</v>
+      </c>
+      <c r="AG15" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="16" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A16" s="28" t="s">
+        <v>217</v>
+      </c>
+      <c r="B16" s="31">
+        <v>1</v>
+      </c>
+      <c r="H16" s="22"/>
+      <c r="I16" s="22"/>
+      <c r="J16" s="38"/>
+      <c r="K16" s="21" t="s">
+        <v>474</v>
+      </c>
+      <c r="L16" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M16" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N16" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O16" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P16" s="21" t="s">
+        <v>475</v>
+      </c>
+      <c r="Q16" s="21" t="s">
+        <v>119</v>
+      </c>
+      <c r="R16" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S16" s="21" t="s">
+        <v>120</v>
+      </c>
+      <c r="T16" s="21" t="s">
+        <v>121</v>
+      </c>
+      <c r="U16" s="21" t="s">
+        <v>122</v>
+      </c>
+      <c r="V16" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W16" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X16" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y16" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z16" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA16" s="21" t="s">
+        <v>476</v>
+      </c>
+      <c r="AB16" s="21"/>
+      <c r="AC16" s="21"/>
+      <c r="AD16" s="21"/>
+      <c r="AE16" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF16" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG16" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="17" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A17" s="28" t="s">
+        <v>218</v>
+      </c>
+      <c r="B17" s="31">
+        <v>1</v>
+      </c>
+      <c r="H17" s="22"/>
+      <c r="I17" s="22"/>
+      <c r="J17" s="38"/>
+      <c r="K17" s="21" t="s">
+        <v>477</v>
+      </c>
+      <c r="L17" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M17" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N17" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O17" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P17" s="21" t="s">
+        <v>478</v>
+      </c>
+      <c r="Q17" s="21" t="s">
+        <v>170</v>
+      </c>
+      <c r="R17" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S17" s="21" t="s">
+        <v>171</v>
+      </c>
+      <c r="T17" s="21" t="s">
+        <v>172</v>
+      </c>
+      <c r="U17" s="21" t="s">
+        <v>173</v>
+      </c>
+      <c r="V17" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W17" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X17" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y17" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z17" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA17" s="21" t="s">
+        <v>479</v>
+      </c>
+      <c r="AB17" s="21"/>
+      <c r="AC17" s="21"/>
+      <c r="AD17" s="21"/>
+      <c r="AE17" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF17" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG17" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="18" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A18" s="28" t="s">
+        <v>219</v>
+      </c>
+      <c r="B18" s="31">
+        <v>1</v>
+      </c>
+      <c r="H18" s="22"/>
+      <c r="I18" s="22"/>
+      <c r="J18" s="38"/>
+      <c r="K18" s="21" t="s">
+        <v>480</v>
+      </c>
+      <c r="L18" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M18" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N18" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O18" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P18" s="21" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q18" s="21" t="s">
+        <v>170</v>
+      </c>
+      <c r="R18" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S18" s="21" t="s">
+        <v>171</v>
+      </c>
+      <c r="T18" s="21" t="s">
+        <v>172</v>
+      </c>
+      <c r="U18" s="21" t="s">
+        <v>173</v>
+      </c>
+      <c r="V18" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W18" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X18" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y18" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z18" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA18" s="21" t="s">
+        <v>482</v>
+      </c>
+      <c r="AB18" s="21"/>
+      <c r="AC18" s="21"/>
+      <c r="AD18" s="21"/>
+      <c r="AE18" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF18" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG18" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="19" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A19" s="28" t="s">
+        <v>220</v>
+      </c>
+      <c r="B19" s="31">
+        <v>1</v>
+      </c>
+      <c r="H19" s="22"/>
+      <c r="I19" s="22"/>
+      <c r="J19" s="38"/>
+      <c r="K19" s="21" t="s">
+        <v>483</v>
+      </c>
+      <c r="L19" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M19" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N19" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O19" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P19" s="21" t="s">
+        <v>484</v>
+      </c>
+      <c r="Q19" s="21" t="s">
+        <v>119</v>
+      </c>
+      <c r="R19" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S19" s="21" t="s">
+        <v>120</v>
+      </c>
+      <c r="T19" s="21" t="s">
+        <v>121</v>
+      </c>
+      <c r="U19" s="21" t="s">
+        <v>122</v>
+      </c>
+      <c r="V19" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W19" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X19" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y19" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z19" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA19" s="21" t="s">
+        <v>485</v>
+      </c>
+      <c r="AB19" s="21"/>
+      <c r="AC19" s="21"/>
+      <c r="AD19" s="21"/>
+      <c r="AE19" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF19" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG19" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="20" spans="1:33" s="21" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="28" t="s">
+        <v>221</v>
+      </c>
+      <c r="B20" s="31">
+        <v>1</v>
+      </c>
+      <c r="C20" s="31"/>
+      <c r="D20" s="31"/>
+      <c r="E20" s="31"/>
+      <c r="F20" s="31"/>
+      <c r="G20" s="31"/>
+      <c r="H20" s="22"/>
+      <c r="I20" s="22"/>
+      <c r="J20" s="38"/>
+      <c r="K20" s="21" t="s">
+        <v>486</v>
+      </c>
+      <c r="L20" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M20" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N20" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O20" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P20" s="21" t="s">
+        <v>487</v>
+      </c>
+      <c r="Q20" s="21" t="s">
+        <v>170</v>
+      </c>
+      <c r="R20" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S20" s="21" t="s">
+        <v>171</v>
+      </c>
+      <c r="T20" s="21" t="s">
+        <v>172</v>
+      </c>
+      <c r="U20" s="21" t="s">
+        <v>173</v>
+      </c>
+      <c r="V20" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W20" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X20" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y20" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z20" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA20" s="21" t="s">
+        <v>488</v>
+      </c>
+      <c r="AE20" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF20" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG20" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="21" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A21" s="28" t="s">
+        <v>222</v>
+      </c>
+      <c r="B21" s="31">
+        <v>1</v>
+      </c>
+      <c r="H21" s="22"/>
+      <c r="I21" s="22"/>
+      <c r="J21" s="38"/>
+      <c r="K21" s="21" t="s">
+        <v>489</v>
+      </c>
+      <c r="L21" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M21" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N21" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O21" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P21" s="21" t="s">
+        <v>490</v>
+      </c>
+      <c r="Q21" s="21" t="s">
+        <v>119</v>
+      </c>
+      <c r="R21" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S21" s="21" t="s">
+        <v>120</v>
+      </c>
+      <c r="T21" s="21" t="s">
+        <v>121</v>
+      </c>
+      <c r="U21" s="21" t="s">
+        <v>122</v>
+      </c>
+      <c r="V21" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W21" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X21" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y21" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z21" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA21" s="21" t="s">
+        <v>491</v>
+      </c>
+      <c r="AB21" s="21"/>
+      <c r="AC21" s="21"/>
+      <c r="AD21" s="21"/>
+      <c r="AE21" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF21" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG21" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="22" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A22" s="28" t="s">
+        <v>223</v>
+      </c>
+      <c r="B22" s="31">
+        <v>1</v>
+      </c>
+      <c r="H22" s="22"/>
+      <c r="I22" s="22"/>
+      <c r="J22" s="38"/>
+      <c r="K22" s="21" t="s">
+        <v>492</v>
+      </c>
+      <c r="L22" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M22" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N22" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O22" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P22" s="21" t="s">
+        <v>490</v>
+      </c>
+      <c r="Q22" s="21" t="s">
+        <v>119</v>
+      </c>
+      <c r="R22" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S22" s="21" t="s">
+        <v>120</v>
+      </c>
+      <c r="T22" s="21" t="s">
+        <v>121</v>
+      </c>
+      <c r="U22" s="21" t="s">
+        <v>122</v>
+      </c>
+      <c r="V22" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W22" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X22" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y22" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z22" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA22" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="AB22" s="21"/>
+      <c r="AC22" s="21"/>
+      <c r="AD22" s="21"/>
+      <c r="AE22" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF22" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG22" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="23" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A23" s="28" t="s">
+        <v>224</v>
+      </c>
+      <c r="B23" s="31">
+        <v>1</v>
+      </c>
+      <c r="D23" s="31">
+        <v>1</v>
+      </c>
+      <c r="H23" s="22"/>
+      <c r="I23" s="22"/>
+      <c r="J23" s="38"/>
+      <c r="K23" s="21" t="s">
+        <v>494</v>
+      </c>
+      <c r="L23" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M23" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N23" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O23" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P23" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q23" s="21" t="s">
+        <v>119</v>
+      </c>
+      <c r="R23" s="21" t="s">
+        <v>495</v>
+      </c>
+      <c r="S23" s="21" t="s">
+        <v>120</v>
+      </c>
+      <c r="T23" s="21" t="s">
+        <v>121</v>
+      </c>
+      <c r="U23" s="21" t="s">
+        <v>122</v>
+      </c>
+      <c r="V23" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W23" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X23" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y23" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z23" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA23" s="21" t="s">
+        <v>496</v>
+      </c>
+      <c r="AB23" s="21"/>
+      <c r="AC23" s="21"/>
+      <c r="AD23" s="21"/>
+      <c r="AE23" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF23" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG23" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="24" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A24" s="28" t="s">
+        <v>225</v>
+      </c>
+      <c r="B24" s="31">
+        <v>1</v>
+      </c>
+      <c r="H24" s="22"/>
+      <c r="I24" s="22"/>
+      <c r="J24" s="38"/>
+      <c r="K24" s="21" t="s">
+        <v>497</v>
+      </c>
+      <c r="L24" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M24" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N24" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O24" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P24" s="21" t="s">
+        <v>498</v>
+      </c>
+      <c r="Q24" s="21" t="s">
+        <v>119</v>
+      </c>
+      <c r="R24" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S24" s="21" t="s">
+        <v>120</v>
+      </c>
+      <c r="T24" s="21" t="s">
+        <v>121</v>
+      </c>
+      <c r="U24" s="21" t="s">
+        <v>122</v>
+      </c>
+      <c r="V24" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W24" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X24" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y24" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z24" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA24" s="21" t="s">
+        <v>499</v>
+      </c>
+      <c r="AB24" s="21"/>
+      <c r="AC24" s="21"/>
+      <c r="AD24" s="21"/>
+      <c r="AE24" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF24" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG24" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="25" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A25" s="28" t="s">
+        <v>226</v>
+      </c>
+      <c r="B25" s="31">
+        <v>1</v>
+      </c>
+      <c r="H25" s="22"/>
+      <c r="I25" s="22"/>
+      <c r="J25" s="38"/>
+      <c r="K25" s="21" t="s">
+        <v>500</v>
+      </c>
+      <c r="L25" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M25" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N25" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O25" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P25" s="21" t="s">
+        <v>501</v>
+      </c>
+      <c r="Q25" s="21" t="s">
+        <v>502</v>
+      </c>
+      <c r="R25" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S25" s="21" t="s">
+        <v>503</v>
+      </c>
+      <c r="T25" s="21" t="s">
+        <v>504</v>
+      </c>
+      <c r="U25" s="21" t="s">
+        <v>505</v>
+      </c>
+      <c r="V25" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W25" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X25" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y25" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z25" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA25" s="21" t="s">
+        <v>506</v>
+      </c>
+      <c r="AB25" s="21"/>
+      <c r="AC25" s="21"/>
+      <c r="AD25" s="21"/>
+      <c r="AE25" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF25" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG25" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="26" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A26" s="28" t="s">
+        <v>227</v>
+      </c>
+      <c r="B26" s="31">
+        <v>1</v>
+      </c>
+      <c r="H26" s="22"/>
+      <c r="I26" s="22"/>
+      <c r="J26" s="38"/>
+      <c r="K26" s="21" t="s">
+        <v>507</v>
+      </c>
+      <c r="L26" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M26" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N26" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O26" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P26" s="21" t="s">
+        <v>508</v>
+      </c>
+      <c r="Q26" s="21" t="s">
+        <v>502</v>
+      </c>
+      <c r="R26" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S26" s="21" t="s">
+        <v>503</v>
+      </c>
+      <c r="T26" s="21" t="s">
+        <v>504</v>
+      </c>
+      <c r="U26" s="21" t="s">
+        <v>505</v>
+      </c>
+      <c r="V26" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W26" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X26" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y26" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z26" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA26" s="21" t="s">
+        <v>509</v>
+      </c>
+      <c r="AB26" s="21"/>
+      <c r="AC26" s="21"/>
+      <c r="AD26" s="21"/>
+      <c r="AE26" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF26" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG26" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="27" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A27" s="28" t="s">
+        <v>228</v>
+      </c>
+      <c r="B27" s="31">
+        <v>1</v>
+      </c>
+      <c r="H27" s="22"/>
+      <c r="I27" s="22"/>
+      <c r="J27" s="38"/>
+      <c r="K27" s="21" t="s">
+        <v>510</v>
+      </c>
+      <c r="L27" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M27" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N27" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O27" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P27" s="21" t="s">
+        <v>511</v>
+      </c>
+      <c r="Q27" s="21" t="s">
+        <v>502</v>
+      </c>
+      <c r="R27" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S27" s="21" t="s">
+        <v>503</v>
+      </c>
+      <c r="T27" s="21" t="s">
+        <v>504</v>
+      </c>
+      <c r="U27" s="21" t="s">
+        <v>505</v>
+      </c>
+      <c r="V27" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W27" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X27" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y27" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z27" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA27" s="21" t="s">
+        <v>512</v>
+      </c>
+      <c r="AB27" s="21"/>
+      <c r="AC27" s="21"/>
+      <c r="AD27" s="21"/>
+      <c r="AE27" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF27" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG27" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="28" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A28" s="28" t="s">
+        <v>229</v>
+      </c>
+      <c r="B28" s="31">
+        <v>1</v>
+      </c>
+      <c r="H28" s="22"/>
+      <c r="I28" s="22"/>
+      <c r="J28" s="38"/>
+      <c r="K28" s="21" t="s">
+        <v>513</v>
+      </c>
+      <c r="L28" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M28" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N28" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O28" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P28" s="21" t="s">
+        <v>514</v>
+      </c>
+      <c r="Q28" s="21" t="s">
+        <v>502</v>
+      </c>
+      <c r="R28" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S28" s="21" t="s">
+        <v>503</v>
+      </c>
+      <c r="T28" s="21" t="s">
+        <v>504</v>
+      </c>
+      <c r="U28" s="21" t="s">
+        <v>505</v>
+      </c>
+      <c r="V28" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W28" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X28" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y28" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z28" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA28" s="21" t="s">
+        <v>515</v>
+      </c>
+      <c r="AB28" s="21"/>
+      <c r="AC28" s="21"/>
+      <c r="AD28" s="21"/>
+      <c r="AE28" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF28" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG28" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="29" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A29" s="28" t="s">
+        <v>230</v>
+      </c>
+      <c r="B29" s="31">
+        <v>1</v>
+      </c>
+      <c r="H29" s="22"/>
+      <c r="I29" s="22"/>
+      <c r="J29" s="38"/>
+      <c r="K29" s="21" t="s">
+        <v>516</v>
+      </c>
+      <c r="L29" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M29" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N29" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O29" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P29" s="21" t="s">
+        <v>517</v>
+      </c>
+      <c r="Q29" s="21" t="s">
+        <v>502</v>
+      </c>
+      <c r="R29" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S29" s="21" t="s">
+        <v>503</v>
+      </c>
+      <c r="T29" s="21" t="s">
+        <v>504</v>
+      </c>
+      <c r="U29" s="21" t="s">
+        <v>505</v>
+      </c>
+      <c r="V29" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W29" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X29" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y29" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z29" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA29" s="21" t="s">
+        <v>518</v>
+      </c>
+      <c r="AB29" s="21"/>
+      <c r="AC29" s="21"/>
+      <c r="AD29" s="21"/>
+      <c r="AE29" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF29" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG29" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="30" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A30" s="28" t="s">
+        <v>231</v>
+      </c>
+      <c r="B30" s="31">
+        <v>1</v>
+      </c>
+      <c r="H30" s="22"/>
+      <c r="I30" s="22"/>
+      <c r="J30" s="38"/>
+      <c r="K30" s="21" t="s">
+        <v>519</v>
+      </c>
+      <c r="L30" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M30" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N30" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O30" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P30" s="21" t="s">
+        <v>520</v>
+      </c>
+      <c r="Q30" s="21" t="s">
+        <v>502</v>
+      </c>
+      <c r="R30" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S30" s="21" t="s">
+        <v>503</v>
+      </c>
+      <c r="T30" s="21" t="s">
+        <v>504</v>
+      </c>
+      <c r="U30" s="21" t="s">
+        <v>505</v>
+      </c>
+      <c r="V30" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W30" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X30" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y30" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z30" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA30" s="21" t="s">
+        <v>521</v>
+      </c>
+      <c r="AB30" s="21"/>
+      <c r="AC30" s="21"/>
+      <c r="AD30" s="21"/>
+      <c r="AE30" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF30" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG30" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="31" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A31" s="28" t="s">
+        <v>232</v>
+      </c>
+      <c r="B31" s="31">
+        <v>1</v>
+      </c>
+      <c r="H31" s="22"/>
+      <c r="I31" s="22"/>
+      <c r="J31" s="38"/>
+      <c r="K31" s="21" t="s">
+        <v>522</v>
+      </c>
+      <c r="L31" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M31" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N31" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O31" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P31" s="21" t="s">
+        <v>523</v>
+      </c>
+      <c r="Q31" s="21" t="s">
+        <v>502</v>
+      </c>
+      <c r="R31" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S31" s="21" t="s">
+        <v>503</v>
+      </c>
+      <c r="T31" s="21" t="s">
+        <v>504</v>
+      </c>
+      <c r="U31" s="21" t="s">
+        <v>505</v>
+      </c>
+      <c r="V31" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W31" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X31" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y31" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z31" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA31" s="21" t="s">
+        <v>524</v>
+      </c>
+      <c r="AB31" s="21"/>
+      <c r="AC31" s="21"/>
+      <c r="AD31" s="21"/>
+      <c r="AE31" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF31" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG31" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="32" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A32" s="28" t="s">
+        <v>233</v>
+      </c>
+      <c r="B32" s="31">
+        <v>1</v>
+      </c>
+      <c r="H32" s="22"/>
+      <c r="I32" s="22"/>
+      <c r="J32" s="38"/>
+      <c r="K32" s="21" t="s">
+        <v>525</v>
+      </c>
+      <c r="L32" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M32" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N32" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O32" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P32" s="21" t="s">
+        <v>526</v>
+      </c>
+      <c r="Q32" s="21" t="s">
+        <v>527</v>
+      </c>
+      <c r="R32" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S32" s="21" t="s">
+        <v>528</v>
+      </c>
+      <c r="T32" s="21" t="s">
+        <v>529</v>
+      </c>
+      <c r="U32" s="21" t="s">
+        <v>530</v>
+      </c>
+      <c r="V32" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W32" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X32" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y32" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z32" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA32" s="21" t="s">
+        <v>531</v>
+      </c>
+      <c r="AB32" s="21"/>
+      <c r="AC32" s="21" t="s">
+        <v>532</v>
+      </c>
+      <c r="AD32" s="21"/>
+      <c r="AE32" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF32" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG32" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="33" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A33" s="28" t="s">
+        <v>234</v>
+      </c>
+      <c r="B33" s="31">
+        <v>1</v>
+      </c>
+      <c r="H33" s="22"/>
+      <c r="I33" s="22"/>
+      <c r="J33" s="38"/>
+      <c r="K33" s="21" t="s">
+        <v>533</v>
+      </c>
+      <c r="L33" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M33" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N33" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O33" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P33" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q33" s="21" t="s">
+        <v>502</v>
+      </c>
+      <c r="R33" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S33" s="21" t="s">
+        <v>503</v>
+      </c>
+      <c r="T33" s="21" t="s">
+        <v>504</v>
+      </c>
+      <c r="U33" s="21" t="s">
+        <v>505</v>
+      </c>
+      <c r="V33" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W33" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X33" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Y33" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z33" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA33" s="21" t="s">
+        <v>534</v>
+      </c>
+      <c r="AB33" s="21"/>
+      <c r="AC33" s="21"/>
+      <c r="AD33" s="21"/>
+      <c r="AE33" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF33" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG33" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="34" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A34" s="28" t="s">
+        <v>235</v>
+      </c>
+      <c r="B34" s="31">
+        <v>1</v>
+      </c>
+      <c r="H34" s="22"/>
+      <c r="I34" s="22"/>
+      <c r="J34" s="38"/>
+      <c r="K34" s="21" t="s">
+        <v>535</v>
+      </c>
+      <c r="L34" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M34" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N34" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O34" s="21" t="s">
+        <v>536</v>
+      </c>
+      <c r="P34" s="21" t="s">
+        <v>537</v>
+      </c>
+      <c r="Q34" s="21" t="s">
+        <v>113</v>
+      </c>
+      <c r="R34" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S34" s="21" t="s">
+        <v>115</v>
+      </c>
+      <c r="T34" s="21" t="s">
+        <v>116</v>
+      </c>
+      <c r="U34" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="V34" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W34" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X34" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y34" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z34" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA34" s="21"/>
+      <c r="AB34" s="21"/>
+      <c r="AC34" s="21"/>
+      <c r="AD34" s="21"/>
+      <c r="AE34" s="21" t="s">
+        <v>538</v>
+      </c>
+      <c r="AF34" s="21" t="s">
+        <v>539</v>
+      </c>
+      <c r="AG34" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="35" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A35" s="28" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C35" s="31">
+        <v>1</v>
+      </c>
+      <c r="G35" s="31">
+        <v>1</v>
+      </c>
+      <c r="H35" s="22"/>
+      <c r="I35" s="22"/>
+      <c r="J35" s="38"/>
+      <c r="K35" s="21" t="s">
+        <v>1465</v>
+      </c>
+      <c r="L35" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M35" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N35" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O35" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="P35" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q35" s="21" t="s">
+        <v>113</v>
+      </c>
+      <c r="R35" s="21" t="s">
+        <v>1467</v>
+      </c>
+      <c r="S35" s="21" t="s">
+        <v>1468</v>
+      </c>
+      <c r="T35" s="21" t="s">
+        <v>1469</v>
+      </c>
+      <c r="U35" s="21" t="s">
+        <v>148</v>
+      </c>
+      <c r="V35" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W35" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X35" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="Y35" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="Z35" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA35" s="21"/>
+      <c r="AB35" s="21"/>
+      <c r="AC35" s="21" t="s">
+        <v>1470</v>
+      </c>
+      <c r="AD35" s="21"/>
+      <c r="AE35" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF35" s="21" t="s">
+        <v>1471</v>
+      </c>
+      <c r="AG35" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="36" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A36" s="28" t="s">
+        <v>41</v>
+      </c>
+      <c r="H36" s="27">
+        <v>1</v>
+      </c>
+      <c r="I36" s="27"/>
+      <c r="J36" s="38"/>
+      <c r="K36" s="21" t="s">
+        <v>540</v>
+      </c>
+      <c r="L36" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M36" s="21" t="s">
+        <v>91</v>
+      </c>
+      <c r="N36" s="21" t="s">
+        <v>92</v>
+      </c>
+      <c r="O36" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="P36" s="21" t="s">
+        <v>163</v>
+      </c>
+      <c r="Q36" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R36" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S36" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T36" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U36" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V36" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W36" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X36" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y36" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z36" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA36" s="21" t="s">
+        <v>168</v>
+      </c>
+      <c r="AB36" s="21"/>
+      <c r="AC36" s="21"/>
+      <c r="AD36" s="21"/>
+      <c r="AE36" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF36" s="21" t="s">
+        <v>198</v>
+      </c>
+      <c r="AG36" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="37" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A37" s="51" t="s">
+        <v>1352</v>
+      </c>
+      <c r="C37" s="31">
+        <v>1</v>
+      </c>
+      <c r="H37" s="22"/>
+      <c r="I37" s="22"/>
+      <c r="J37" s="38"/>
+      <c r="K37" s="21" t="s">
+        <v>1472</v>
+      </c>
+      <c r="L37" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M37" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N37" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O37" s="21" t="s">
+        <v>1188</v>
+      </c>
+      <c r="P37" s="21" t="s">
+        <v>1473</v>
+      </c>
+      <c r="Q37" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R37" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S37" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T37" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U37" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V37" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W37" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X37" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y37" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z37" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA37" s="21" t="s">
+        <v>1474</v>
+      </c>
+      <c r="AB37" s="21"/>
+      <c r="AC37" s="21" t="s">
+        <v>1475</v>
+      </c>
+      <c r="AD37" s="21"/>
+      <c r="AE37" s="21" t="s">
+        <v>1476</v>
+      </c>
+      <c r="AF37" s="21" t="s">
+        <v>1477</v>
+      </c>
+      <c r="AG37" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="38" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A38" s="28" t="s">
+        <v>1237</v>
+      </c>
+      <c r="C38" s="31">
+        <v>1</v>
+      </c>
+      <c r="G38" s="31">
+        <v>1</v>
+      </c>
+      <c r="H38" s="22"/>
+      <c r="I38" s="22"/>
+      <c r="J38" s="38"/>
+      <c r="K38" s="21" t="s">
+        <v>1478</v>
+      </c>
+      <c r="L38" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M38" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N38" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O38" s="21" t="s">
+        <v>1188</v>
+      </c>
+      <c r="P38" s="21" t="s">
+        <v>1479</v>
+      </c>
+      <c r="Q38" s="21" t="s">
+        <v>113</v>
+      </c>
+      <c r="R38" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S38" s="21" t="s">
+        <v>115</v>
+      </c>
+      <c r="T38" s="21" t="s">
+        <v>116</v>
+      </c>
+      <c r="U38" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="V38" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W38" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X38" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y38" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z38" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA38" s="21" t="s">
+        <v>1480</v>
+      </c>
+      <c r="AB38" s="21"/>
+      <c r="AC38" s="21" t="s">
+        <v>1481</v>
+      </c>
+      <c r="AD38" s="21"/>
+      <c r="AE38" s="21" t="s">
+        <v>1482</v>
+      </c>
+      <c r="AF38" s="21" t="s">
+        <v>1477</v>
+      </c>
+      <c r="AG38" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="39" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A39" s="51" t="s">
+        <v>1353</v>
+      </c>
+      <c r="C39" s="31">
+        <v>1</v>
+      </c>
+      <c r="H39" s="22"/>
+      <c r="I39" s="22"/>
+      <c r="J39" s="38"/>
+      <c r="K39" s="21" t="s">
+        <v>1483</v>
+      </c>
+      <c r="L39" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M39" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N39" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O39" s="21" t="s">
+        <v>1188</v>
+      </c>
+      <c r="P39" s="21" t="s">
+        <v>1484</v>
+      </c>
+      <c r="Q39" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R39" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S39" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T39" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U39" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V39" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W39" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X39" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y39" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z39" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA39" s="21" t="s">
+        <v>1485</v>
+      </c>
+      <c r="AB39" s="21"/>
+      <c r="AC39" s="21"/>
+      <c r="AD39" s="21"/>
+      <c r="AE39" s="21" t="s">
+        <v>1476</v>
+      </c>
+      <c r="AF39" s="21" t="s">
+        <v>1477</v>
+      </c>
+      <c r="AG39" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="40" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A40" s="51" t="s">
+        <v>1354</v>
+      </c>
+      <c r="C40" s="31">
+        <v>1</v>
+      </c>
+      <c r="H40" s="22"/>
+      <c r="I40" s="22"/>
+      <c r="J40" s="38"/>
+      <c r="K40" s="21" t="s">
+        <v>1486</v>
+      </c>
+      <c r="L40" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M40" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N40" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O40" s="21" t="s">
+        <v>1188</v>
+      </c>
+      <c r="P40" s="21" t="s">
+        <v>1487</v>
+      </c>
+      <c r="Q40" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R40" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S40" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T40" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U40" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V40" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W40" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X40" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y40" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z40" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA40" s="21" t="s">
+        <v>1488</v>
+      </c>
+      <c r="AB40" s="21"/>
+      <c r="AC40" s="21" t="s">
+        <v>1489</v>
+      </c>
+      <c r="AD40" s="21"/>
+      <c r="AE40" s="21" t="s">
+        <v>1490</v>
+      </c>
+      <c r="AF40" s="21" t="s">
+        <v>1477</v>
+      </c>
+      <c r="AG40" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="41" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A41" s="51" t="s">
+        <v>1355</v>
+      </c>
+      <c r="C41" s="31">
+        <v>1</v>
+      </c>
+      <c r="H41" s="22"/>
+      <c r="I41" s="22"/>
+      <c r="J41" s="38"/>
+      <c r="K41" s="21" t="s">
+        <v>1491</v>
+      </c>
+      <c r="L41" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M41" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N41" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O41" s="21" t="s">
+        <v>1188</v>
+      </c>
+      <c r="P41" s="21" t="s">
+        <v>1492</v>
+      </c>
+      <c r="Q41" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R41" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S41" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T41" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U41" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V41" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W41" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X41" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y41" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z41" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA41" s="21" t="s">
+        <v>1493</v>
+      </c>
+      <c r="AB41" s="21"/>
+      <c r="AC41" s="21" t="s">
+        <v>1494</v>
+      </c>
+      <c r="AD41" s="21"/>
+      <c r="AE41" s="21" t="s">
+        <v>1495</v>
+      </c>
+      <c r="AF41" s="21" t="s">
+        <v>1477</v>
+      </c>
+      <c r="AG41" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="42" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A42" s="51" t="s">
+        <v>1356</v>
+      </c>
+      <c r="C42" s="31">
+        <v>1</v>
+      </c>
+      <c r="H42" s="22"/>
+      <c r="I42" s="22"/>
+      <c r="J42" s="38"/>
+      <c r="K42" s="21" t="s">
+        <v>1496</v>
+      </c>
+      <c r="L42" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M42" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N42" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O42" s="21" t="s">
+        <v>1188</v>
+      </c>
+      <c r="P42" s="21" t="s">
+        <v>1497</v>
+      </c>
+      <c r="Q42" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R42" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S42" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T42" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U42" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V42" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W42" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X42" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y42" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z42" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA42" s="21" t="s">
+        <v>1498</v>
+      </c>
+      <c r="AB42" s="21"/>
+      <c r="AC42" s="21"/>
+      <c r="AD42" s="21"/>
+      <c r="AE42" s="21" t="s">
+        <v>561</v>
+      </c>
+      <c r="AF42" s="21" t="s">
+        <v>1477</v>
+      </c>
+      <c r="AG42" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="43" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A43" s="28" t="s">
+        <v>1189</v>
+      </c>
+      <c r="C43" s="31">
+        <v>1</v>
+      </c>
+      <c r="G43" s="31">
+        <v>1</v>
+      </c>
+      <c r="H43" s="22"/>
+      <c r="I43" s="22"/>
+      <c r="J43" s="38"/>
+      <c r="K43" s="21" t="s">
+        <v>1499</v>
+      </c>
+      <c r="L43" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M43" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N43" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O43" s="21" t="s">
+        <v>1188</v>
+      </c>
+      <c r="P43" s="21" t="s">
+        <v>1500</v>
+      </c>
+      <c r="Q43" s="21" t="s">
+        <v>1501</v>
+      </c>
+      <c r="R43" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S43" s="21" t="s">
+        <v>1502</v>
+      </c>
+      <c r="T43" s="21" t="s">
+        <v>1503</v>
+      </c>
+      <c r="U43" s="21" t="s">
+        <v>1504</v>
+      </c>
+      <c r="V43" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W43" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X43" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y43" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z43" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA43" s="21" t="s">
+        <v>1505</v>
+      </c>
+      <c r="AB43" s="21"/>
+      <c r="AC43" s="21" t="s">
+        <v>1506</v>
+      </c>
+      <c r="AD43" s="21"/>
+      <c r="AE43" s="21" t="s">
+        <v>1507</v>
+      </c>
+      <c r="AF43" s="21" t="s">
+        <v>1477</v>
+      </c>
+      <c r="AG43" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="44" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A44" s="28" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C44" s="31">
+        <v>1</v>
+      </c>
+      <c r="G44" s="31">
+        <v>1</v>
+      </c>
+      <c r="H44" s="22"/>
+      <c r="I44" s="22"/>
+      <c r="J44" s="38"/>
+      <c r="K44" s="21" t="s">
+        <v>1508</v>
+      </c>
+      <c r="L44" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M44" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N44" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O44" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P44" s="21" t="s">
+        <v>1509</v>
+      </c>
+      <c r="Q44" s="21" t="s">
+        <v>1510</v>
+      </c>
+      <c r="R44" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S44" s="21" t="s">
+        <v>1511</v>
+      </c>
+      <c r="T44" s="21" t="s">
+        <v>1512</v>
+      </c>
+      <c r="U44" s="21" t="s">
+        <v>1513</v>
+      </c>
+      <c r="V44" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W44" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X44" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y44" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z44" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA44" s="21" t="s">
+        <v>1514</v>
+      </c>
+      <c r="AB44" s="21"/>
+      <c r="AC44" s="21" t="s">
+        <v>1515</v>
+      </c>
+      <c r="AD44" s="21" t="s">
+        <v>1516</v>
+      </c>
+      <c r="AE44" s="21" t="s">
+        <v>1517</v>
+      </c>
+      <c r="AF44" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG44" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="45" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A45" s="51" t="s">
+        <v>1303</v>
+      </c>
+      <c r="C45" s="31">
+        <v>1</v>
+      </c>
+      <c r="H45" s="22"/>
+      <c r="I45" s="22"/>
+      <c r="J45" s="38"/>
+      <c r="K45" s="21" t="s">
+        <v>1519</v>
+      </c>
+      <c r="L45" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M45" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N45" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O45" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P45" s="21" t="s">
+        <v>1520</v>
+      </c>
+      <c r="Q45" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R45" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S45" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T45" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U45" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V45" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W45" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X45" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y45" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z45" s="21" t="s">
+        <v>1521</v>
+      </c>
+      <c r="AA45" s="21"/>
+      <c r="AB45" s="21" t="s">
+        <v>1522</v>
+      </c>
+      <c r="AC45" s="21" t="s">
+        <v>1523</v>
+      </c>
+      <c r="AD45" s="21" t="s">
+        <v>1524</v>
+      </c>
+      <c r="AE45" s="21" t="s">
+        <v>1521</v>
+      </c>
+      <c r="AF45" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG45" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="46" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A46" s="51" t="s">
+        <v>1304</v>
+      </c>
+      <c r="C46" s="31">
+        <v>1</v>
+      </c>
+      <c r="H46" s="22"/>
+      <c r="I46" s="22"/>
+      <c r="J46" s="38"/>
+      <c r="K46" s="21" t="s">
+        <v>1525</v>
+      </c>
+      <c r="L46" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M46" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N46" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O46" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P46" s="21" t="s">
+        <v>1526</v>
+      </c>
+      <c r="Q46" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R46" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S46" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T46" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U46" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V46" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W46" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X46" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y46" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z46" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA46" s="21" t="s">
+        <v>1527</v>
+      </c>
+      <c r="AB46" s="21"/>
+      <c r="AC46" s="21" t="s">
+        <v>1528</v>
+      </c>
+      <c r="AD46" s="21" t="s">
+        <v>1529</v>
+      </c>
+      <c r="AE46" s="21" t="s">
+        <v>561</v>
+      </c>
+      <c r="AF46" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG46" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="47" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A47" s="28" t="s">
+        <v>1192</v>
+      </c>
+      <c r="C47" s="31">
+        <v>1</v>
+      </c>
+      <c r="G47" s="31">
+        <v>1</v>
+      </c>
+      <c r="H47" s="22"/>
+      <c r="I47" s="22"/>
+      <c r="J47" s="38"/>
+      <c r="K47" s="21" t="s">
+        <v>1530</v>
+      </c>
+      <c r="L47" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M47" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N47" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O47" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P47" s="21" t="s">
+        <v>1531</v>
+      </c>
+      <c r="Q47" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R47" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S47" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T47" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U47" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V47" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W47" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X47" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y47" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z47" s="21" t="s">
+        <v>1532</v>
+      </c>
+      <c r="AA47" s="21"/>
+      <c r="AB47" s="21" t="s">
+        <v>1533</v>
+      </c>
+      <c r="AC47" s="21" t="s">
+        <v>1534</v>
+      </c>
+      <c r="AD47" s="21"/>
+      <c r="AE47" s="21" t="s">
+        <v>1532</v>
+      </c>
+      <c r="AF47" s="21" t="s">
+        <v>1535</v>
+      </c>
+      <c r="AG47" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="48" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A48" s="28" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C48" s="31">
+        <v>1</v>
+      </c>
+      <c r="G48" s="31">
+        <v>1</v>
+      </c>
+      <c r="H48" s="22"/>
+      <c r="I48" s="22"/>
+      <c r="J48" s="38"/>
+      <c r="K48" s="21" t="s">
+        <v>1536</v>
+      </c>
+      <c r="L48" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M48" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N48" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O48" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P48" s="21" t="s">
+        <v>1537</v>
+      </c>
+      <c r="Q48" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R48" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S48" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T48" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U48" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V48" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W48" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X48" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y48" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z48" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA48" s="21" t="s">
+        <v>1538</v>
+      </c>
+      <c r="AB48" s="21"/>
+      <c r="AC48" s="21" t="s">
+        <v>1539</v>
+      </c>
+      <c r="AD48" s="21" t="s">
+        <v>1540</v>
+      </c>
+      <c r="AE48" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF48" s="21" t="s">
+        <v>1535</v>
+      </c>
+      <c r="AG48" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="49" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A49" s="51" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C49" s="31">
+        <v>1</v>
+      </c>
+      <c r="H49" s="22"/>
+      <c r="I49" s="22"/>
+      <c r="J49" s="38"/>
+      <c r="K49" s="21" t="s">
+        <v>1541</v>
+      </c>
+      <c r="L49" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M49" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N49" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O49" s="21" t="s">
+        <v>1194</v>
+      </c>
+      <c r="P49" s="21" t="s">
+        <v>1542</v>
+      </c>
+      <c r="Q49" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R49" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S49" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T49" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U49" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V49" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W49" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X49" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y49" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z49" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA49" s="21" t="s">
+        <v>1543</v>
+      </c>
+      <c r="AB49" s="21"/>
+      <c r="AC49" s="21" t="s">
+        <v>1544</v>
+      </c>
+      <c r="AD49" s="21" t="s">
+        <v>1545</v>
+      </c>
+      <c r="AE49" s="21" t="s">
+        <v>1546</v>
+      </c>
+      <c r="AF49" s="21" t="s">
+        <v>1547</v>
+      </c>
+      <c r="AG49" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="50" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A50" s="51" t="s">
+        <v>1287</v>
+      </c>
+      <c r="C50" s="31">
+        <v>1</v>
+      </c>
+      <c r="H50" s="22"/>
+      <c r="I50" s="22"/>
+      <c r="J50" s="38"/>
+      <c r="K50" s="21" t="s">
+        <v>1548</v>
+      </c>
+      <c r="L50" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M50" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N50" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O50" s="21" t="s">
+        <v>1194</v>
+      </c>
+      <c r="P50" s="21" t="s">
+        <v>1549</v>
+      </c>
+      <c r="Q50" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R50" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S50" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T50" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U50" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V50" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W50" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X50" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y50" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z50" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA50" s="21" t="s">
+        <v>1550</v>
+      </c>
+      <c r="AB50" s="21"/>
+      <c r="AC50" s="21" t="s">
+        <v>1551</v>
+      </c>
+      <c r="AD50" s="21" t="s">
+        <v>1552</v>
+      </c>
+      <c r="AE50" s="21" t="s">
+        <v>1546</v>
+      </c>
+      <c r="AF50" s="21" t="s">
+        <v>1547</v>
+      </c>
+      <c r="AG50" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="51" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A51" s="51" t="s">
+        <v>1288</v>
+      </c>
+      <c r="C51" s="31">
+        <v>1</v>
+      </c>
+      <c r="H51" s="22"/>
+      <c r="I51" s="22"/>
+      <c r="J51" s="38"/>
+      <c r="K51" s="21" t="s">
+        <v>1553</v>
+      </c>
+      <c r="L51" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M51" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N51" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O51" s="21" t="s">
+        <v>1194</v>
+      </c>
+      <c r="P51" s="21" t="s">
+        <v>1554</v>
+      </c>
+      <c r="Q51" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R51" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S51" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T51" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U51" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V51" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W51" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X51" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y51" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z51" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="AA51" s="21"/>
+      <c r="AB51" s="21"/>
+      <c r="AC51" s="21" t="s">
+        <v>1555</v>
+      </c>
+      <c r="AD51" s="21" t="s">
+        <v>1556</v>
+      </c>
+      <c r="AE51" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF51" s="21" t="s">
+        <v>1547</v>
+      </c>
+      <c r="AG51" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="52" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A52" s="51" t="s">
+        <v>1289</v>
+      </c>
+      <c r="C52" s="31">
+        <v>1</v>
+      </c>
+      <c r="H52" s="22"/>
+      <c r="I52" s="22"/>
+      <c r="J52" s="38"/>
+      <c r="K52" s="21" t="s">
+        <v>1557</v>
+      </c>
+      <c r="L52" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M52" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N52" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O52" s="21" t="s">
+        <v>1194</v>
+      </c>
+      <c r="P52" s="21" t="s">
+        <v>1558</v>
+      </c>
+      <c r="Q52" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R52" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S52" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T52" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U52" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V52" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W52" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X52" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y52" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z52" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA52" s="21" t="s">
+        <v>1559</v>
+      </c>
+      <c r="AB52" s="21"/>
+      <c r="AC52" s="21" t="s">
+        <v>1560</v>
+      </c>
+      <c r="AD52" s="21" t="s">
+        <v>1561</v>
+      </c>
+      <c r="AE52" s="21" t="s">
+        <v>561</v>
+      </c>
+      <c r="AF52" s="21" t="s">
+        <v>1547</v>
+      </c>
+      <c r="AG52" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="53" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A53" s="28" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C53" s="31">
+        <v>1</v>
+      </c>
+      <c r="G53" s="31">
+        <v>1</v>
+      </c>
+      <c r="H53" s="22"/>
+      <c r="I53" s="22"/>
+      <c r="J53" s="38"/>
+      <c r="K53" s="21" t="s">
+        <v>1562</v>
+      </c>
+      <c r="L53" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M53" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N53" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O53" s="21" t="s">
+        <v>1194</v>
+      </c>
+      <c r="P53" s="21" t="s">
+        <v>1563</v>
+      </c>
+      <c r="Q53" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R53" s="21" t="s">
+        <v>1564</v>
+      </c>
+      <c r="S53" s="21" t="s">
+        <v>1565</v>
+      </c>
+      <c r="T53" s="21" t="s">
+        <v>1566</v>
+      </c>
+      <c r="U53" s="21" t="s">
+        <v>148</v>
+      </c>
+      <c r="V53" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W53" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X53" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y53" s="21" t="s">
+        <v>102</v>
+      </c>
+      <c r="Z53" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA53" s="21" t="s">
+        <v>1567</v>
+      </c>
+      <c r="AB53" s="21"/>
+      <c r="AC53" s="21" t="s">
+        <v>1568</v>
+      </c>
+      <c r="AD53" s="21" t="s">
+        <v>1569</v>
+      </c>
+      <c r="AE53" s="21" t="s">
+        <v>1570</v>
+      </c>
+      <c r="AF53" s="21" t="s">
+        <v>1547</v>
+      </c>
+      <c r="AG53" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="54" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A54" s="51" t="s">
+        <v>1290</v>
+      </c>
+      <c r="C54" s="31">
+        <v>1</v>
+      </c>
+      <c r="H54" s="22"/>
+      <c r="I54" s="22"/>
+      <c r="J54" s="38"/>
+      <c r="K54" s="21" t="s">
+        <v>1571</v>
+      </c>
+      <c r="L54" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M54" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N54" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O54" s="21" t="s">
+        <v>1194</v>
+      </c>
+      <c r="P54" s="21" t="s">
+        <v>1572</v>
+      </c>
+      <c r="Q54" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R54" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S54" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T54" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U54" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V54" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W54" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X54" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y54" s="21" t="s">
+        <v>102</v>
+      </c>
+      <c r="Z54" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA54" s="21" t="s">
+        <v>1573</v>
+      </c>
+      <c r="AB54" s="21"/>
+      <c r="AC54" s="21" t="s">
+        <v>1574</v>
+      </c>
+      <c r="AD54" s="21" t="s">
+        <v>1575</v>
+      </c>
+      <c r="AE54" s="21" t="s">
+        <v>1576</v>
+      </c>
+      <c r="AF54" s="21" t="s">
+        <v>1547</v>
+      </c>
+      <c r="AG54" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="55" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A55" s="51" t="s">
+        <v>1305</v>
+      </c>
+      <c r="C55" s="31">
+        <v>1</v>
+      </c>
+      <c r="H55" s="22"/>
+      <c r="I55" s="22"/>
+      <c r="J55" s="38"/>
+      <c r="K55" s="21" t="s">
+        <v>1577</v>
+      </c>
+      <c r="L55" s="21" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M55" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N55" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O55" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P55" s="21" t="s">
+        <v>1579</v>
+      </c>
+      <c r="Q55" s="21" t="s">
+        <v>1580</v>
+      </c>
+      <c r="R55" s="21" t="s">
+        <v>1581</v>
+      </c>
+      <c r="S55" s="21" t="s">
+        <v>1582</v>
+      </c>
+      <c r="T55" s="21" t="s">
+        <v>1583</v>
+      </c>
+      <c r="U55" s="21" t="s">
+        <v>1584</v>
+      </c>
+      <c r="V55" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W55" s="21" t="s">
+        <v>1585</v>
+      </c>
+      <c r="X55" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y55" s="21" t="s">
+        <v>1586</v>
+      </c>
+      <c r="Z55" s="21" t="s">
+        <v>1587</v>
+      </c>
+      <c r="AA55" s="21" t="s">
+        <v>1588</v>
+      </c>
+      <c r="AB55" s="21"/>
+      <c r="AC55" s="21" t="s">
+        <v>1589</v>
+      </c>
+      <c r="AD55" s="21"/>
+      <c r="AE55" s="21" t="s">
+        <v>1587</v>
+      </c>
+      <c r="AF55" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG55" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="56" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A56" s="51" t="s">
+        <v>1264</v>
+      </c>
+      <c r="C56" s="31">
+        <v>1</v>
+      </c>
+      <c r="H56" s="22"/>
+      <c r="I56" s="22"/>
+      <c r="J56" s="38"/>
+      <c r="K56" s="21" t="s">
+        <v>1590</v>
+      </c>
+      <c r="L56" s="21" t="s">
+        <v>1591</v>
+      </c>
+      <c r="M56" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N56" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O56" s="21" t="s">
+        <v>1206</v>
+      </c>
+      <c r="P56" s="21" t="s">
+        <v>1592</v>
+      </c>
+      <c r="Q56" s="21" t="s">
+        <v>1580</v>
+      </c>
+      <c r="R56" s="21" t="s">
+        <v>1593</v>
+      </c>
+      <c r="S56" s="21" t="s">
+        <v>1594</v>
+      </c>
+      <c r="T56" s="21" t="s">
+        <v>1583</v>
+      </c>
+      <c r="U56" s="21" t="s">
+        <v>1584</v>
+      </c>
+      <c r="V56" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W56" s="21" t="s">
+        <v>1585</v>
+      </c>
+      <c r="X56" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y56" s="21" t="s">
+        <v>1586</v>
+      </c>
+      <c r="Z56" s="21" t="s">
+        <v>1587</v>
+      </c>
+      <c r="AA56" s="21" t="s">
+        <v>1595</v>
+      </c>
+      <c r="AB56" s="21"/>
+      <c r="AC56" s="21" t="s">
+        <v>1596</v>
+      </c>
+      <c r="AD56" s="21"/>
+      <c r="AE56" s="21" t="s">
+        <v>1587</v>
+      </c>
+      <c r="AF56" s="21" t="s">
+        <v>1597</v>
+      </c>
+      <c r="AG56" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="57" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A57" s="51" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C57" s="31">
+        <v>1</v>
+      </c>
+      <c r="H57" s="22"/>
+      <c r="I57" s="22"/>
+      <c r="J57" s="38"/>
+      <c r="K57" s="21" t="s">
+        <v>1598</v>
+      </c>
+      <c r="L57" s="21" t="s">
+        <v>1599</v>
+      </c>
+      <c r="M57" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N57" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O57" s="21" t="s">
+        <v>1206</v>
+      </c>
+      <c r="P57" s="21" t="s">
+        <v>1600</v>
+      </c>
+      <c r="Q57" s="21" t="s">
+        <v>1580</v>
+      </c>
+      <c r="R57" s="21" t="s">
+        <v>1601</v>
+      </c>
+      <c r="S57" s="21" t="s">
+        <v>1594</v>
+      </c>
+      <c r="T57" s="21" t="s">
+        <v>1583</v>
+      </c>
+      <c r="U57" s="21" t="s">
+        <v>1584</v>
+      </c>
+      <c r="V57" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W57" s="21" t="s">
+        <v>1602</v>
+      </c>
+      <c r="X57" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y57" s="21" t="s">
+        <v>1586</v>
+      </c>
+      <c r="Z57" s="21" t="s">
+        <v>1587</v>
+      </c>
+      <c r="AA57" s="21" t="s">
+        <v>1603</v>
+      </c>
+      <c r="AB57" s="21"/>
+      <c r="AC57" s="21" t="s">
+        <v>1604</v>
+      </c>
+      <c r="AD57" s="21"/>
+      <c r="AE57" s="21" t="s">
+        <v>1587</v>
+      </c>
+      <c r="AF57" s="21" t="s">
+        <v>1597</v>
+      </c>
+      <c r="AG57" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="58" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A58" s="51" t="s">
+        <v>1340</v>
+      </c>
+      <c r="C58" s="31">
+        <v>1</v>
+      </c>
+      <c r="H58" s="22"/>
+      <c r="I58" s="22"/>
+      <c r="J58" s="38"/>
+      <c r="K58" s="21" t="s">
+        <v>1605</v>
+      </c>
+      <c r="L58" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M58" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N58" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O58" s="21" t="s">
+        <v>1196</v>
+      </c>
+      <c r="P58" s="21" t="s">
+        <v>1606</v>
+      </c>
+      <c r="Q58" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R58" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S58" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T58" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U58" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V58" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W58" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X58" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y58" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z58" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA58" s="21" t="s">
+        <v>1607</v>
+      </c>
+      <c r="AB58" s="21"/>
+      <c r="AC58" s="21"/>
+      <c r="AD58" s="21"/>
+      <c r="AE58" s="21" t="s">
+        <v>1521</v>
+      </c>
+      <c r="AF58" s="21" t="s">
+        <v>1608</v>
+      </c>
+      <c r="AG58" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="59" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A59" s="28" t="s">
+        <v>1197</v>
+      </c>
+      <c r="C59" s="31">
+        <v>1</v>
+      </c>
+      <c r="G59" s="31">
+        <v>1</v>
+      </c>
+      <c r="H59" s="22"/>
+      <c r="I59" s="22"/>
+      <c r="J59" s="38"/>
+      <c r="K59" s="21" t="s">
+        <v>1609</v>
+      </c>
+      <c r="L59" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M59" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N59" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O59" s="21" t="s">
+        <v>1196</v>
+      </c>
+      <c r="P59" s="21" t="s">
+        <v>1610</v>
+      </c>
+      <c r="Q59" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R59" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S59" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T59" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U59" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V59" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W59" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X59" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y59" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z59" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA59" s="21" t="s">
+        <v>1611</v>
+      </c>
+      <c r="AB59" s="21"/>
+      <c r="AC59" s="21"/>
+      <c r="AD59" s="21"/>
+      <c r="AE59" s="21" t="s">
+        <v>1521</v>
+      </c>
+      <c r="AF59" s="21" t="s">
+        <v>1608</v>
+      </c>
+      <c r="AG59" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="60" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A60" s="51" t="s">
+        <v>1341</v>
+      </c>
+      <c r="C60" s="31">
+        <v>1</v>
+      </c>
+      <c r="H60" s="22"/>
+      <c r="I60" s="22"/>
+      <c r="J60" s="38"/>
+      <c r="K60" s="21" t="s">
+        <v>1612</v>
+      </c>
+      <c r="L60" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M60" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N60" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O60" s="21" t="s">
+        <v>1196</v>
+      </c>
+      <c r="P60" s="21" t="s">
+        <v>1613</v>
+      </c>
+      <c r="Q60" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R60" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S60" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T60" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U60" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V60" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W60" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X60" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y60" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z60" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA60" s="21" t="s">
+        <v>1614</v>
+      </c>
+      <c r="AB60" s="21"/>
+      <c r="AC60" s="21"/>
+      <c r="AD60" s="21"/>
+      <c r="AE60" s="21" t="s">
+        <v>1521</v>
+      </c>
+      <c r="AF60" s="21" t="s">
+        <v>1608</v>
+      </c>
+      <c r="AG60" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="61" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A61" s="51" t="s">
+        <v>1342</v>
+      </c>
+      <c r="C61" s="31">
+        <v>1</v>
+      </c>
+      <c r="H61" s="22"/>
+      <c r="I61" s="22"/>
+      <c r="J61" s="38"/>
+      <c r="K61" s="21" t="s">
+        <v>1615</v>
+      </c>
+      <c r="L61" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M61" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N61" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O61" s="21" t="s">
+        <v>1196</v>
+      </c>
+      <c r="P61" s="21" t="s">
+        <v>1616</v>
+      </c>
+      <c r="Q61" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R61" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S61" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T61" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U61" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V61" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W61" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X61" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y61" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z61" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA61" s="21" t="s">
+        <v>1617</v>
+      </c>
+      <c r="AB61" s="21"/>
+      <c r="AC61" s="21"/>
+      <c r="AD61" s="21"/>
+      <c r="AE61" s="21" t="s">
+        <v>1521</v>
+      </c>
+      <c r="AF61" s="21" t="s">
+        <v>1608</v>
+      </c>
+      <c r="AG61" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="62" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A62" s="51" t="s">
+        <v>1343</v>
+      </c>
+      <c r="C62" s="31">
+        <v>1</v>
+      </c>
+      <c r="H62" s="22"/>
+      <c r="I62" s="22"/>
+      <c r="J62" s="38"/>
+      <c r="K62" s="21" t="s">
+        <v>1618</v>
+      </c>
+      <c r="L62" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M62" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N62" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O62" s="21" t="s">
+        <v>1196</v>
+      </c>
+      <c r="P62" s="21" t="s">
+        <v>1619</v>
+      </c>
+      <c r="Q62" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R62" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S62" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T62" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U62" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V62" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W62" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X62" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y62" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z62" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA62" s="21" t="s">
+        <v>1620</v>
+      </c>
+      <c r="AB62" s="21"/>
+      <c r="AC62" s="21"/>
+      <c r="AD62" s="21"/>
+      <c r="AE62" s="21" t="s">
+        <v>1521</v>
+      </c>
+      <c r="AF62" s="21" t="s">
+        <v>1608</v>
+      </c>
+      <c r="AG62" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="63" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A63" s="51" t="s">
+        <v>1344</v>
+      </c>
+      <c r="C63" s="31">
+        <v>1</v>
+      </c>
+      <c r="H63" s="22"/>
+      <c r="I63" s="22"/>
+      <c r="J63" s="38"/>
+      <c r="K63" s="21" t="s">
+        <v>1621</v>
+      </c>
+      <c r="L63" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M63" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N63" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O63" s="21" t="s">
+        <v>1196</v>
+      </c>
+      <c r="P63" s="21" t="s">
+        <v>1622</v>
+      </c>
+      <c r="Q63" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R63" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S63" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T63" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U63" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V63" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W63" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X63" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y63" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z63" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA63" s="21" t="s">
+        <v>1623</v>
+      </c>
+      <c r="AB63" s="21"/>
+      <c r="AC63" s="21"/>
+      <c r="AD63" s="21"/>
+      <c r="AE63" s="21" t="s">
+        <v>1521</v>
+      </c>
+      <c r="AF63" s="21" t="s">
+        <v>1608</v>
+      </c>
+      <c r="AG63" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="64" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A64" s="28" t="s">
+        <v>404</v>
+      </c>
+      <c r="E64" s="31">
+        <v>1</v>
+      </c>
+      <c r="H64" s="22"/>
+      <c r="I64" s="22"/>
+      <c r="J64" s="38"/>
+      <c r="K64" s="21" t="s">
+        <v>541</v>
+      </c>
+      <c r="L64" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M64" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N64" s="21" t="s">
+        <v>542</v>
+      </c>
+      <c r="O64" s="21" t="s">
+        <v>543</v>
+      </c>
+      <c r="P64" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q64" s="21" t="s">
+        <v>544</v>
+      </c>
+      <c r="R64" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S64" s="21" t="s">
+        <v>545</v>
+      </c>
+      <c r="T64" s="21" t="s">
+        <v>546</v>
+      </c>
+      <c r="U64" s="21" t="s">
+        <v>547</v>
+      </c>
+      <c r="V64" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W64" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X64" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Y64" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z64" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA64" s="21" t="s">
+        <v>548</v>
+      </c>
+      <c r="AB64" s="21"/>
+      <c r="AC64" s="21"/>
+      <c r="AD64" s="21" t="s">
+        <v>549</v>
+      </c>
+      <c r="AE64" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF64" s="21" t="s">
+        <v>550</v>
+      </c>
+      <c r="AG64" s="21" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="65" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A65" s="28" t="s">
+        <v>405</v>
+      </c>
+      <c r="E65" s="31">
+        <v>1</v>
+      </c>
+      <c r="H65" s="22"/>
+      <c r="I65" s="22"/>
+      <c r="J65" s="38"/>
+      <c r="K65" s="21" t="s">
+        <v>551</v>
+      </c>
+      <c r="L65" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M65" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N65" s="21" t="s">
+        <v>542</v>
+      </c>
+      <c r="O65" s="21" t="s">
+        <v>543</v>
+      </c>
+      <c r="P65" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q65" s="21" t="s">
+        <v>119</v>
+      </c>
+      <c r="R65" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S65" s="21" t="s">
+        <v>120</v>
+      </c>
+      <c r="T65" s="21" t="s">
+        <v>121</v>
+      </c>
+      <c r="U65" s="21" t="s">
+        <v>122</v>
+      </c>
+      <c r="V65" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W65" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X65" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Y65" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z65" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA65" s="21" t="s">
+        <v>552</v>
+      </c>
+      <c r="AB65" s="21"/>
+      <c r="AC65" s="21"/>
+      <c r="AD65" s="21" t="s">
+        <v>553</v>
+      </c>
+      <c r="AE65" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF65" s="21" t="s">
+        <v>550</v>
+      </c>
+      <c r="AG65" s="21" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="66" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A66" s="28" t="s">
         <v>406</v>
       </c>
-      <c r="D3" s="33" t="s">
+      <c r="E66" s="31">
+        <v>1</v>
+      </c>
+      <c r="H66" s="22"/>
+      <c r="I66" s="22"/>
+      <c r="J66" s="38"/>
+      <c r="K66" s="21" t="s">
+        <v>554</v>
+      </c>
+      <c r="L66" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M66" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N66" s="21" t="s">
+        <v>542</v>
+      </c>
+      <c r="O66" s="21" t="s">
+        <v>543</v>
+      </c>
+      <c r="P66" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q66" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="R66" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S66" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="T66" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="U66" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="V66" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W66" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X66" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Y66" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z66" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA66" s="21" t="s">
+        <v>555</v>
+      </c>
+      <c r="AB66" s="21"/>
+      <c r="AC66" s="21"/>
+      <c r="AD66" s="21" t="s">
+        <v>556</v>
+      </c>
+      <c r="AE66" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF66" s="21" t="s">
+        <v>550</v>
+      </c>
+      <c r="AG66" s="21" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="67" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A67" s="28" t="s">
+        <v>387</v>
+      </c>
+      <c r="I67" s="22">
+        <v>1</v>
+      </c>
+      <c r="J67" s="38"/>
+      <c r="K67" s="21" t="s">
+        <v>557</v>
+      </c>
+      <c r="L67" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M67" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N67" s="21" t="s">
+        <v>422</v>
+      </c>
+      <c r="O67" s="21" t="s">
+        <v>423</v>
+      </c>
+      <c r="P67" s="21" t="s">
+        <v>558</v>
+      </c>
+      <c r="Q67" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R67" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S67" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T67" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U67" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V67" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W67" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X67" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y67" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z67" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA67" s="21" t="s">
+        <v>559</v>
+      </c>
+      <c r="AB67" s="21"/>
+      <c r="AC67" s="21" t="s">
+        <v>560</v>
+      </c>
+      <c r="AD67" s="21"/>
+      <c r="AE67" s="21" t="s">
+        <v>561</v>
+      </c>
+      <c r="AF67" s="21" t="s">
+        <v>431</v>
+      </c>
+      <c r="AG67" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="68" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A68" s="28" t="s">
+        <v>392</v>
+      </c>
+      <c r="I68" s="22">
+        <v>1</v>
+      </c>
+      <c r="J68" s="38"/>
+      <c r="K68" s="21" t="s">
+        <v>562</v>
+      </c>
+      <c r="L68" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M68" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N68" s="21" t="s">
+        <v>422</v>
+      </c>
+      <c r="O68" s="21" t="s">
+        <v>423</v>
+      </c>
+      <c r="P68" s="21" t="s">
+        <v>563</v>
+      </c>
+      <c r="Q68" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R68" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S68" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T68" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U68" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V68" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W68" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X68" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y68" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z68" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA68" s="21" t="s">
+        <v>564</v>
+      </c>
+      <c r="AB68" s="21"/>
+      <c r="AC68" s="21" t="s">
+        <v>565</v>
+      </c>
+      <c r="AD68" s="21"/>
+      <c r="AE68" s="21" t="s">
+        <v>566</v>
+      </c>
+      <c r="AF68" s="21" t="s">
+        <v>431</v>
+      </c>
+      <c r="AG68" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="69" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A69" s="28" t="s">
+        <v>236</v>
+      </c>
+      <c r="B69" s="31">
+        <v>1</v>
+      </c>
+      <c r="H69" s="22"/>
+      <c r="I69" s="22"/>
+      <c r="J69" s="38"/>
+      <c r="K69" s="21" t="s">
+        <v>567</v>
+      </c>
+      <c r="L69" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M69" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N69" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O69" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P69" s="21" t="s">
+        <v>568</v>
+      </c>
+      <c r="Q69" s="21" t="s">
+        <v>113</v>
+      </c>
+      <c r="R69" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S69" s="21" t="s">
+        <v>115</v>
+      </c>
+      <c r="T69" s="21" t="s">
+        <v>116</v>
+      </c>
+      <c r="U69" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="V69" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W69" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X69" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y69" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z69" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA69" s="21"/>
+      <c r="AB69" s="21"/>
+      <c r="AC69" s="21"/>
+      <c r="AD69" s="21" t="s">
+        <v>569</v>
+      </c>
+      <c r="AE69" s="21" t="s">
+        <v>538</v>
+      </c>
+      <c r="AF69" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG69" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="70" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A70" s="28" t="s">
+        <v>237</v>
+      </c>
+      <c r="B70" s="31">
+        <v>1</v>
+      </c>
+      <c r="H70" s="22"/>
+      <c r="I70" s="22"/>
+      <c r="J70" s="38"/>
+      <c r="K70" s="21" t="s">
+        <v>570</v>
+      </c>
+      <c r="L70" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M70" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N70" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O70" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P70" s="21" t="s">
+        <v>571</v>
+      </c>
+      <c r="Q70" s="21" t="s">
+        <v>113</v>
+      </c>
+      <c r="R70" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S70" s="21" t="s">
+        <v>115</v>
+      </c>
+      <c r="T70" s="21" t="s">
+        <v>116</v>
+      </c>
+      <c r="U70" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="V70" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W70" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X70" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y70" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z70" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA70" s="21"/>
+      <c r="AB70" s="21"/>
+      <c r="AC70" s="21"/>
+      <c r="AD70" s="21" t="s">
+        <v>572</v>
+      </c>
+      <c r="AE70" s="21" t="s">
+        <v>538</v>
+      </c>
+      <c r="AF70" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG70" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="71" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A71" s="28" t="s">
+        <v>238</v>
+      </c>
+      <c r="B71" s="31">
+        <v>1</v>
+      </c>
+      <c r="H71" s="22"/>
+      <c r="I71" s="22"/>
+      <c r="J71" s="38"/>
+      <c r="K71" s="21" t="s">
+        <v>573</v>
+      </c>
+      <c r="L71" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M71" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N71" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O71" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P71" s="21" t="s">
+        <v>574</v>
+      </c>
+      <c r="Q71" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R71" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S71" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T71" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U71" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V71" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W71" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X71" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y71" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z71" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA71" s="21"/>
+      <c r="AB71" s="21"/>
+      <c r="AC71" s="21" t="s">
+        <v>575</v>
+      </c>
+      <c r="AD71" s="21"/>
+      <c r="AE71" s="21" t="s">
+        <v>576</v>
+      </c>
+      <c r="AF71" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG71" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="72" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A72" s="28" t="s">
+        <v>239</v>
+      </c>
+      <c r="B72" s="31">
+        <v>1</v>
+      </c>
+      <c r="D72" s="31">
+        <v>1</v>
+      </c>
+      <c r="H72" s="22"/>
+      <c r="I72" s="22"/>
+      <c r="J72" s="38"/>
+      <c r="K72" s="21" t="s">
+        <v>577</v>
+      </c>
+      <c r="L72" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M72" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N72" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O72" s="21" t="s">
+        <v>536</v>
+      </c>
+      <c r="P72" s="21" t="s">
+        <v>578</v>
+      </c>
+      <c r="Q72" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R72" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S72" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T72" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U72" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V72" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W72" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X72" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y72" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z72" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA72" s="21"/>
+      <c r="AB72" s="21"/>
+      <c r="AC72" s="21" t="s">
+        <v>575</v>
+      </c>
+      <c r="AD72" s="21"/>
+      <c r="AE72" s="21" t="s">
+        <v>579</v>
+      </c>
+      <c r="AF72" s="21" t="s">
+        <v>539</v>
+      </c>
+      <c r="AG72" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="73" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A73" s="28" t="s">
+        <v>42</v>
+      </c>
+      <c r="H73" s="27">
+        <v>1</v>
+      </c>
+      <c r="I73" s="27"/>
+      <c r="J73" s="38"/>
+      <c r="K73" s="21" t="s">
+        <v>580</v>
+      </c>
+      <c r="L73" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M73" s="21" t="s">
+        <v>91</v>
+      </c>
+      <c r="N73" s="21" t="s">
+        <v>92</v>
+      </c>
+      <c r="O73" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="P73" s="21" t="s">
+        <v>169</v>
+      </c>
+      <c r="Q73" s="21" t="s">
+        <v>170</v>
+      </c>
+      <c r="R73" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S73" s="21" t="s">
+        <v>171</v>
+      </c>
+      <c r="T73" s="21" t="s">
+        <v>172</v>
+      </c>
+      <c r="U73" s="21" t="s">
+        <v>173</v>
+      </c>
+      <c r="V73" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W73" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X73" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y73" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z73" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA73" s="21" t="s">
+        <v>174</v>
+      </c>
+      <c r="AB73" s="21" t="s">
+        <v>175</v>
+      </c>
+      <c r="AC73" s="21"/>
+      <c r="AD73" s="21"/>
+      <c r="AE73" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF73" s="21" t="s">
+        <v>198</v>
+      </c>
+      <c r="AG73" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="74" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A74" s="28" t="s">
+        <v>416</v>
+      </c>
+      <c r="I74" s="22">
+        <v>1</v>
+      </c>
+      <c r="J74" s="38"/>
+      <c r="K74" s="21" t="s">
+        <v>581</v>
+      </c>
+      <c r="L74" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M74" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N74" s="21" t="s">
+        <v>422</v>
+      </c>
+      <c r="O74" s="21" t="s">
+        <v>423</v>
+      </c>
+      <c r="P74" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q74" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R74" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S74" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T74" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U74" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V74" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W74" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X74" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Y74" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z74" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA74" s="21" t="s">
+        <v>582</v>
+      </c>
+      <c r="AB74" s="21"/>
+      <c r="AC74" s="21" t="s">
+        <v>583</v>
+      </c>
+      <c r="AD74" s="21" t="s">
+        <v>584</v>
+      </c>
+      <c r="AE74" s="21" t="s">
+        <v>459</v>
+      </c>
+      <c r="AF74" s="21" t="s">
+        <v>431</v>
+      </c>
+      <c r="AG74" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="75" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A75" s="28" t="s">
+        <v>397</v>
+      </c>
+      <c r="I75" s="22">
+        <v>1</v>
+      </c>
+      <c r="J75" s="38"/>
+      <c r="K75" s="21" t="s">
+        <v>585</v>
+      </c>
+      <c r="L75" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M75" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N75" s="21" t="s">
+        <v>422</v>
+      </c>
+      <c r="O75" s="21" t="s">
+        <v>423</v>
+      </c>
+      <c r="P75" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q75" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R75" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S75" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T75" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U75" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V75" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W75" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X75" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Y75" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z75" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA75" s="21" t="s">
+        <v>586</v>
+      </c>
+      <c r="AB75" s="21"/>
+      <c r="AC75" s="21" t="s">
+        <v>583</v>
+      </c>
+      <c r="AD75" s="21" t="s">
+        <v>587</v>
+      </c>
+      <c r="AE75" s="21" t="s">
+        <v>459</v>
+      </c>
+      <c r="AF75" s="21" t="s">
+        <v>431</v>
+      </c>
+      <c r="AG75" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="76" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A76" s="28" t="s">
+        <v>391</v>
+      </c>
+      <c r="I76" s="22">
+        <v>1</v>
+      </c>
+      <c r="J76" s="38"/>
+      <c r="K76" s="21" t="s">
+        <v>588</v>
+      </c>
+      <c r="L76" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M76" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N76" s="21" t="s">
+        <v>422</v>
+      </c>
+      <c r="O76" s="21" t="s">
+        <v>423</v>
+      </c>
+      <c r="P76" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q76" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R76" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S76" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T76" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U76" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V76" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W76" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X76" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Y76" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z76" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA76" s="21" t="s">
+        <v>589</v>
+      </c>
+      <c r="AB76" s="21"/>
+      <c r="AC76" s="21" t="s">
+        <v>430</v>
+      </c>
+      <c r="AD76" s="21" t="s">
+        <v>590</v>
+      </c>
+      <c r="AE76" s="21" t="s">
+        <v>459</v>
+      </c>
+      <c r="AF76" s="21" t="s">
+        <v>431</v>
+      </c>
+      <c r="AG76" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="77" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A77" s="28" t="s">
+        <v>389</v>
+      </c>
+      <c r="I77" s="22">
+        <v>1</v>
+      </c>
+      <c r="J77" s="38"/>
+      <c r="K77" s="21" t="s">
+        <v>591</v>
+      </c>
+      <c r="L77" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M77" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N77" s="21" t="s">
+        <v>422</v>
+      </c>
+      <c r="O77" s="21" t="s">
+        <v>423</v>
+      </c>
+      <c r="P77" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q77" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R77" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S77" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T77" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U77" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V77" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W77" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X77" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Y77" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z77" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA77" s="21" t="s">
+        <v>592</v>
+      </c>
+      <c r="AB77" s="21"/>
+      <c r="AC77" s="21" t="s">
+        <v>430</v>
+      </c>
+      <c r="AD77" s="21" t="s">
+        <v>593</v>
+      </c>
+      <c r="AE77" s="21" t="s">
+        <v>459</v>
+      </c>
+      <c r="AF77" s="21" t="s">
+        <v>431</v>
+      </c>
+      <c r="AG77" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="78" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A78" s="28" t="s">
+        <v>240</v>
+      </c>
+      <c r="B78" s="31">
+        <v>1</v>
+      </c>
+      <c r="H78" s="22"/>
+      <c r="I78" s="22"/>
+      <c r="J78" s="38"/>
+      <c r="K78" s="21" t="s">
+        <v>594</v>
+      </c>
+      <c r="L78" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M78" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N78" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O78" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P78" s="21" t="s">
+        <v>595</v>
+      </c>
+      <c r="Q78" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R78" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S78" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T78" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U78" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V78" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W78" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X78" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y78" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z78" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA78" s="21"/>
+      <c r="AB78" s="21"/>
+      <c r="AC78" s="21"/>
+      <c r="AD78" s="21" t="s">
+        <v>596</v>
+      </c>
+      <c r="AE78" s="21" t="s">
+        <v>597</v>
+      </c>
+      <c r="AF78" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG78" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="79" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A79" s="28" t="s">
+        <v>241</v>
+      </c>
+      <c r="B79" s="31">
+        <v>1</v>
+      </c>
+      <c r="H79" s="22"/>
+      <c r="I79" s="22"/>
+      <c r="J79" s="38"/>
+      <c r="K79" s="21" t="s">
+        <v>598</v>
+      </c>
+      <c r="L79" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M79" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N79" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O79" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P79" s="21" t="s">
+        <v>599</v>
+      </c>
+      <c r="Q79" s="21" t="s">
+        <v>113</v>
+      </c>
+      <c r="R79" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S79" s="21" t="s">
+        <v>115</v>
+      </c>
+      <c r="T79" s="21" t="s">
+        <v>116</v>
+      </c>
+      <c r="U79" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="V79" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W79" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X79" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y79" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z79" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA79" s="21"/>
+      <c r="AB79" s="21"/>
+      <c r="AC79" s="21"/>
+      <c r="AD79" s="21" t="s">
+        <v>600</v>
+      </c>
+      <c r="AE79" s="21" t="s">
+        <v>601</v>
+      </c>
+      <c r="AF79" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG79" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="80" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A80" s="28" t="s">
+        <v>242</v>
+      </c>
+      <c r="B80" s="31">
+        <v>1</v>
+      </c>
+      <c r="H80" s="22"/>
+      <c r="I80" s="22"/>
+      <c r="J80" s="38"/>
+      <c r="K80" s="21" t="s">
+        <v>602</v>
+      </c>
+      <c r="L80" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M80" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N80" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O80" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P80" s="21" t="s">
+        <v>603</v>
+      </c>
+      <c r="Q80" s="21" t="s">
+        <v>113</v>
+      </c>
+      <c r="R80" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S80" s="21" t="s">
+        <v>115</v>
+      </c>
+      <c r="T80" s="21" t="s">
+        <v>116</v>
+      </c>
+      <c r="U80" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="V80" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W80" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X80" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y80" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z80" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA80" s="21"/>
+      <c r="AB80" s="21"/>
+      <c r="AC80" s="21"/>
+      <c r="AD80" s="21"/>
+      <c r="AE80" s="21" t="s">
+        <v>538</v>
+      </c>
+      <c r="AF80" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG80" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="81" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A81" s="28" t="s">
+        <v>243</v>
+      </c>
+      <c r="B81" s="31">
+        <v>1</v>
+      </c>
+      <c r="H81" s="22"/>
+      <c r="I81" s="22"/>
+      <c r="J81" s="38"/>
+      <c r="K81" s="21" t="s">
+        <v>604</v>
+      </c>
+      <c r="L81" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M81" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N81" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O81" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P81" s="21" t="s">
+        <v>605</v>
+      </c>
+      <c r="Q81" s="21" t="s">
+        <v>113</v>
+      </c>
+      <c r="R81" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S81" s="21" t="s">
+        <v>115</v>
+      </c>
+      <c r="T81" s="21" t="s">
+        <v>116</v>
+      </c>
+      <c r="U81" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="V81" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W81" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X81" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y81" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z81" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA81" s="21"/>
+      <c r="AB81" s="21"/>
+      <c r="AC81" s="21"/>
+      <c r="AD81" s="21"/>
+      <c r="AE81" s="21" t="s">
+        <v>538</v>
+      </c>
+      <c r="AF81" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG81" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="82" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A82" s="28" t="s">
+        <v>244</v>
+      </c>
+      <c r="B82" s="31">
+        <v>1</v>
+      </c>
+      <c r="H82" s="22"/>
+      <c r="I82" s="22"/>
+      <c r="J82" s="38"/>
+      <c r="K82" s="21" t="s">
+        <v>606</v>
+      </c>
+      <c r="L82" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M82" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N82" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O82" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P82" s="21" t="s">
+        <v>607</v>
+      </c>
+      <c r="Q82" s="21" t="s">
+        <v>425</v>
+      </c>
+      <c r="R82" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S82" s="21" t="s">
+        <v>426</v>
+      </c>
+      <c r="T82" s="21" t="s">
+        <v>427</v>
+      </c>
+      <c r="U82" s="21" t="s">
+        <v>428</v>
+      </c>
+      <c r="V82" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W82" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X82" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y82" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z82" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA82" s="21"/>
+      <c r="AB82" s="21"/>
+      <c r="AC82" s="21"/>
+      <c r="AD82" s="21"/>
+      <c r="AE82" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF82" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG82" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="83" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A83" s="28" t="s">
+        <v>245</v>
+      </c>
+      <c r="B83" s="31">
+        <v>1</v>
+      </c>
+      <c r="H83" s="22"/>
+      <c r="I83" s="22"/>
+      <c r="J83" s="38"/>
+      <c r="K83" s="21" t="s">
+        <v>608</v>
+      </c>
+      <c r="L83" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M83" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N83" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O83" s="21" t="s">
+        <v>536</v>
+      </c>
+      <c r="P83" s="21" t="s">
+        <v>609</v>
+      </c>
+      <c r="Q83" s="21" t="s">
+        <v>425</v>
+      </c>
+      <c r="R83" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S83" s="21" t="s">
+        <v>426</v>
+      </c>
+      <c r="T83" s="21" t="s">
+        <v>427</v>
+      </c>
+      <c r="U83" s="21" t="s">
+        <v>428</v>
+      </c>
+      <c r="V83" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W83" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X83" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y83" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z83" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA83" s="21"/>
+      <c r="AB83" s="21"/>
+      <c r="AC83" s="21"/>
+      <c r="AD83" s="21"/>
+      <c r="AE83" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF83" s="21" t="s">
+        <v>539</v>
+      </c>
+      <c r="AG83" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="84" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A84" s="28" t="s">
+        <v>246</v>
+      </c>
+      <c r="B84" s="31">
+        <v>1</v>
+      </c>
+      <c r="H84" s="22"/>
+      <c r="I84" s="22"/>
+      <c r="J84" s="38"/>
+      <c r="K84" s="21" t="s">
+        <v>610</v>
+      </c>
+      <c r="L84" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M84" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N84" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O84" s="21" t="s">
+        <v>536</v>
+      </c>
+      <c r="P84" s="21" t="s">
+        <v>611</v>
+      </c>
+      <c r="Q84" s="21" t="s">
+        <v>183</v>
+      </c>
+      <c r="R84" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S84" s="21" t="s">
+        <v>184</v>
+      </c>
+      <c r="T84" s="21" t="s">
+        <v>185</v>
+      </c>
+      <c r="U84" s="21" t="s">
+        <v>186</v>
+      </c>
+      <c r="V84" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W84" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X84" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y84" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z84" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA84" s="21"/>
+      <c r="AB84" s="21"/>
+      <c r="AC84" s="21"/>
+      <c r="AD84" s="21"/>
+      <c r="AE84" s="21" t="s">
+        <v>612</v>
+      </c>
+      <c r="AF84" s="21" t="s">
+        <v>539</v>
+      </c>
+      <c r="AG84" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="85" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A85" s="51" t="s">
+        <v>1357</v>
+      </c>
+      <c r="C85" s="31">
+        <v>1</v>
+      </c>
+      <c r="H85" s="22"/>
+      <c r="I85" s="22"/>
+      <c r="J85" s="38"/>
+      <c r="K85" s="21" t="s">
+        <v>1624</v>
+      </c>
+      <c r="L85" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M85" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N85" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O85" s="21" t="s">
+        <v>1188</v>
+      </c>
+      <c r="P85" s="21" t="s">
+        <v>1625</v>
+      </c>
+      <c r="Q85" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R85" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S85" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T85" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U85" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V85" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W85" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X85" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y85" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z85" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="AA85" s="21"/>
+      <c r="AB85" s="21"/>
+      <c r="AC85" s="21" t="s">
+        <v>1626</v>
+      </c>
+      <c r="AD85" s="21" t="s">
+        <v>1627</v>
+      </c>
+      <c r="AE85" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF85" s="21" t="s">
+        <v>1477</v>
+      </c>
+      <c r="AG85" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="86" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A86" s="51" t="s">
+        <v>1306</v>
+      </c>
+      <c r="C86" s="31">
+        <v>1</v>
+      </c>
+      <c r="H86" s="22"/>
+      <c r="I86" s="22"/>
+      <c r="J86" s="38"/>
+      <c r="K86" s="21" t="s">
+        <v>1628</v>
+      </c>
+      <c r="L86" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M86" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N86" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O86" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P86" s="21" t="s">
+        <v>1629</v>
+      </c>
+      <c r="Q86" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R86" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S86" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T86" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U86" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V86" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W86" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X86" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y86" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z86" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA86" s="21" t="s">
+        <v>1630</v>
+      </c>
+      <c r="AB86" s="21"/>
+      <c r="AC86" s="21" t="s">
+        <v>1631</v>
+      </c>
+      <c r="AD86" s="21" t="s">
+        <v>1632</v>
+      </c>
+      <c r="AE86" s="21" t="s">
+        <v>1495</v>
+      </c>
+      <c r="AF86" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG86" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="87" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A87" s="51" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C87" s="31">
+        <v>1</v>
+      </c>
+      <c r="H87" s="22"/>
+      <c r="I87" s="22"/>
+      <c r="J87" s="38"/>
+      <c r="K87" s="21" t="s">
+        <v>1633</v>
+      </c>
+      <c r="L87" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M87" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N87" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O87" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P87" s="21" t="s">
+        <v>1634</v>
+      </c>
+      <c r="Q87" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R87" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S87" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T87" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U87" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V87" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W87" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X87" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y87" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z87" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA87" s="21" t="s">
+        <v>1635</v>
+      </c>
+      <c r="AB87" s="21"/>
+      <c r="AC87" s="21" t="s">
+        <v>1636</v>
+      </c>
+      <c r="AD87" s="21" t="s">
+        <v>1637</v>
+      </c>
+      <c r="AE87" s="21" t="s">
+        <v>1546</v>
+      </c>
+      <c r="AF87" s="21" t="s">
+        <v>1638</v>
+      </c>
+      <c r="AG87" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="88" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A88" s="51" t="s">
+        <v>1278</v>
+      </c>
+      <c r="C88" s="31">
+        <v>1</v>
+      </c>
+      <c r="H88" s="22"/>
+      <c r="I88" s="22"/>
+      <c r="J88" s="38"/>
+      <c r="K88" s="21" t="s">
+        <v>1639</v>
+      </c>
+      <c r="L88" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M88" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N88" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O88" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P88" s="21" t="s">
+        <v>1640</v>
+      </c>
+      <c r="Q88" s="21" t="s">
+        <v>1510</v>
+      </c>
+      <c r="R88" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S88" s="21" t="s">
+        <v>1511</v>
+      </c>
+      <c r="T88" s="21" t="s">
+        <v>1512</v>
+      </c>
+      <c r="U88" s="21" t="s">
+        <v>1513</v>
+      </c>
+      <c r="V88" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W88" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X88" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y88" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z88" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA88" s="21" t="s">
+        <v>1641</v>
+      </c>
+      <c r="AB88" s="21"/>
+      <c r="AC88" s="21" t="s">
+        <v>1642</v>
+      </c>
+      <c r="AD88" s="21" t="s">
+        <v>1643</v>
+      </c>
+      <c r="AE88" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF88" s="21" t="s">
+        <v>1638</v>
+      </c>
+      <c r="AG88" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="89" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A89" s="51" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C89" s="31">
+        <v>1</v>
+      </c>
+      <c r="H89" s="22"/>
+      <c r="I89" s="22"/>
+      <c r="J89" s="38"/>
+      <c r="K89" s="21" t="s">
+        <v>1644</v>
+      </c>
+      <c r="L89" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M89" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N89" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O89" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P89" s="21" t="s">
+        <v>1645</v>
+      </c>
+      <c r="Q89" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R89" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S89" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T89" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U89" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V89" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W89" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X89" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y89" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z89" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="AA89" s="21"/>
+      <c r="AB89" s="21"/>
+      <c r="AC89" s="21" t="s">
+        <v>1646</v>
+      </c>
+      <c r="AD89" s="21" t="s">
+        <v>1647</v>
+      </c>
+      <c r="AE89" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF89" s="21" t="s">
+        <v>1638</v>
+      </c>
+      <c r="AG89" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="90" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A90" s="51" t="s">
+        <v>1291</v>
+      </c>
+      <c r="C90" s="31">
+        <v>1</v>
+      </c>
+      <c r="H90" s="22"/>
+      <c r="I90" s="22"/>
+      <c r="J90" s="38"/>
+      <c r="K90" s="21" t="s">
+        <v>1648</v>
+      </c>
+      <c r="L90" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M90" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N90" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O90" s="21" t="s">
+        <v>1194</v>
+      </c>
+      <c r="P90" s="21" t="s">
+        <v>1649</v>
+      </c>
+      <c r="Q90" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R90" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S90" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T90" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U90" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V90" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W90" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X90" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y90" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z90" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="AA90" s="21"/>
+      <c r="AB90" s="21"/>
+      <c r="AC90" s="21" t="s">
+        <v>1650</v>
+      </c>
+      <c r="AD90" s="21" t="s">
+        <v>1651</v>
+      </c>
+      <c r="AE90" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF90" s="21" t="s">
+        <v>1547</v>
+      </c>
+      <c r="AG90" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="91" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A91" s="51" t="s">
+        <v>1292</v>
+      </c>
+      <c r="C91" s="31">
+        <v>1</v>
+      </c>
+      <c r="H91" s="22"/>
+      <c r="I91" s="22"/>
+      <c r="J91" s="38"/>
+      <c r="K91" s="21" t="s">
+        <v>1652</v>
+      </c>
+      <c r="L91" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M91" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N91" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O91" s="21" t="s">
+        <v>1194</v>
+      </c>
+      <c r="P91" s="21" t="s">
+        <v>1653</v>
+      </c>
+      <c r="Q91" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R91" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S91" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T91" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U91" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V91" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W91" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X91" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y91" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z91" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="AA91" s="21"/>
+      <c r="AB91" s="21"/>
+      <c r="AC91" s="21" t="s">
+        <v>1654</v>
+      </c>
+      <c r="AD91" s="21" t="s">
+        <v>1655</v>
+      </c>
+      <c r="AE91" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF91" s="21" t="s">
+        <v>1547</v>
+      </c>
+      <c r="AG91" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="92" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A92" s="51" t="s">
+        <v>1293</v>
+      </c>
+      <c r="C92" s="31">
+        <v>1</v>
+      </c>
+      <c r="H92" s="22"/>
+      <c r="I92" s="22"/>
+      <c r="J92" s="38"/>
+      <c r="K92" s="21" t="s">
+        <v>1656</v>
+      </c>
+      <c r="L92" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M92" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N92" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O92" s="21" t="s">
+        <v>1194</v>
+      </c>
+      <c r="P92" s="21" t="s">
+        <v>1657</v>
+      </c>
+      <c r="Q92" s="21" t="s">
+        <v>1510</v>
+      </c>
+      <c r="R92" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S92" s="21" t="s">
+        <v>1511</v>
+      </c>
+      <c r="T92" s="21" t="s">
+        <v>1512</v>
+      </c>
+      <c r="U92" s="21" t="s">
+        <v>1513</v>
+      </c>
+      <c r="V92" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W92" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X92" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y92" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z92" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA92" s="21" t="s">
+        <v>1658</v>
+      </c>
+      <c r="AB92" s="21"/>
+      <c r="AC92" s="21" t="s">
+        <v>1659</v>
+      </c>
+      <c r="AD92" s="21" t="s">
+        <v>1660</v>
+      </c>
+      <c r="AE92" s="21" t="s">
+        <v>1661</v>
+      </c>
+      <c r="AF92" s="21" t="s">
+        <v>1547</v>
+      </c>
+      <c r="AG92" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="93" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A93" s="51" t="s">
+        <v>1294</v>
+      </c>
+      <c r="C93" s="31">
+        <v>1</v>
+      </c>
+      <c r="H93" s="22"/>
+      <c r="I93" s="22"/>
+      <c r="J93" s="38"/>
+      <c r="K93" s="21" t="s">
+        <v>1662</v>
+      </c>
+      <c r="L93" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M93" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N93" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O93" s="21" t="s">
+        <v>1194</v>
+      </c>
+      <c r="P93" s="21" t="s">
+        <v>1663</v>
+      </c>
+      <c r="Q93" s="21" t="s">
+        <v>1510</v>
+      </c>
+      <c r="R93" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S93" s="21" t="s">
+        <v>1511</v>
+      </c>
+      <c r="T93" s="21" t="s">
+        <v>1512</v>
+      </c>
+      <c r="U93" s="21" t="s">
+        <v>1513</v>
+      </c>
+      <c r="V93" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W93" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X93" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y93" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z93" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA93" s="21" t="s">
+        <v>1658</v>
+      </c>
+      <c r="AB93" s="21"/>
+      <c r="AC93" s="21" t="s">
+        <v>1659</v>
+      </c>
+      <c r="AD93" s="21" t="s">
+        <v>1664</v>
+      </c>
+      <c r="AE93" s="21" t="s">
+        <v>1517</v>
+      </c>
+      <c r="AF93" s="21" t="s">
+        <v>1547</v>
+      </c>
+      <c r="AG93" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="94" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A94" s="28" t="s">
+        <v>1198</v>
+      </c>
+      <c r="C94" s="31">
+        <v>1</v>
+      </c>
+      <c r="G94" s="31">
+        <v>1</v>
+      </c>
+      <c r="H94" s="22"/>
+      <c r="I94" s="22"/>
+      <c r="J94" s="38"/>
+      <c r="K94" s="21" t="s">
+        <v>1665</v>
+      </c>
+      <c r="L94" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M94" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N94" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O94" s="21" t="s">
+        <v>1188</v>
+      </c>
+      <c r="P94" s="21" t="s">
+        <v>1666</v>
+      </c>
+      <c r="Q94" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R94" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S94" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T94" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U94" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V94" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W94" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X94" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y94" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z94" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="AA94" s="21"/>
+      <c r="AB94" s="21"/>
+      <c r="AC94" s="21" t="s">
+        <v>1667</v>
+      </c>
+      <c r="AD94" s="21" t="s">
+        <v>1668</v>
+      </c>
+      <c r="AE94" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF94" s="21" t="s">
+        <v>1477</v>
+      </c>
+      <c r="AG94" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="95" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A95" s="51" t="s">
+        <v>1307</v>
+      </c>
+      <c r="C95" s="31">
+        <v>1</v>
+      </c>
+      <c r="H95" s="22"/>
+      <c r="I95" s="22"/>
+      <c r="J95" s="38"/>
+      <c r="K95" s="21" t="s">
+        <v>1669</v>
+      </c>
+      <c r="L95" s="21" t="s">
+        <v>1670</v>
+      </c>
+      <c r="M95" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N95" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O95" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P95" s="21" t="s">
+        <v>1600</v>
+      </c>
+      <c r="Q95" s="21" t="s">
+        <v>1580</v>
+      </c>
+      <c r="R95" s="21" t="s">
+        <v>1671</v>
+      </c>
+      <c r="S95" s="21" t="s">
+        <v>1672</v>
+      </c>
+      <c r="T95" s="21" t="s">
+        <v>1583</v>
+      </c>
+      <c r="U95" s="21" t="s">
+        <v>1584</v>
+      </c>
+      <c r="V95" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W95" s="21" t="s">
+        <v>1585</v>
+      </c>
+      <c r="X95" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y95" s="21" t="s">
+        <v>102</v>
+      </c>
+      <c r="Z95" s="21" t="s">
+        <v>1587</v>
+      </c>
+      <c r="AA95" s="21" t="s">
+        <v>1673</v>
+      </c>
+      <c r="AB95" s="21"/>
+      <c r="AC95" s="21" t="s">
+        <v>1674</v>
+      </c>
+      <c r="AD95" s="21"/>
+      <c r="AE95" s="21" t="s">
+        <v>1587</v>
+      </c>
+      <c r="AF95" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG95" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="96" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A96" s="51" t="s">
+        <v>1308</v>
+      </c>
+      <c r="C96" s="31">
+        <v>1</v>
+      </c>
+      <c r="H96" s="22"/>
+      <c r="I96" s="22"/>
+      <c r="J96" s="38"/>
+      <c r="K96" s="21" t="s">
+        <v>1675</v>
+      </c>
+      <c r="L96" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M96" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N96" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O96" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P96" s="21" t="s">
+        <v>1676</v>
+      </c>
+      <c r="Q96" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R96" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S96" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T96" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U96" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V96" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W96" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X96" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y96" s="21" t="s">
+        <v>102</v>
+      </c>
+      <c r="Z96" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA96" s="21" t="s">
+        <v>1677</v>
+      </c>
+      <c r="AB96" s="21"/>
+      <c r="AC96" s="21" t="s">
+        <v>1678</v>
+      </c>
+      <c r="AD96" s="21" t="s">
+        <v>1679</v>
+      </c>
+      <c r="AE96" s="21" t="s">
+        <v>1680</v>
+      </c>
+      <c r="AF96" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG96" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="97" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A97" s="51" t="s">
+        <v>1309</v>
+      </c>
+      <c r="C97" s="31">
+        <v>1</v>
+      </c>
+      <c r="H97" s="22"/>
+      <c r="I97" s="22"/>
+      <c r="J97" s="38"/>
+      <c r="K97" s="21" t="s">
+        <v>1681</v>
+      </c>
+      <c r="L97" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M97" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N97" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O97" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P97" s="21" t="s">
+        <v>1682</v>
+      </c>
+      <c r="Q97" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R97" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S97" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T97" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U97" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V97" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W97" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X97" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y97" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z97" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA97" s="21" t="s">
+        <v>1683</v>
+      </c>
+      <c r="AB97" s="21"/>
+      <c r="AC97" s="21" t="s">
+        <v>1684</v>
+      </c>
+      <c r="AD97" s="21" t="s">
+        <v>1685</v>
+      </c>
+      <c r="AE97" s="21" t="s">
+        <v>561</v>
+      </c>
+      <c r="AF97" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG97" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="98" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A98" s="51" t="s">
+        <v>1253</v>
+      </c>
+      <c r="C98" s="31">
+        <v>1</v>
+      </c>
+      <c r="H98" s="22"/>
+      <c r="I98" s="22"/>
+      <c r="J98" s="38"/>
+      <c r="K98" s="21" t="s">
+        <v>1686</v>
+      </c>
+      <c r="L98" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M98" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N98" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O98" s="21" t="s">
+        <v>1206</v>
+      </c>
+      <c r="P98" s="21" t="s">
+        <v>1687</v>
+      </c>
+      <c r="Q98" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R98" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S98" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T98" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U98" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V98" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W98" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X98" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y98" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z98" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA98" s="21" t="s">
+        <v>1688</v>
+      </c>
+      <c r="AB98" s="21"/>
+      <c r="AC98" s="21" t="s">
+        <v>1689</v>
+      </c>
+      <c r="AD98" s="21" t="s">
+        <v>1690</v>
+      </c>
+      <c r="AE98" s="21" t="s">
+        <v>1521</v>
+      </c>
+      <c r="AF98" s="21" t="s">
+        <v>1597</v>
+      </c>
+      <c r="AG98" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="99" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A99" s="51" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C99" s="31">
+        <v>1</v>
+      </c>
+      <c r="H99" s="22"/>
+      <c r="I99" s="22"/>
+      <c r="J99" s="38"/>
+      <c r="K99" s="21" t="s">
+        <v>1691</v>
+      </c>
+      <c r="L99" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M99" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N99" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O99" s="21" t="s">
+        <v>1206</v>
+      </c>
+      <c r="P99" s="21" t="s">
+        <v>1692</v>
+      </c>
+      <c r="Q99" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R99" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S99" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T99" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U99" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V99" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W99" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X99" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y99" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z99" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA99" s="21" t="s">
+        <v>1693</v>
+      </c>
+      <c r="AB99" s="21"/>
+      <c r="AC99" s="21" t="s">
+        <v>1689</v>
+      </c>
+      <c r="AD99" s="21" t="s">
+        <v>1690</v>
+      </c>
+      <c r="AE99" s="21" t="s">
+        <v>1521</v>
+      </c>
+      <c r="AF99" s="21" t="s">
+        <v>1597</v>
+      </c>
+      <c r="AG99" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="100" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A100" s="51" t="s">
+        <v>1255</v>
+      </c>
+      <c r="C100" s="31">
+        <v>1</v>
+      </c>
+      <c r="H100" s="22"/>
+      <c r="I100" s="22"/>
+      <c r="J100" s="38"/>
+      <c r="K100" s="21" t="s">
+        <v>1694</v>
+      </c>
+      <c r="L100" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M100" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N100" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O100" s="21" t="s">
+        <v>1206</v>
+      </c>
+      <c r="P100" s="21" t="s">
+        <v>1695</v>
+      </c>
+      <c r="Q100" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R100" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S100" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T100" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U100" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V100" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W100" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X100" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y100" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z100" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA100" s="21" t="s">
+        <v>1696</v>
+      </c>
+      <c r="AB100" s="21"/>
+      <c r="AC100" s="21" t="s">
+        <v>1697</v>
+      </c>
+      <c r="AD100" s="21" t="s">
+        <v>1698</v>
+      </c>
+      <c r="AE100" s="21" t="s">
+        <v>1521</v>
+      </c>
+      <c r="AF100" s="21" t="s">
+        <v>1597</v>
+      </c>
+      <c r="AG100" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="101" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A101" s="51" t="s">
+        <v>1265</v>
+      </c>
+      <c r="C101" s="31">
+        <v>1</v>
+      </c>
+      <c r="H101" s="22"/>
+      <c r="I101" s="22"/>
+      <c r="J101" s="38"/>
+      <c r="K101" s="21" t="s">
+        <v>1699</v>
+      </c>
+      <c r="L101" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M101" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N101" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O101" s="21" t="s">
+        <v>1206</v>
+      </c>
+      <c r="P101" s="21" t="s">
+        <v>1700</v>
+      </c>
+      <c r="Q101" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R101" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S101" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T101" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U101" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V101" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W101" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X101" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y101" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z101" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA101" s="21" t="s">
+        <v>1701</v>
+      </c>
+      <c r="AB101" s="21"/>
+      <c r="AC101" s="21" t="s">
+        <v>1702</v>
+      </c>
+      <c r="AD101" s="21" t="s">
+        <v>1703</v>
+      </c>
+      <c r="AE101" s="21" t="s">
+        <v>1704</v>
+      </c>
+      <c r="AF101" s="21" t="s">
+        <v>1597</v>
+      </c>
+      <c r="AG101" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="102" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A102" s="51" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C102" s="31">
+        <v>1</v>
+      </c>
+      <c r="H102" s="22"/>
+      <c r="I102" s="22"/>
+      <c r="J102" s="38"/>
+      <c r="K102" s="21" t="s">
+        <v>1705</v>
+      </c>
+      <c r="L102" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M102" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N102" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O102" s="21" t="s">
+        <v>1206</v>
+      </c>
+      <c r="P102" s="21" t="s">
+        <v>1706</v>
+      </c>
+      <c r="Q102" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R102" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S102" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T102" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U102" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V102" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W102" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X102" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y102" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z102" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA102" s="21" t="s">
+        <v>1707</v>
+      </c>
+      <c r="AB102" s="21"/>
+      <c r="AC102" s="21" t="s">
+        <v>1708</v>
+      </c>
+      <c r="AD102" s="21"/>
+      <c r="AE102" s="21" t="s">
+        <v>1709</v>
+      </c>
+      <c r="AF102" s="21" t="s">
+        <v>1597</v>
+      </c>
+      <c r="AG102" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="103" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A103" s="51" t="s">
+        <v>1266</v>
+      </c>
+      <c r="C103" s="31">
+        <v>1</v>
+      </c>
+      <c r="H103" s="22"/>
+      <c r="I103" s="22"/>
+      <c r="J103" s="38"/>
+      <c r="K103" s="21" t="s">
+        <v>1710</v>
+      </c>
+      <c r="L103" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M103" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N103" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O103" s="21" t="s">
+        <v>1206</v>
+      </c>
+      <c r="P103" s="21" t="s">
+        <v>1711</v>
+      </c>
+      <c r="Q103" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R103" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S103" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T103" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U103" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V103" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W103" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X103" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y103" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z103" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA103" s="21" t="s">
+        <v>1712</v>
+      </c>
+      <c r="AB103" s="21"/>
+      <c r="AC103" s="21" t="s">
+        <v>1713</v>
+      </c>
+      <c r="AD103" s="21" t="s">
+        <v>1714</v>
+      </c>
+      <c r="AE103" s="21" t="s">
+        <v>1715</v>
+      </c>
+      <c r="AF103" s="21" t="s">
+        <v>1597</v>
+      </c>
+      <c r="AG103" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="104" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A104" s="51" t="s">
+        <v>1337</v>
+      </c>
+      <c r="C104" s="31">
+        <v>1</v>
+      </c>
+      <c r="H104" s="22"/>
+      <c r="I104" s="22"/>
+      <c r="J104" s="38"/>
+      <c r="K104" s="21" t="s">
+        <v>1716</v>
+      </c>
+      <c r="L104" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M104" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N104" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O104" s="21" t="s">
+        <v>1717</v>
+      </c>
+      <c r="P104" s="21" t="s">
+        <v>1718</v>
+      </c>
+      <c r="Q104" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R104" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S104" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T104" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U104" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V104" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W104" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X104" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y104" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z104" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA104" s="21" t="s">
+        <v>1719</v>
+      </c>
+      <c r="AB104" s="21"/>
+      <c r="AC104" s="21" t="s">
+        <v>1720</v>
+      </c>
+      <c r="AD104" s="21"/>
+      <c r="AE104" s="21" t="s">
+        <v>1495</v>
+      </c>
+      <c r="AF104" s="21" t="s">
+        <v>1721</v>
+      </c>
+      <c r="AG104" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="105" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A105" s="28" t="s">
+        <v>1199</v>
+      </c>
+      <c r="C105" s="31">
+        <v>1</v>
+      </c>
+      <c r="G105" s="31">
+        <v>1</v>
+      </c>
+      <c r="H105" s="22"/>
+      <c r="I105" s="22"/>
+      <c r="J105" s="38"/>
+      <c r="K105" s="21" t="s">
+        <v>1722</v>
+      </c>
+      <c r="L105" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M105" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N105" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O105" s="21" t="s">
+        <v>1717</v>
+      </c>
+      <c r="P105" s="21" t="s">
+        <v>1723</v>
+      </c>
+      <c r="Q105" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R105" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S105" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T105" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U105" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V105" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W105" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X105" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y105" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z105" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA105" s="21" t="s">
+        <v>1724</v>
+      </c>
+      <c r="AB105" s="21"/>
+      <c r="AC105" s="21" t="s">
+        <v>1725</v>
+      </c>
+      <c r="AD105" s="21"/>
+      <c r="AE105" s="21" t="s">
+        <v>1521</v>
+      </c>
+      <c r="AF105" s="21" t="s">
+        <v>1721</v>
+      </c>
+      <c r="AG105" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="106" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A106" s="51" t="s">
+        <v>1335</v>
+      </c>
+      <c r="C106" s="31">
+        <v>1</v>
+      </c>
+      <c r="H106" s="22"/>
+      <c r="I106" s="22"/>
+      <c r="J106" s="38"/>
+      <c r="K106" s="21" t="s">
+        <v>1726</v>
+      </c>
+      <c r="L106" s="21" t="s">
+        <v>1727</v>
+      </c>
+      <c r="M106" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N106" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O106" s="21" t="s">
+        <v>1717</v>
+      </c>
+      <c r="P106" s="21" t="s">
+        <v>1728</v>
+      </c>
+      <c r="Q106" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R106" s="21" t="s">
+        <v>1729</v>
+      </c>
+      <c r="S106" s="21" t="s">
+        <v>1730</v>
+      </c>
+      <c r="T106" s="21" t="s">
+        <v>1731</v>
+      </c>
+      <c r="U106" s="21" t="s">
+        <v>1732</v>
+      </c>
+      <c r="V106" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W106" s="21" t="s">
+        <v>1733</v>
+      </c>
+      <c r="X106" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y106" s="21" t="s">
+        <v>102</v>
+      </c>
+      <c r="Z106" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA106" s="21" t="s">
+        <v>1734</v>
+      </c>
+      <c r="AB106" s="21"/>
+      <c r="AC106" s="21" t="s">
+        <v>1735</v>
+      </c>
+      <c r="AD106" s="21"/>
+      <c r="AE106" s="21" t="s">
+        <v>1736</v>
+      </c>
+      <c r="AF106" s="21" t="s">
+        <v>1721</v>
+      </c>
+      <c r="AG106" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="107" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A107" s="28" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C107" s="31">
+        <v>1</v>
+      </c>
+      <c r="G107" s="31">
+        <v>1</v>
+      </c>
+      <c r="H107" s="22"/>
+      <c r="I107" s="22"/>
+      <c r="J107" s="38"/>
+      <c r="K107" s="21" t="s">
+        <v>1737</v>
+      </c>
+      <c r="L107" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M107" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N107" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O107" s="21" t="s">
+        <v>1717</v>
+      </c>
+      <c r="P107" s="21" t="s">
+        <v>1738</v>
+      </c>
+      <c r="Q107" s="21" t="s">
+        <v>1510</v>
+      </c>
+      <c r="R107" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S107" s="21" t="s">
+        <v>1511</v>
+      </c>
+      <c r="T107" s="21" t="s">
+        <v>1512</v>
+      </c>
+      <c r="U107" s="21" t="s">
+        <v>1513</v>
+      </c>
+      <c r="V107" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W107" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X107" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y107" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z107" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA107" s="21" t="s">
+        <v>1739</v>
+      </c>
+      <c r="AB107" s="21"/>
+      <c r="AC107" s="21" t="s">
+        <v>1740</v>
+      </c>
+      <c r="AD107" s="21"/>
+      <c r="AE107" s="21" t="s">
+        <v>1661</v>
+      </c>
+      <c r="AF107" s="21" t="s">
+        <v>1721</v>
+      </c>
+      <c r="AG107" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="108" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A108" s="28" t="s">
+        <v>1201</v>
+      </c>
+      <c r="C108" s="31">
+        <v>1</v>
+      </c>
+      <c r="G108" s="31">
+        <v>1</v>
+      </c>
+      <c r="H108" s="22"/>
+      <c r="I108" s="22"/>
+      <c r="J108" s="38"/>
+      <c r="K108" s="21" t="s">
+        <v>1741</v>
+      </c>
+      <c r="L108" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M108" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N108" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O108" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P108" s="21" t="s">
+        <v>1742</v>
+      </c>
+      <c r="Q108" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R108" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S108" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T108" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U108" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V108" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W108" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X108" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y108" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z108" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA108" s="21" t="s">
+        <v>1743</v>
+      </c>
+      <c r="AB108" s="21"/>
+      <c r="AC108" s="21" t="s">
+        <v>1744</v>
+      </c>
+      <c r="AD108" s="21" t="s">
+        <v>1745</v>
+      </c>
+      <c r="AE108" s="21" t="s">
+        <v>1546</v>
+      </c>
+      <c r="AF108" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG108" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="109" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A109" s="28" t="s">
+        <v>1202</v>
+      </c>
+      <c r="C109" s="31">
+        <v>1</v>
+      </c>
+      <c r="G109" s="31">
+        <v>1</v>
+      </c>
+      <c r="H109" s="22"/>
+      <c r="I109" s="22"/>
+      <c r="J109" s="38"/>
+      <c r="K109" s="21" t="s">
+        <v>1746</v>
+      </c>
+      <c r="L109" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M109" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N109" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O109" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P109" s="21" t="s">
+        <v>1747</v>
+      </c>
+      <c r="Q109" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R109" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S109" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T109" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U109" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V109" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W109" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X109" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y109" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z109" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA109" s="21" t="s">
+        <v>1748</v>
+      </c>
+      <c r="AB109" s="21"/>
+      <c r="AC109" s="21" t="s">
+        <v>1749</v>
+      </c>
+      <c r="AD109" s="21" t="s">
+        <v>1529</v>
+      </c>
+      <c r="AE109" s="21" t="s">
+        <v>1750</v>
+      </c>
+      <c r="AF109" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG109" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="110" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A110" s="51" t="s">
+        <v>1276</v>
+      </c>
+      <c r="C110" s="31">
+        <v>1</v>
+      </c>
+      <c r="H110" s="22"/>
+      <c r="I110" s="22"/>
+      <c r="J110" s="38"/>
+      <c r="K110" s="21" t="s">
+        <v>1751</v>
+      </c>
+      <c r="L110" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M110" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N110" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O110" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P110" s="21" t="s">
+        <v>1752</v>
+      </c>
+      <c r="Q110" s="21" t="s">
+        <v>1510</v>
+      </c>
+      <c r="R110" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S110" s="21" t="s">
+        <v>1511</v>
+      </c>
+      <c r="T110" s="21" t="s">
+        <v>1512</v>
+      </c>
+      <c r="U110" s="21" t="s">
+        <v>1513</v>
+      </c>
+      <c r="V110" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W110" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X110" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y110" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z110" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA110" s="21" t="s">
+        <v>1753</v>
+      </c>
+      <c r="AB110" s="21"/>
+      <c r="AC110" s="21" t="s">
+        <v>1754</v>
+      </c>
+      <c r="AD110" s="21" t="s">
+        <v>1755</v>
+      </c>
+      <c r="AE110" s="21" t="s">
+        <v>1517</v>
+      </c>
+      <c r="AF110" s="21" t="s">
+        <v>1535</v>
+      </c>
+      <c r="AG110" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="111" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A111" s="51" t="s">
+        <v>1280</v>
+      </c>
+      <c r="C111" s="31">
+        <v>1</v>
+      </c>
+      <c r="H111" s="22"/>
+      <c r="I111" s="22"/>
+      <c r="J111" s="38"/>
+      <c r="K111" s="21" t="s">
+        <v>1756</v>
+      </c>
+      <c r="L111" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M111" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N111" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O111" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P111" s="21" t="s">
+        <v>1757</v>
+      </c>
+      <c r="Q111" s="21" t="s">
+        <v>1510</v>
+      </c>
+      <c r="R111" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S111" s="21" t="s">
+        <v>1511</v>
+      </c>
+      <c r="T111" s="21" t="s">
+        <v>1512</v>
+      </c>
+      <c r="U111" s="21" t="s">
+        <v>1513</v>
+      </c>
+      <c r="V111" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W111" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X111" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y111" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z111" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA111" s="21" t="s">
+        <v>1641</v>
+      </c>
+      <c r="AB111" s="21"/>
+      <c r="AC111" s="21" t="s">
+        <v>1758</v>
+      </c>
+      <c r="AD111" s="21" t="s">
+        <v>1759</v>
+      </c>
+      <c r="AE111" s="21" t="s">
+        <v>1517</v>
+      </c>
+      <c r="AF111" s="21" t="s">
+        <v>1638</v>
+      </c>
+      <c r="AG111" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="112" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A112" s="51" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C112" s="31">
+        <v>1</v>
+      </c>
+      <c r="H112" s="22"/>
+      <c r="I112" s="22"/>
+      <c r="J112" s="38"/>
+      <c r="K112" s="21" t="s">
+        <v>1760</v>
+      </c>
+      <c r="L112" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M112" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N112" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O112" s="21" t="s">
+        <v>1206</v>
+      </c>
+      <c r="P112" s="21" t="s">
+        <v>1761</v>
+      </c>
+      <c r="Q112" s="21" t="s">
+        <v>1762</v>
+      </c>
+      <c r="R112" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S112" s="21" t="s">
+        <v>1763</v>
+      </c>
+      <c r="T112" s="21" t="s">
+        <v>1764</v>
+      </c>
+      <c r="U112" s="21" t="s">
+        <v>1765</v>
+      </c>
+      <c r="V112" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W112" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X112" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y112" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z112" s="21" t="s">
+        <v>1766</v>
+      </c>
+      <c r="AA112" s="21"/>
+      <c r="AB112" s="21"/>
+      <c r="AC112" s="21"/>
+      <c r="AD112" s="21"/>
+      <c r="AE112" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF112" s="21" t="s">
+        <v>1597</v>
+      </c>
+      <c r="AG112" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="113" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A113" s="28" t="s">
         <v>407</v>
       </c>
-      <c r="E3" s="33" t="s">
-[...63 lines deleted...]
-      <c r="AA3" s="30" t="s">
+      <c r="E113" s="31">
+        <v>1</v>
+      </c>
+      <c r="H113" s="22"/>
+      <c r="I113" s="22"/>
+      <c r="J113" s="38"/>
+      <c r="K113" s="21" t="s">
+        <v>613</v>
+      </c>
+      <c r="L113" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M113" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N113" s="21" t="s">
+        <v>542</v>
+      </c>
+      <c r="O113" s="21" t="s">
+        <v>543</v>
+      </c>
+      <c r="P113" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q113" s="21" t="s">
+        <v>614</v>
+      </c>
+      <c r="R113" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S113" s="21" t="s">
+        <v>615</v>
+      </c>
+      <c r="T113" s="21" t="s">
+        <v>616</v>
+      </c>
+      <c r="U113" s="21" t="s">
+        <v>617</v>
+      </c>
+      <c r="V113" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W113" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X113" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Y113" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z113" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA113" s="21" t="s">
+        <v>618</v>
+      </c>
+      <c r="AB113" s="21"/>
+      <c r="AC113" s="21"/>
+      <c r="AD113" s="21" t="s">
+        <v>619</v>
+      </c>
+      <c r="AE113" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF113" s="21" t="s">
+        <v>550</v>
+      </c>
+      <c r="AG113" s="21" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="114" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A114" s="28" t="s">
+        <v>247</v>
+      </c>
+      <c r="B114" s="31">
+        <v>1</v>
+      </c>
+      <c r="H114" s="22"/>
+      <c r="I114" s="22"/>
+      <c r="J114" s="38"/>
+      <c r="K114" s="21" t="s">
+        <v>620</v>
+      </c>
+      <c r="L114" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M114" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N114" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O114" s="21" t="s">
+        <v>536</v>
+      </c>
+      <c r="P114" s="21" t="s">
+        <v>621</v>
+      </c>
+      <c r="Q114" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R114" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S114" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T114" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U114" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V114" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W114" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X114" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y114" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z114" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA114" s="21"/>
+      <c r="AB114" s="21"/>
+      <c r="AC114" s="21" t="s">
+        <v>575</v>
+      </c>
+      <c r="AD114" s="21"/>
+      <c r="AE114" s="21" t="s">
+        <v>622</v>
+      </c>
+      <c r="AF114" s="21" t="s">
+        <v>539</v>
+      </c>
+      <c r="AG114" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="115" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A115" s="28" t="s">
+        <v>248</v>
+      </c>
+      <c r="B115" s="31">
+        <v>1</v>
+      </c>
+      <c r="H115" s="22"/>
+      <c r="I115" s="22"/>
+      <c r="J115" s="38"/>
+      <c r="K115" s="21" t="s">
+        <v>623</v>
+      </c>
+      <c r="L115" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M115" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N115" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O115" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P115" s="21" t="s">
+        <v>624</v>
+      </c>
+      <c r="Q115" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R115" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S115" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T115" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U115" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V115" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W115" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X115" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y115" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z115" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA115" s="21"/>
+      <c r="AB115" s="21"/>
+      <c r="AC115" s="21" t="s">
+        <v>575</v>
+      </c>
+      <c r="AD115" s="21"/>
+      <c r="AE115" s="21" t="s">
+        <v>625</v>
+      </c>
+      <c r="AF115" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG115" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="116" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A116" s="28" t="s">
+        <v>249</v>
+      </c>
+      <c r="B116" s="31">
+        <v>1</v>
+      </c>
+      <c r="H116" s="22"/>
+      <c r="I116" s="22"/>
+      <c r="J116" s="38"/>
+      <c r="K116" s="21" t="s">
+        <v>626</v>
+      </c>
+      <c r="L116" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M116" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N116" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O116" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P116" s="21" t="s">
+        <v>627</v>
+      </c>
+      <c r="Q116" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R116" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S116" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T116" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U116" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V116" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W116" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X116" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y116" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z116" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA116" s="21"/>
+      <c r="AB116" s="21"/>
+      <c r="AC116" s="21" t="s">
+        <v>575</v>
+      </c>
+      <c r="AD116" s="21" t="s">
+        <v>628</v>
+      </c>
+      <c r="AE116" s="21" t="s">
+        <v>576</v>
+      </c>
+      <c r="AF116" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG116" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="117" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A117" s="28" t="s">
+        <v>250</v>
+      </c>
+      <c r="B117" s="31">
+        <v>1</v>
+      </c>
+      <c r="H117" s="22"/>
+      <c r="I117" s="22"/>
+      <c r="J117" s="38"/>
+      <c r="K117" s="21" t="s">
+        <v>629</v>
+      </c>
+      <c r="L117" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M117" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N117" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O117" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P117" s="21" t="s">
+        <v>630</v>
+      </c>
+      <c r="Q117" s="21" t="s">
+        <v>131</v>
+      </c>
+      <c r="R117" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S117" s="21" t="s">
+        <v>132</v>
+      </c>
+      <c r="T117" s="21" t="s">
+        <v>133</v>
+      </c>
+      <c r="U117" s="21" t="s">
+        <v>134</v>
+      </c>
+      <c r="V117" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W117" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X117" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y117" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z117" s="21" t="s">
+        <v>631</v>
+      </c>
+      <c r="AA117" s="21"/>
+      <c r="AB117" s="21"/>
+      <c r="AC117" s="21"/>
+      <c r="AD117" s="21"/>
+      <c r="AE117" s="21" t="s">
+        <v>631</v>
+      </c>
+      <c r="AF117" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG117" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="118" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A118" s="28" t="s">
+        <v>251</v>
+      </c>
+      <c r="B118" s="31">
+        <v>1</v>
+      </c>
+      <c r="H118" s="22"/>
+      <c r="I118" s="22"/>
+      <c r="J118" s="38"/>
+      <c r="K118" s="21" t="s">
+        <v>632</v>
+      </c>
+      <c r="L118" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M118" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N118" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O118" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P118" s="21" t="s">
+        <v>633</v>
+      </c>
+      <c r="Q118" s="21" t="s">
+        <v>131</v>
+      </c>
+      <c r="R118" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S118" s="21" t="s">
+        <v>132</v>
+      </c>
+      <c r="T118" s="21" t="s">
+        <v>133</v>
+      </c>
+      <c r="U118" s="21" t="s">
+        <v>134</v>
+      </c>
+      <c r="V118" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W118" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X118" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y118" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z118" s="21" t="s">
+        <v>631</v>
+      </c>
+      <c r="AA118" s="21"/>
+      <c r="AB118" s="21"/>
+      <c r="AC118" s="21"/>
+      <c r="AD118" s="21"/>
+      <c r="AE118" s="21" t="s">
+        <v>631</v>
+      </c>
+      <c r="AF118" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG118" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="119" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A119" s="51" t="s">
+        <v>1270</v>
+      </c>
+      <c r="C119" s="31">
+        <v>1</v>
+      </c>
+      <c r="H119" s="22"/>
+      <c r="I119" s="22"/>
+      <c r="J119" s="38"/>
+      <c r="K119" s="21" t="s">
+        <v>1767</v>
+      </c>
+      <c r="L119" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M119" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N119" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O119" s="21" t="s">
+        <v>1206</v>
+      </c>
+      <c r="P119" s="21" t="s">
+        <v>1768</v>
+      </c>
+      <c r="Q119" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R119" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S119" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T119" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U119" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V119" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W119" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X119" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y119" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z119" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA119" s="21" t="s">
+        <v>1769</v>
+      </c>
+      <c r="AB119" s="21"/>
+      <c r="AC119" s="21" t="s">
+        <v>1770</v>
+      </c>
+      <c r="AD119" s="21"/>
+      <c r="AE119" s="21" t="s">
+        <v>561</v>
+      </c>
+      <c r="AF119" s="21" t="s">
+        <v>1597</v>
+      </c>
+      <c r="AG119" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="120" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A120" s="51" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C120" s="31">
+        <v>1</v>
+      </c>
+      <c r="H120" s="22"/>
+      <c r="I120" s="22"/>
+      <c r="J120" s="38"/>
+      <c r="K120" s="21" t="s">
+        <v>1771</v>
+      </c>
+      <c r="L120" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M120" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N120" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O120" s="21" t="s">
+        <v>1206</v>
+      </c>
+      <c r="P120" s="21" t="s">
+        <v>1772</v>
+      </c>
+      <c r="Q120" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R120" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S120" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T120" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U120" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V120" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W120" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X120" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y120" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z120" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA120" s="21" t="s">
+        <v>1773</v>
+      </c>
+      <c r="AB120" s="21"/>
+      <c r="AC120" s="21" t="s">
+        <v>1774</v>
+      </c>
+      <c r="AD120" s="21" t="s">
+        <v>1775</v>
+      </c>
+      <c r="AE120" s="21" t="s">
+        <v>1776</v>
+      </c>
+      <c r="AF120" s="21" t="s">
+        <v>1597</v>
+      </c>
+      <c r="AG120" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="121" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A121" s="51" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C121" s="31">
+        <v>1</v>
+      </c>
+      <c r="H121" s="22"/>
+      <c r="I121" s="22"/>
+      <c r="J121" s="38"/>
+      <c r="K121" s="21" t="s">
+        <v>1777</v>
+      </c>
+      <c r="L121" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M121" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N121" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O121" s="21" t="s">
+        <v>1206</v>
+      </c>
+      <c r="P121" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q121" s="21" t="s">
+        <v>544</v>
+      </c>
+      <c r="R121" s="21" t="s">
+        <v>1778</v>
+      </c>
+      <c r="S121" s="21" t="s">
+        <v>1779</v>
+      </c>
+      <c r="T121" s="21" t="s">
+        <v>1780</v>
+      </c>
+      <c r="U121" s="21" t="s">
+        <v>148</v>
+      </c>
+      <c r="V121" s="21" t="s">
+        <v>1781</v>
+      </c>
+      <c r="W121" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X121" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Y121" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z121" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA121" s="21" t="s">
+        <v>1782</v>
+      </c>
+      <c r="AB121" s="21"/>
+      <c r="AC121" s="21"/>
+      <c r="AD121" s="21"/>
+      <c r="AE121" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF121" s="21" t="s">
+        <v>1597</v>
+      </c>
+      <c r="AG121" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="122" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A122" s="28" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C122" s="31">
+        <v>1</v>
+      </c>
+      <c r="G122" s="31">
+        <v>1</v>
+      </c>
+      <c r="H122" s="22"/>
+      <c r="I122" s="22"/>
+      <c r="J122" s="38"/>
+      <c r="K122" s="21" t="s">
+        <v>1783</v>
+      </c>
+      <c r="L122" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M122" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N122" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O122" s="21" t="s">
+        <v>1203</v>
+      </c>
+      <c r="P122" s="21" t="s">
+        <v>1784</v>
+      </c>
+      <c r="Q122" s="21" t="s">
+        <v>1785</v>
+      </c>
+      <c r="R122" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S122" s="21" t="s">
+        <v>1786</v>
+      </c>
+      <c r="T122" s="21" t="s">
+        <v>1787</v>
+      </c>
+      <c r="U122" s="21" t="s">
+        <v>1788</v>
+      </c>
+      <c r="V122" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W122" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X122" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y122" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z122" s="21" t="s">
+        <v>1766</v>
+      </c>
+      <c r="AA122" s="21" t="s">
+        <v>1789</v>
+      </c>
+      <c r="AB122" s="21"/>
+      <c r="AC122" s="21"/>
+      <c r="AD122" s="21"/>
+      <c r="AE122" s="21" t="s">
+        <v>1790</v>
+      </c>
+      <c r="AF122" s="21" t="s">
+        <v>1791</v>
+      </c>
+      <c r="AG122" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="123" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A123" s="28" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C123" s="31">
+        <v>1</v>
+      </c>
+      <c r="G123" s="31">
+        <v>1</v>
+      </c>
+      <c r="H123" s="22"/>
+      <c r="I123" s="22"/>
+      <c r="J123" s="38"/>
+      <c r="K123" s="21" t="s">
+        <v>1792</v>
+      </c>
+      <c r="L123" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M123" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N123" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O123" s="21" t="s">
+        <v>1203</v>
+      </c>
+      <c r="P123" s="21" t="s">
+        <v>1793</v>
+      </c>
+      <c r="Q123" s="21" t="s">
+        <v>1794</v>
+      </c>
+      <c r="R123" s="21" t="s">
+        <v>1795</v>
+      </c>
+      <c r="S123" s="21" t="s">
+        <v>1796</v>
+      </c>
+      <c r="T123" s="21" t="s">
+        <v>1797</v>
+      </c>
+      <c r="U123" s="21" t="s">
+        <v>1798</v>
+      </c>
+      <c r="V123" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W123" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X123" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y123" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z123" s="21" t="s">
+        <v>1766</v>
+      </c>
+      <c r="AA123" s="21" t="s">
+        <v>1799</v>
+      </c>
+      <c r="AB123" s="21"/>
+      <c r="AC123" s="21"/>
+      <c r="AD123" s="21"/>
+      <c r="AE123" s="21" t="s">
+        <v>1800</v>
+      </c>
+      <c r="AF123" s="21" t="s">
+        <v>1791</v>
+      </c>
+      <c r="AG123" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="124" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A124" s="51" t="s">
+        <v>1345</v>
+      </c>
+      <c r="C124" s="31">
+        <v>1</v>
+      </c>
+      <c r="H124" s="22"/>
+      <c r="I124" s="22"/>
+      <c r="J124" s="38"/>
+      <c r="K124" s="21" t="s">
+        <v>1801</v>
+      </c>
+      <c r="L124" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M124" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N124" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O124" s="21" t="s">
+        <v>1196</v>
+      </c>
+      <c r="P124" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q124" s="21" t="s">
+        <v>734</v>
+      </c>
+      <c r="R124" s="21" t="s">
+        <v>1802</v>
+      </c>
+      <c r="S124" s="21" t="s">
+        <v>1803</v>
+      </c>
+      <c r="T124" s="21" t="s">
+        <v>1804</v>
+      </c>
+      <c r="U124" s="21" t="s">
+        <v>148</v>
+      </c>
+      <c r="V124" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W124" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X124" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Y124" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z124" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="AA124" s="21"/>
+      <c r="AB124" s="21" t="s">
+        <v>1805</v>
+      </c>
+      <c r="AC124" s="21"/>
+      <c r="AD124" s="21"/>
+      <c r="AE124" s="21" t="s">
+        <v>206</v>
+      </c>
+      <c r="AF124" s="21" t="s">
+        <v>1608</v>
+      </c>
+      <c r="AG124" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="125" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A125" s="51" t="s">
+        <v>1275</v>
+      </c>
+      <c r="C125" s="31">
+        <v>1</v>
+      </c>
+      <c r="H125" s="22"/>
+      <c r="I125" s="22"/>
+      <c r="J125" s="38"/>
+      <c r="K125" s="21" t="s">
+        <v>1806</v>
+      </c>
+      <c r="L125" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M125" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N125" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O125" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P125" s="21" t="s">
+        <v>1807</v>
+      </c>
+      <c r="Q125" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R125" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S125" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T125" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U125" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V125" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W125" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X125" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y125" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z125" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="AA125" s="21"/>
+      <c r="AB125" s="21"/>
+      <c r="AC125" s="21" t="s">
+        <v>1808</v>
+      </c>
+      <c r="AD125" s="21" t="s">
+        <v>1809</v>
+      </c>
+      <c r="AE125" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="AF125" s="21" t="s">
+        <v>1535</v>
+      </c>
+      <c r="AG125" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="126" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A126" s="51" t="s">
+        <v>1295</v>
+      </c>
+      <c r="C126" s="31">
+        <v>1</v>
+      </c>
+      <c r="H126" s="22"/>
+      <c r="I126" s="22"/>
+      <c r="J126" s="38"/>
+      <c r="K126" s="21" t="s">
+        <v>1810</v>
+      </c>
+      <c r="L126" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M126" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N126" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O126" s="21" t="s">
+        <v>1194</v>
+      </c>
+      <c r="P126" s="21" t="s">
+        <v>1811</v>
+      </c>
+      <c r="Q126" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R126" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S126" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T126" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U126" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V126" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W126" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X126" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y126" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z126" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="AA126" s="21"/>
+      <c r="AB126" s="21"/>
+      <c r="AC126" s="21" t="s">
+        <v>1812</v>
+      </c>
+      <c r="AD126" s="21" t="s">
+        <v>1813</v>
+      </c>
+      <c r="AE126" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="AF126" s="21" t="s">
+        <v>1547</v>
+      </c>
+      <c r="AG126" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="127" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A127" s="51" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C127" s="31">
+        <v>1</v>
+      </c>
+      <c r="H127" s="22"/>
+      <c r="I127" s="22"/>
+      <c r="J127" s="38"/>
+      <c r="K127" s="21" t="s">
+        <v>1814</v>
+      </c>
+      <c r="L127" s="21" t="s">
+        <v>1815</v>
+      </c>
+      <c r="M127" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N127" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O127" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P127" s="21" t="s">
+        <v>1600</v>
+      </c>
+      <c r="Q127" s="21" t="s">
+        <v>1580</v>
+      </c>
+      <c r="R127" s="21" t="s">
+        <v>1816</v>
+      </c>
+      <c r="S127" s="21" t="s">
+        <v>1817</v>
+      </c>
+      <c r="T127" s="21" t="s">
+        <v>1583</v>
+      </c>
+      <c r="U127" s="21" t="s">
+        <v>1584</v>
+      </c>
+      <c r="V127" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W127" s="21" t="s">
+        <v>1585</v>
+      </c>
+      <c r="X127" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y127" s="21" t="s">
+        <v>1586</v>
+      </c>
+      <c r="Z127" s="21" t="s">
+        <v>1587</v>
+      </c>
+      <c r="AA127" s="21" t="s">
+        <v>1818</v>
+      </c>
+      <c r="AB127" s="21"/>
+      <c r="AC127" s="21" t="s">
+        <v>1674</v>
+      </c>
+      <c r="AD127" s="21"/>
+      <c r="AE127" s="21" t="s">
+        <v>1587</v>
+      </c>
+      <c r="AF127" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG127" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="128" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A128" s="51" t="s">
+        <v>1311</v>
+      </c>
+      <c r="C128" s="31">
+        <v>1</v>
+      </c>
+      <c r="H128" s="22"/>
+      <c r="I128" s="22"/>
+      <c r="J128" s="38"/>
+      <c r="K128" s="21" t="s">
+        <v>1819</v>
+      </c>
+      <c r="L128" s="21" t="s">
+        <v>1820</v>
+      </c>
+      <c r="M128" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N128" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O128" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P128" s="21" t="s">
+        <v>1821</v>
+      </c>
+      <c r="Q128" s="21" t="s">
+        <v>1580</v>
+      </c>
+      <c r="R128" s="21" t="s">
+        <v>1822</v>
+      </c>
+      <c r="S128" s="21" t="s">
+        <v>1583</v>
+      </c>
+      <c r="T128" s="21" t="s">
+        <v>1583</v>
+      </c>
+      <c r="U128" s="21" t="s">
+        <v>1584</v>
+      </c>
+      <c r="V128" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W128" s="21" t="s">
+        <v>1585</v>
+      </c>
+      <c r="X128" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y128" s="21" t="s">
+        <v>102</v>
+      </c>
+      <c r="Z128" s="21" t="s">
+        <v>1587</v>
+      </c>
+      <c r="AA128" s="21" t="s">
+        <v>1823</v>
+      </c>
+      <c r="AB128" s="21"/>
+      <c r="AC128" s="21" t="s">
+        <v>1824</v>
+      </c>
+      <c r="AD128" s="21"/>
+      <c r="AE128" s="21" t="s">
+        <v>1587</v>
+      </c>
+      <c r="AF128" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG128" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="129" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A129" s="28" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C129" s="31">
+        <v>1</v>
+      </c>
+      <c r="G129" s="31">
+        <v>1</v>
+      </c>
+      <c r="H129" s="22"/>
+      <c r="I129" s="22"/>
+      <c r="J129" s="38"/>
+      <c r="K129" s="21" t="s">
+        <v>1825</v>
+      </c>
+      <c r="L129" s="21" t="s">
+        <v>1826</v>
+      </c>
+      <c r="M129" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N129" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O129" s="21" t="s">
+        <v>1206</v>
+      </c>
+      <c r="P129" s="21" t="s">
+        <v>1600</v>
+      </c>
+      <c r="Q129" s="21" t="s">
+        <v>1580</v>
+      </c>
+      <c r="R129" s="21" t="s">
+        <v>1827</v>
+      </c>
+      <c r="S129" s="21" t="s">
+        <v>1672</v>
+      </c>
+      <c r="T129" s="21" t="s">
+        <v>1583</v>
+      </c>
+      <c r="U129" s="21" t="s">
+        <v>1584</v>
+      </c>
+      <c r="V129" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W129" s="21" t="s">
+        <v>1585</v>
+      </c>
+      <c r="X129" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y129" s="21" t="s">
+        <v>102</v>
+      </c>
+      <c r="Z129" s="21" t="s">
+        <v>1587</v>
+      </c>
+      <c r="AA129" s="21" t="s">
+        <v>1828</v>
+      </c>
+      <c r="AB129" s="21"/>
+      <c r="AC129" s="21" t="s">
+        <v>1829</v>
+      </c>
+      <c r="AD129" s="21"/>
+      <c r="AE129" s="21" t="s">
+        <v>1587</v>
+      </c>
+      <c r="AF129" s="21" t="s">
+        <v>1597</v>
+      </c>
+      <c r="AG129" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="130" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A130" s="28" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C130" s="31">
+        <v>1</v>
+      </c>
+      <c r="G130" s="31">
+        <v>1</v>
+      </c>
+      <c r="H130" s="22"/>
+      <c r="I130" s="22"/>
+      <c r="J130" s="38"/>
+      <c r="K130" s="21" t="s">
+        <v>1830</v>
+      </c>
+      <c r="L130" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M130" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N130" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O130" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P130" s="21" t="s">
+        <v>1831</v>
+      </c>
+      <c r="Q130" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R130" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S130" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T130" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U130" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V130" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W130" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X130" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y130" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z130" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA130" s="21" t="s">
+        <v>1832</v>
+      </c>
+      <c r="AB130" s="21"/>
+      <c r="AC130" s="21" t="s">
+        <v>1659</v>
+      </c>
+      <c r="AD130" s="21" t="s">
+        <v>1833</v>
+      </c>
+      <c r="AE130" s="21" t="s">
+        <v>1521</v>
+      </c>
+      <c r="AF130" s="21" t="s">
+        <v>1638</v>
+      </c>
+      <c r="AG130" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="131" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A131" s="51" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C131" s="31">
+        <v>1</v>
+      </c>
+      <c r="H131" s="22"/>
+      <c r="I131" s="22"/>
+      <c r="J131" s="38"/>
+      <c r="K131" s="21" t="s">
+        <v>1834</v>
+      </c>
+      <c r="L131" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M131" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N131" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O131" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P131" s="21" t="s">
+        <v>1835</v>
+      </c>
+      <c r="Q131" s="21" t="s">
+        <v>1510</v>
+      </c>
+      <c r="R131" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S131" s="21" t="s">
+        <v>1511</v>
+      </c>
+      <c r="T131" s="21" t="s">
+        <v>1512</v>
+      </c>
+      <c r="U131" s="21" t="s">
+        <v>1513</v>
+      </c>
+      <c r="V131" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W131" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X131" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y131" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z131" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA131" s="21" t="s">
+        <v>1641</v>
+      </c>
+      <c r="AB131" s="21"/>
+      <c r="AC131" s="21" t="s">
+        <v>1836</v>
+      </c>
+      <c r="AD131" s="21" t="s">
+        <v>1837</v>
+      </c>
+      <c r="AE131" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF131" s="21" t="s">
+        <v>1638</v>
+      </c>
+      <c r="AG131" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="132" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A132" s="51" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C132" s="31">
+        <v>1</v>
+      </c>
+      <c r="H132" s="22"/>
+      <c r="I132" s="22"/>
+      <c r="J132" s="38"/>
+      <c r="K132" s="21" t="s">
+        <v>1838</v>
+      </c>
+      <c r="L132" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M132" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N132" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O132" s="21" t="s">
+        <v>1206</v>
+      </c>
+      <c r="P132" s="21" t="s">
+        <v>1839</v>
+      </c>
+      <c r="Q132" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R132" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S132" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T132" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U132" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V132" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W132" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X132" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y132" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z132" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA132" s="21" t="s">
+        <v>1840</v>
+      </c>
+      <c r="AB132" s="21"/>
+      <c r="AC132" s="21" t="s">
+        <v>1841</v>
+      </c>
+      <c r="AD132" s="21" t="s">
+        <v>1842</v>
+      </c>
+      <c r="AE132" s="21" t="s">
+        <v>1776</v>
+      </c>
+      <c r="AF132" s="21" t="s">
+        <v>1597</v>
+      </c>
+      <c r="AG132" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="133" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A133" s="28" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C133" s="31">
+        <v>1</v>
+      </c>
+      <c r="G133" s="31">
+        <v>1</v>
+      </c>
+      <c r="H133" s="22"/>
+      <c r="I133" s="22"/>
+      <c r="J133" s="38"/>
+      <c r="K133" s="21" t="s">
+        <v>1843</v>
+      </c>
+      <c r="L133" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M133" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N133" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O133" s="21" t="s">
+        <v>1188</v>
+      </c>
+      <c r="P133" s="21" t="s">
+        <v>1844</v>
+      </c>
+      <c r="Q133" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R133" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S133" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T133" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U133" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V133" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W133" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X133" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y133" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z133" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA133" s="21" t="s">
+        <v>1845</v>
+      </c>
+      <c r="AB133" s="21"/>
+      <c r="AC133" s="21" t="s">
+        <v>1846</v>
+      </c>
+      <c r="AD133" s="21"/>
+      <c r="AE133" s="21" t="s">
+        <v>1847</v>
+      </c>
+      <c r="AF133" s="21" t="s">
+        <v>1477</v>
+      </c>
+      <c r="AG133" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="134" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A134" s="28" t="s">
+        <v>1210</v>
+      </c>
+      <c r="C134" s="31">
+        <v>1</v>
+      </c>
+      <c r="G134" s="31">
+        <v>1</v>
+      </c>
+      <c r="H134" s="22"/>
+      <c r="I134" s="22"/>
+      <c r="J134" s="38"/>
+      <c r="K134" s="21" t="s">
+        <v>1848</v>
+      </c>
+      <c r="L134" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M134" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N134" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O134" s="21" t="s">
+        <v>1188</v>
+      </c>
+      <c r="P134" s="21" t="s">
+        <v>1849</v>
+      </c>
+      <c r="Q134" s="21" t="s">
+        <v>1510</v>
+      </c>
+      <c r="R134" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S134" s="21" t="s">
+        <v>1511</v>
+      </c>
+      <c r="T134" s="21" t="s">
+        <v>1512</v>
+      </c>
+      <c r="U134" s="21" t="s">
+        <v>1513</v>
+      </c>
+      <c r="V134" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W134" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X134" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y134" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z134" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA134" s="21" t="s">
+        <v>1850</v>
+      </c>
+      <c r="AB134" s="21"/>
+      <c r="AC134" s="21" t="s">
+        <v>1851</v>
+      </c>
+      <c r="AD134" s="21"/>
+      <c r="AE134" s="21" t="s">
+        <v>1517</v>
+      </c>
+      <c r="AF134" s="21" t="s">
+        <v>1477</v>
+      </c>
+      <c r="AG134" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="135" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A135" s="51" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C135" s="31">
+        <v>1</v>
+      </c>
+      <c r="H135" s="22"/>
+      <c r="I135" s="22"/>
+      <c r="J135" s="38"/>
+      <c r="K135" s="21" t="s">
+        <v>1852</v>
+      </c>
+      <c r="L135" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M135" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N135" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O135" s="21" t="s">
+        <v>1188</v>
+      </c>
+      <c r="P135" s="21" t="s">
+        <v>1853</v>
+      </c>
+      <c r="Q135" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R135" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S135" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T135" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U135" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V135" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W135" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X135" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y135" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z135" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA135" s="21" t="s">
+        <v>1854</v>
+      </c>
+      <c r="AB135" s="21"/>
+      <c r="AC135" s="21"/>
+      <c r="AD135" s="21" t="s">
+        <v>1855</v>
+      </c>
+      <c r="AE135" s="21" t="s">
+        <v>1856</v>
+      </c>
+      <c r="AF135" s="21" t="s">
+        <v>1477</v>
+      </c>
+      <c r="AG135" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="136" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A136" s="28" t="s">
+        <v>1211</v>
+      </c>
+      <c r="C136" s="31">
+        <v>1</v>
+      </c>
+      <c r="G136" s="31">
+        <v>1</v>
+      </c>
+      <c r="H136" s="22"/>
+      <c r="I136" s="22"/>
+      <c r="J136" s="38"/>
+      <c r="K136" s="21" t="s">
+        <v>1857</v>
+      </c>
+      <c r="L136" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M136" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N136" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O136" s="21" t="s">
+        <v>1188</v>
+      </c>
+      <c r="P136" s="21" t="s">
+        <v>1858</v>
+      </c>
+      <c r="Q136" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R136" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S136" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T136" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U136" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V136" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W136" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X136" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y136" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z136" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA136" s="21" t="s">
+        <v>1859</v>
+      </c>
+      <c r="AB136" s="21"/>
+      <c r="AC136" s="21" t="s">
+        <v>1860</v>
+      </c>
+      <c r="AD136" s="21"/>
+      <c r="AE136" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AF136" s="21" t="s">
+        <v>1477</v>
+      </c>
+      <c r="AG136" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="137" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A137" s="28" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C137" s="31">
+        <v>1</v>
+      </c>
+      <c r="G137" s="31">
+        <v>1</v>
+      </c>
+      <c r="H137" s="22"/>
+      <c r="I137" s="22"/>
+      <c r="J137" s="38"/>
+      <c r="K137" s="21" t="s">
+        <v>1861</v>
+      </c>
+      <c r="L137" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M137" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N137" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O137" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="P137" s="21" t="s">
+        <v>1862</v>
+      </c>
+      <c r="Q137" s="21" t="s">
+        <v>1863</v>
+      </c>
+      <c r="R137" s="21" t="s">
+        <v>1864</v>
+      </c>
+      <c r="S137" s="21" t="s">
+        <v>1865</v>
+      </c>
+      <c r="T137" s="21" t="s">
+        <v>1866</v>
+      </c>
+      <c r="U137" s="21" t="s">
+        <v>148</v>
+      </c>
+      <c r="V137" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W137" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X137" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y137" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z137" s="21" t="s">
+        <v>1867</v>
+      </c>
+      <c r="AA137" s="21"/>
+      <c r="AB137" s="21"/>
+      <c r="AC137" s="21" t="s">
+        <v>1868</v>
+      </c>
+      <c r="AD137" s="21"/>
+      <c r="AE137" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF137" s="21" t="s">
+        <v>1869</v>
+      </c>
+      <c r="AG137" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="138" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A138" s="51" t="s">
+        <v>1312</v>
+      </c>
+      <c r="C138" s="31">
+        <v>1</v>
+      </c>
+      <c r="H138" s="22"/>
+      <c r="I138" s="22"/>
+      <c r="J138" s="38"/>
+      <c r="K138" s="21" t="s">
+        <v>1870</v>
+      </c>
+      <c r="L138" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M138" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N138" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O138" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P138" s="21" t="s">
+        <v>1871</v>
+      </c>
+      <c r="Q138" s="21" t="s">
+        <v>177</v>
+      </c>
+      <c r="R138" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S138" s="21" t="s">
+        <v>178</v>
+      </c>
+      <c r="T138" s="21" t="s">
+        <v>179</v>
+      </c>
+      <c r="U138" s="21" t="s">
+        <v>180</v>
+      </c>
+      <c r="V138" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W138" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X138" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y138" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z138" s="21" t="s">
+        <v>1872</v>
+      </c>
+      <c r="AA138" s="21"/>
+      <c r="AB138" s="21"/>
+      <c r="AC138" s="21"/>
+      <c r="AD138" s="21"/>
+      <c r="AE138" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF138" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG138" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="139" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A139" s="51" t="s">
+        <v>1296</v>
+      </c>
+      <c r="C139" s="31">
+        <v>1</v>
+      </c>
+      <c r="H139" s="22"/>
+      <c r="I139" s="22"/>
+      <c r="J139" s="38"/>
+      <c r="K139" s="21" t="s">
+        <v>1873</v>
+      </c>
+      <c r="L139" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M139" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N139" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O139" s="21" t="s">
+        <v>1194</v>
+      </c>
+      <c r="P139" s="21" t="s">
+        <v>1874</v>
+      </c>
+      <c r="Q139" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R139" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S139" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T139" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U139" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V139" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W139" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X139" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y139" s="21" t="s">
+        <v>102</v>
+      </c>
+      <c r="Z139" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA139" s="21" t="s">
+        <v>1875</v>
+      </c>
+      <c r="AB139" s="21"/>
+      <c r="AC139" s="21" t="s">
+        <v>1876</v>
+      </c>
+      <c r="AD139" s="21" t="s">
+        <v>1877</v>
+      </c>
+      <c r="AE139" s="21" t="s">
+        <v>1878</v>
+      </c>
+      <c r="AF139" s="21" t="s">
+        <v>1547</v>
+      </c>
+      <c r="AG139" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="140" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A140" s="51" t="s">
+        <v>1359</v>
+      </c>
+      <c r="C140" s="31">
+        <v>1</v>
+      </c>
+      <c r="H140" s="22"/>
+      <c r="I140" s="22"/>
+      <c r="J140" s="38"/>
+      <c r="K140" s="21" t="s">
+        <v>1879</v>
+      </c>
+      <c r="L140" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M140" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N140" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O140" s="21" t="s">
+        <v>1188</v>
+      </c>
+      <c r="P140" s="21" t="s">
+        <v>1880</v>
+      </c>
+      <c r="Q140" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R140" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S140" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T140" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U140" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V140" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W140" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X140" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y140" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z140" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="AA140" s="21"/>
+      <c r="AB140" s="21"/>
+      <c r="AC140" s="21" t="s">
+        <v>1881</v>
+      </c>
+      <c r="AD140" s="21" t="s">
+        <v>1882</v>
+      </c>
+      <c r="AE140" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="AF140" s="21" t="s">
+        <v>1477</v>
+      </c>
+      <c r="AG140" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="141" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A141" s="51" t="s">
+        <v>1313</v>
+      </c>
+      <c r="C141" s="31">
+        <v>1</v>
+      </c>
+      <c r="H141" s="22"/>
+      <c r="I141" s="22"/>
+      <c r="J141" s="38"/>
+      <c r="K141" s="21" t="s">
+        <v>1883</v>
+      </c>
+      <c r="L141" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M141" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N141" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O141" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P141" s="21" t="s">
+        <v>1884</v>
+      </c>
+      <c r="Q141" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R141" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S141" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T141" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U141" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V141" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W141" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X141" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y141" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z141" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="AA141" s="21"/>
+      <c r="AB141" s="21"/>
+      <c r="AC141" s="21" t="s">
+        <v>1885</v>
+      </c>
+      <c r="AD141" s="21" t="s">
+        <v>1886</v>
+      </c>
+      <c r="AE141" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="AF141" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG141" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="142" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A142" s="51" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C142" s="31">
+        <v>1</v>
+      </c>
+      <c r="H142" s="22"/>
+      <c r="I142" s="22"/>
+      <c r="J142" s="38"/>
+      <c r="K142" s="21" t="s">
+        <v>1887</v>
+      </c>
+      <c r="L142" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M142" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N142" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O142" s="21" t="s">
+        <v>1206</v>
+      </c>
+      <c r="P142" s="21" t="s">
+        <v>1888</v>
+      </c>
+      <c r="Q142" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R142" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S142" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T142" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U142" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V142" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W142" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X142" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y142" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z142" s="21" t="s">
+        <v>1546</v>
+      </c>
+      <c r="AA142" s="21"/>
+      <c r="AB142" s="21"/>
+      <c r="AC142" s="21" t="s">
+        <v>1889</v>
+      </c>
+      <c r="AD142" s="21"/>
+      <c r="AE142" s="21" t="s">
+        <v>1546</v>
+      </c>
+      <c r="AF142" s="21" t="s">
+        <v>1597</v>
+      </c>
+      <c r="AG142" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="143" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A143" s="51" t="s">
+        <v>1258</v>
+      </c>
+      <c r="C143" s="31">
+        <v>1</v>
+      </c>
+      <c r="H143" s="22"/>
+      <c r="I143" s="22"/>
+      <c r="J143" s="38"/>
+      <c r="K143" s="21" t="s">
+        <v>1890</v>
+      </c>
+      <c r="L143" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M143" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N143" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O143" s="21" t="s">
+        <v>1206</v>
+      </c>
+      <c r="P143" s="21" t="s">
+        <v>1891</v>
+      </c>
+      <c r="Q143" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R143" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S143" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T143" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U143" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V143" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W143" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X143" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y143" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z143" s="21" t="s">
+        <v>1521</v>
+      </c>
+      <c r="AA143" s="21"/>
+      <c r="AB143" s="21"/>
+      <c r="AC143" s="21" t="s">
+        <v>1892</v>
+      </c>
+      <c r="AD143" s="21"/>
+      <c r="AE143" s="21" t="s">
+        <v>1521</v>
+      </c>
+      <c r="AF143" s="21" t="s">
+        <v>1597</v>
+      </c>
+      <c r="AG143" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="144" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A144" s="51" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C144" s="31">
+        <v>1</v>
+      </c>
+      <c r="H144" s="22"/>
+      <c r="I144" s="22"/>
+      <c r="J144" s="38"/>
+      <c r="K144" s="21" t="s">
+        <v>1893</v>
+      </c>
+      <c r="L144" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M144" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N144" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O144" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="P144" s="21" t="s">
+        <v>1894</v>
+      </c>
+      <c r="Q144" s="21" t="s">
+        <v>144</v>
+      </c>
+      <c r="R144" s="21" t="s">
+        <v>1895</v>
+      </c>
+      <c r="S144" s="21" t="s">
+        <v>1896</v>
+      </c>
+      <c r="T144" s="21" t="s">
+        <v>1897</v>
+      </c>
+      <c r="U144" s="21" t="s">
+        <v>148</v>
+      </c>
+      <c r="V144" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W144" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X144" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y144" s="21" t="s">
+        <v>1898</v>
+      </c>
+      <c r="Z144" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="AA144" s="21"/>
+      <c r="AB144" s="21"/>
+      <c r="AC144" s="21" t="s">
+        <v>1899</v>
+      </c>
+      <c r="AD144" s="21"/>
+      <c r="AE144" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF144" s="21" t="s">
+        <v>1869</v>
+      </c>
+      <c r="AG144" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="145" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A145" s="51" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C145" s="31">
+        <v>1</v>
+      </c>
+      <c r="H145" s="22"/>
+      <c r="I145" s="22"/>
+      <c r="J145" s="38"/>
+      <c r="K145" s="21" t="s">
+        <v>1900</v>
+      </c>
+      <c r="L145" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M145" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N145" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O145" s="21" t="s">
+        <v>1206</v>
+      </c>
+      <c r="P145" s="21" t="s">
+        <v>1901</v>
+      </c>
+      <c r="Q145" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R145" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S145" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T145" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U145" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V145" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W145" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X145" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y145" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z145" s="21" t="s">
+        <v>1709</v>
+      </c>
+      <c r="AA145" s="21"/>
+      <c r="AB145" s="21"/>
+      <c r="AC145" s="21"/>
+      <c r="AD145" s="21"/>
+      <c r="AE145" s="21" t="s">
+        <v>1709</v>
+      </c>
+      <c r="AF145" s="21" t="s">
+        <v>1597</v>
+      </c>
+      <c r="AG145" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="146" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A146" s="51" t="s">
+        <v>1366</v>
+      </c>
+      <c r="C146" s="31">
+        <v>1</v>
+      </c>
+      <c r="J146" s="38"/>
+      <c r="K146" s="21" t="s">
+        <v>1902</v>
+      </c>
+      <c r="L146" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M146" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N146" s="21" t="s">
+        <v>1903</v>
+      </c>
+      <c r="O146" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="P146" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q146" s="21" t="s">
+        <v>840</v>
+      </c>
+      <c r="R146" s="21" t="s">
+        <v>1904</v>
+      </c>
+      <c r="S146" s="21" t="s">
+        <v>1905</v>
+      </c>
+      <c r="T146" s="21" t="s">
+        <v>1906</v>
+      </c>
+      <c r="U146" s="21" t="s">
+        <v>1907</v>
+      </c>
+      <c r="V146" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W146" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X146" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="Y146" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z146" s="21" t="s">
+        <v>1750</v>
+      </c>
+      <c r="AA146" s="21"/>
+      <c r="AB146" s="21"/>
+      <c r="AC146" s="21" t="s">
+        <v>1908</v>
+      </c>
+      <c r="AD146" s="21"/>
+      <c r="AE146" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF146" s="21" t="s">
+        <v>874</v>
+      </c>
+      <c r="AG146" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="147" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A147" s="51" t="s">
+        <v>1336</v>
+      </c>
+      <c r="C147" s="31">
+        <v>1</v>
+      </c>
+      <c r="H147" s="22"/>
+      <c r="I147" s="22"/>
+      <c r="J147" s="38"/>
+      <c r="K147" s="21" t="s">
+        <v>1909</v>
+      </c>
+      <c r="L147" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M147" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N147" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O147" s="21" t="s">
+        <v>1717</v>
+      </c>
+      <c r="P147" s="21" t="s">
+        <v>1910</v>
+      </c>
+      <c r="Q147" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R147" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S147" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T147" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U147" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V147" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W147" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X147" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y147" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z147" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA147" s="21" t="s">
+        <v>1911</v>
+      </c>
+      <c r="AB147" s="21"/>
+      <c r="AC147" s="21" t="s">
+        <v>1912</v>
+      </c>
+      <c r="AD147" s="21"/>
+      <c r="AE147" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF147" s="21" t="s">
+        <v>1721</v>
+      </c>
+      <c r="AG147" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="148" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A148" s="51" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C148" s="31">
+        <v>1</v>
+      </c>
+      <c r="H148" s="22"/>
+      <c r="I148" s="22"/>
+      <c r="J148" s="38"/>
+      <c r="K148" s="21" t="s">
+        <v>1913</v>
+      </c>
+      <c r="L148" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M148" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N148" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O148" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P148" s="21" t="s">
+        <v>1914</v>
+      </c>
+      <c r="Q148" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R148" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S148" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T148" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U148" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V148" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W148" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X148" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y148" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z148" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA148" s="21" t="s">
+        <v>1915</v>
+      </c>
+      <c r="AB148" s="21"/>
+      <c r="AC148" s="21" t="s">
+        <v>1916</v>
+      </c>
+      <c r="AD148" s="21"/>
+      <c r="AE148" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF148" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG148" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="149" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A149" s="28" t="s">
+        <v>1213</v>
+      </c>
+      <c r="C149" s="31">
+        <v>1</v>
+      </c>
+      <c r="G149" s="31">
+        <v>1</v>
+      </c>
+      <c r="H149" s="22"/>
+      <c r="I149" s="22"/>
+      <c r="J149" s="38"/>
+      <c r="K149" s="21" t="s">
+        <v>1917</v>
+      </c>
+      <c r="L149" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M149" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N149" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O149" s="21" t="s">
+        <v>1918</v>
+      </c>
+      <c r="P149" s="21" t="s">
+        <v>1919</v>
+      </c>
+      <c r="Q149" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R149" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S149" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T149" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U149" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V149" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W149" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X149" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y149" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z149" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA149" s="21" t="s">
+        <v>1920</v>
+      </c>
+      <c r="AB149" s="21"/>
+      <c r="AC149" s="21"/>
+      <c r="AD149" s="21"/>
+      <c r="AE149" s="21" t="s">
+        <v>1776</v>
+      </c>
+      <c r="AF149" s="21" t="s">
+        <v>1921</v>
+      </c>
+      <c r="AG149" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="150" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A150" s="28" t="s">
+        <v>1214</v>
+      </c>
+      <c r="C150" s="31">
+        <v>1</v>
+      </c>
+      <c r="G150" s="31">
+        <v>1</v>
+      </c>
+      <c r="H150" s="22"/>
+      <c r="I150" s="22"/>
+      <c r="J150" s="38"/>
+      <c r="K150" s="21" t="s">
+        <v>1922</v>
+      </c>
+      <c r="L150" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M150" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N150" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O150" s="21" t="s">
+        <v>1918</v>
+      </c>
+      <c r="P150" s="21" t="s">
+        <v>1923</v>
+      </c>
+      <c r="Q150" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R150" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S150" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T150" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U150" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V150" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W150" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X150" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y150" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z150" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA150" s="21" t="s">
+        <v>1924</v>
+      </c>
+      <c r="AB150" s="21"/>
+      <c r="AC150" s="21"/>
+      <c r="AD150" s="21"/>
+      <c r="AE150" s="21" t="s">
+        <v>561</v>
+      </c>
+      <c r="AF150" s="21" t="s">
+        <v>1921</v>
+      </c>
+      <c r="AG150" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="151" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A151" s="28" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C151" s="31">
+        <v>1</v>
+      </c>
+      <c r="G151" s="31">
+        <v>1</v>
+      </c>
+      <c r="H151" s="22"/>
+      <c r="I151" s="22"/>
+      <c r="J151" s="38"/>
+      <c r="K151" s="21" t="s">
+        <v>1925</v>
+      </c>
+      <c r="L151" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M151" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N151" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O151" s="21" t="s">
+        <v>1206</v>
+      </c>
+      <c r="P151" s="21" t="s">
+        <v>1926</v>
+      </c>
+      <c r="Q151" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R151" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S151" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T151" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U151" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V151" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W151" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X151" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y151" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z151" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA151" s="21" t="s">
+        <v>1927</v>
+      </c>
+      <c r="AB151" s="21"/>
+      <c r="AC151" s="21" t="s">
+        <v>1928</v>
+      </c>
+      <c r="AD151" s="21" t="s">
+        <v>1929</v>
+      </c>
+      <c r="AE151" s="21" t="s">
+        <v>1521</v>
+      </c>
+      <c r="AF151" s="21" t="s">
+        <v>1597</v>
+      </c>
+      <c r="AG151" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="152" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A152" s="51" t="s">
+        <v>1260</v>
+      </c>
+      <c r="C152" s="31">
+        <v>1</v>
+      </c>
+      <c r="H152" s="22"/>
+      <c r="I152" s="22"/>
+      <c r="J152" s="38"/>
+      <c r="K152" s="21" t="s">
+        <v>1930</v>
+      </c>
+      <c r="L152" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M152" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N152" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O152" s="21" t="s">
+        <v>1206</v>
+      </c>
+      <c r="P152" s="21" t="s">
+        <v>1931</v>
+      </c>
+      <c r="Q152" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R152" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S152" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T152" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U152" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V152" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W152" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X152" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y152" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z152" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA152" s="21" t="s">
+        <v>1932</v>
+      </c>
+      <c r="AB152" s="21"/>
+      <c r="AC152" s="21" t="s">
+        <v>1933</v>
+      </c>
+      <c r="AD152" s="21"/>
+      <c r="AE152" s="21" t="s">
+        <v>1521</v>
+      </c>
+      <c r="AF152" s="21" t="s">
+        <v>1597</v>
+      </c>
+      <c r="AG152" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="153" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A153" s="51" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C153" s="31">
+        <v>1</v>
+      </c>
+      <c r="H153" s="22"/>
+      <c r="I153" s="22"/>
+      <c r="J153" s="38"/>
+      <c r="K153" s="21" t="s">
+        <v>1934</v>
+      </c>
+      <c r="L153" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M153" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N153" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O153" s="21" t="s">
+        <v>1206</v>
+      </c>
+      <c r="P153" s="21" t="s">
+        <v>1935</v>
+      </c>
+      <c r="Q153" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R153" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S153" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T153" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U153" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V153" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W153" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X153" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y153" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z153" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA153" s="21" t="s">
+        <v>1936</v>
+      </c>
+      <c r="AB153" s="21"/>
+      <c r="AC153" s="21" t="s">
+        <v>1933</v>
+      </c>
+      <c r="AD153" s="21" t="s">
+        <v>1937</v>
+      </c>
+      <c r="AE153" s="21" t="s">
+        <v>1521</v>
+      </c>
+      <c r="AF153" s="21" t="s">
+        <v>1597</v>
+      </c>
+      <c r="AG153" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="154" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A154" s="51" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C154" s="31">
+        <v>1</v>
+      </c>
+      <c r="H154" s="22"/>
+      <c r="I154" s="22"/>
+      <c r="J154" s="38"/>
+      <c r="K154" s="21" t="s">
+        <v>1938</v>
+      </c>
+      <c r="L154" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M154" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N154" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O154" s="21" t="s">
+        <v>1206</v>
+      </c>
+      <c r="P154" s="21" t="s">
+        <v>1939</v>
+      </c>
+      <c r="Q154" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R154" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S154" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T154" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U154" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V154" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W154" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X154" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y154" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z154" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA154" s="21" t="s">
+        <v>1940</v>
+      </c>
+      <c r="AB154" s="21"/>
+      <c r="AC154" s="21" t="s">
+        <v>1941</v>
+      </c>
+      <c r="AD154" s="21" t="s">
+        <v>1775</v>
+      </c>
+      <c r="AE154" s="21" t="s">
+        <v>1942</v>
+      </c>
+      <c r="AF154" s="21" t="s">
+        <v>1597</v>
+      </c>
+      <c r="AG154" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="155" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A155" s="51" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C155" s="31">
+        <v>1</v>
+      </c>
+      <c r="H155" s="22"/>
+      <c r="I155" s="22"/>
+      <c r="J155" s="38"/>
+      <c r="K155" s="21" t="s">
+        <v>1943</v>
+      </c>
+      <c r="L155" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M155" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N155" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O155" s="21" t="s">
+        <v>1206</v>
+      </c>
+      <c r="P155" s="21" t="s">
+        <v>1944</v>
+      </c>
+      <c r="Q155" s="21" t="s">
+        <v>1510</v>
+      </c>
+      <c r="R155" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S155" s="21" t="s">
+        <v>1511</v>
+      </c>
+      <c r="T155" s="21" t="s">
+        <v>1512</v>
+      </c>
+      <c r="U155" s="21" t="s">
+        <v>1513</v>
+      </c>
+      <c r="V155" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W155" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X155" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y155" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z155" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA155" s="21" t="s">
+        <v>1945</v>
+      </c>
+      <c r="AB155" s="21"/>
+      <c r="AC155" s="21" t="s">
+        <v>1946</v>
+      </c>
+      <c r="AD155" s="21"/>
+      <c r="AE155" s="21" t="s">
+        <v>1661</v>
+      </c>
+      <c r="AF155" s="21" t="s">
+        <v>1597</v>
+      </c>
+      <c r="AG155" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="156" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A156" s="51" t="s">
+        <v>1315</v>
+      </c>
+      <c r="C156" s="31">
+        <v>1</v>
+      </c>
+      <c r="H156" s="22"/>
+      <c r="I156" s="22"/>
+      <c r="J156" s="38"/>
+      <c r="K156" s="21" t="s">
+        <v>1947</v>
+      </c>
+      <c r="L156" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M156" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N156" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O156" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P156" s="21" t="s">
+        <v>1948</v>
+      </c>
+      <c r="Q156" s="21" t="s">
+        <v>119</v>
+      </c>
+      <c r="R156" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S156" s="21" t="s">
+        <v>120</v>
+      </c>
+      <c r="T156" s="21" t="s">
+        <v>121</v>
+      </c>
+      <c r="U156" s="21" t="s">
+        <v>122</v>
+      </c>
+      <c r="V156" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W156" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X156" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Y156" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z156" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA156" s="21" t="s">
+        <v>1949</v>
+      </c>
+      <c r="AB156" s="21"/>
+      <c r="AC156" s="21"/>
+      <c r="AD156" s="21"/>
+      <c r="AE156" s="21" t="s">
+        <v>1950</v>
+      </c>
+      <c r="AF156" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG156" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="157" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A157" s="51" t="s">
+        <v>1316</v>
+      </c>
+      <c r="C157" s="31">
+        <v>1</v>
+      </c>
+      <c r="H157" s="22"/>
+      <c r="I157" s="22"/>
+      <c r="J157" s="38"/>
+      <c r="K157" s="21" t="s">
+        <v>1951</v>
+      </c>
+      <c r="L157" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M157" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N157" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O157" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P157" s="21" t="s">
+        <v>1952</v>
+      </c>
+      <c r="Q157" s="21" t="s">
+        <v>119</v>
+      </c>
+      <c r="R157" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S157" s="21" t="s">
+        <v>120</v>
+      </c>
+      <c r="T157" s="21" t="s">
+        <v>121</v>
+      </c>
+      <c r="U157" s="21" t="s">
+        <v>122</v>
+      </c>
+      <c r="V157" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W157" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X157" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Y157" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z157" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA157" s="21" t="s">
+        <v>1953</v>
+      </c>
+      <c r="AB157" s="21"/>
+      <c r="AC157" s="21"/>
+      <c r="AD157" s="21"/>
+      <c r="AE157" s="21" t="s">
+        <v>1950</v>
+      </c>
+      <c r="AF157" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG157" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="158" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A158" s="28" t="s">
+        <v>408</v>
+      </c>
+      <c r="E158" s="31">
+        <v>1</v>
+      </c>
+      <c r="H158" s="22"/>
+      <c r="I158" s="22"/>
+      <c r="J158" s="38"/>
+      <c r="K158" s="21" t="s">
+        <v>634</v>
+      </c>
+      <c r="L158" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M158" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N158" s="21" t="s">
+        <v>542</v>
+      </c>
+      <c r="O158" s="21" t="s">
+        <v>543</v>
+      </c>
+      <c r="P158" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q158" s="21" t="s">
+        <v>544</v>
+      </c>
+      <c r="R158" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S158" s="21" t="s">
+        <v>545</v>
+      </c>
+      <c r="T158" s="21" t="s">
+        <v>546</v>
+      </c>
+      <c r="U158" s="21" t="s">
+        <v>547</v>
+      </c>
+      <c r="V158" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W158" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X158" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Y158" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z158" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA158" s="21" t="s">
+        <v>635</v>
+      </c>
+      <c r="AB158" s="21"/>
+      <c r="AC158" s="21"/>
+      <c r="AD158" s="21" t="s">
+        <v>636</v>
+      </c>
+      <c r="AE158" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF158" s="21" t="s">
+        <v>550</v>
+      </c>
+      <c r="AG158" s="21" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="159" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A159" s="28" t="s">
+        <v>409</v>
+      </c>
+      <c r="E159" s="31">
+        <v>1</v>
+      </c>
+      <c r="H159" s="22"/>
+      <c r="I159" s="22"/>
+      <c r="J159" s="38"/>
+      <c r="K159" s="21" t="s">
+        <v>637</v>
+      </c>
+      <c r="L159" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M159" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N159" s="21" t="s">
+        <v>542</v>
+      </c>
+      <c r="O159" s="21" t="s">
+        <v>638</v>
+      </c>
+      <c r="P159" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q159" s="21" t="s">
+        <v>639</v>
+      </c>
+      <c r="R159" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S159" s="21" t="s">
+        <v>640</v>
+      </c>
+      <c r="T159" s="21" t="s">
+        <v>641</v>
+      </c>
+      <c r="U159" s="21" t="s">
+        <v>642</v>
+      </c>
+      <c r="V159" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W159" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X159" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Y159" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z159" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA159" s="21" t="s">
+        <v>643</v>
+      </c>
+      <c r="AB159" s="21" t="s">
+        <v>644</v>
+      </c>
+      <c r="AC159" s="21"/>
+      <c r="AD159" s="21"/>
+      <c r="AE159" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF159" s="21" t="s">
+        <v>645</v>
+      </c>
+      <c r="AG159" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="160" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A160" s="28" t="s">
+        <v>410</v>
+      </c>
+      <c r="E160" s="31">
+        <v>1</v>
+      </c>
+      <c r="H160" s="22"/>
+      <c r="I160" s="22"/>
+      <c r="J160" s="38"/>
+      <c r="K160" s="21" t="s">
+        <v>646</v>
+      </c>
+      <c r="L160" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M160" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N160" s="21" t="s">
+        <v>542</v>
+      </c>
+      <c r="O160" s="21" t="s">
+        <v>543</v>
+      </c>
+      <c r="P160" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q160" s="21" t="s">
+        <v>544</v>
+      </c>
+      <c r="R160" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S160" s="21" t="s">
+        <v>545</v>
+      </c>
+      <c r="T160" s="21" t="s">
+        <v>546</v>
+      </c>
+      <c r="U160" s="21" t="s">
+        <v>547</v>
+      </c>
+      <c r="V160" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W160" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X160" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Y160" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z160" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA160" s="21" t="s">
+        <v>647</v>
+      </c>
+      <c r="AB160" s="21"/>
+      <c r="AC160" s="21"/>
+      <c r="AD160" s="21" t="s">
+        <v>648</v>
+      </c>
+      <c r="AE160" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF160" s="21" t="s">
+        <v>550</v>
+      </c>
+      <c r="AG160" s="21" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="161" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A161" s="28" t="s">
+        <v>411</v>
+      </c>
+      <c r="E161" s="31">
+        <v>1</v>
+      </c>
+      <c r="H161" s="22"/>
+      <c r="I161" s="22"/>
+      <c r="J161" s="38"/>
+      <c r="K161" s="21" t="s">
+        <v>649</v>
+      </c>
+      <c r="L161" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M161" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N161" s="21" t="s">
+        <v>542</v>
+      </c>
+      <c r="O161" s="21" t="s">
+        <v>543</v>
+      </c>
+      <c r="P161" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q161" s="21" t="s">
+        <v>527</v>
+      </c>
+      <c r="R161" s="21" t="s">
+        <v>650</v>
+      </c>
+      <c r="S161" s="21" t="s">
+        <v>528</v>
+      </c>
+      <c r="T161" s="21" t="s">
+        <v>529</v>
+      </c>
+      <c r="U161" s="21" t="s">
+        <v>530</v>
+      </c>
+      <c r="V161" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W161" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X161" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Y161" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z161" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA161" s="21" t="s">
+        <v>651</v>
+      </c>
+      <c r="AB161" s="21"/>
+      <c r="AC161" s="21" t="s">
+        <v>532</v>
+      </c>
+      <c r="AD161" s="21" t="s">
+        <v>652</v>
+      </c>
+      <c r="AE161" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF161" s="21" t="s">
+        <v>550</v>
+      </c>
+      <c r="AG161" s="21" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="162" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A162" s="28" t="s">
+        <v>1216</v>
+      </c>
+      <c r="C162" s="31">
+        <v>1</v>
+      </c>
+      <c r="G162" s="31">
+        <v>1</v>
+      </c>
+      <c r="H162" s="22"/>
+      <c r="I162" s="22"/>
+      <c r="J162" s="38"/>
+      <c r="K162" s="21" t="s">
+        <v>1954</v>
+      </c>
+      <c r="L162" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M162" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N162" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O162" s="21" t="s">
+        <v>1196</v>
+      </c>
+      <c r="P162" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q162" s="21" t="s">
+        <v>544</v>
+      </c>
+      <c r="R162" s="21" t="s">
+        <v>1955</v>
+      </c>
+      <c r="S162" s="21" t="s">
+        <v>1779</v>
+      </c>
+      <c r="T162" s="21" t="s">
+        <v>1780</v>
+      </c>
+      <c r="U162" s="21" t="s">
+        <v>1584</v>
+      </c>
+      <c r="V162" s="21" t="s">
+        <v>1781</v>
+      </c>
+      <c r="W162" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X162" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Y162" s="21" t="s">
+        <v>1956</v>
+      </c>
+      <c r="Z162" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA162" s="21" t="s">
+        <v>1957</v>
+      </c>
+      <c r="AB162" s="21"/>
+      <c r="AC162" s="21" t="s">
+        <v>1958</v>
+      </c>
+      <c r="AD162" s="21"/>
+      <c r="AE162" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF162" s="21" t="s">
+        <v>1608</v>
+      </c>
+      <c r="AG162" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="163" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A163" s="28" t="s">
+        <v>394</v>
+      </c>
+      <c r="I163" s="22">
+        <v>1</v>
+      </c>
+      <c r="J163" s="38"/>
+      <c r="K163" s="21" t="s">
+        <v>653</v>
+      </c>
+      <c r="L163" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M163" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N163" s="21" t="s">
+        <v>422</v>
+      </c>
+      <c r="O163" s="21" t="s">
+        <v>423</v>
+      </c>
+      <c r="P163" s="21" t="s">
+        <v>654</v>
+      </c>
+      <c r="Q163" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R163" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S163" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T163" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U163" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V163" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W163" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X163" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y163" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z163" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA163" s="21" t="s">
+        <v>655</v>
+      </c>
+      <c r="AB163" s="21"/>
+      <c r="AC163" s="21" t="s">
+        <v>575</v>
+      </c>
+      <c r="AD163" s="21" t="s">
+        <v>656</v>
+      </c>
+      <c r="AE163" s="21" t="s">
+        <v>657</v>
+      </c>
+      <c r="AF163" s="21" t="s">
+        <v>431</v>
+      </c>
+      <c r="AG163" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="164" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A164" s="51" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C164" s="31">
+        <v>1</v>
+      </c>
+      <c r="H164" s="22"/>
+      <c r="I164" s="22"/>
+      <c r="J164" s="38"/>
+      <c r="K164" s="21" t="s">
+        <v>1959</v>
+      </c>
+      <c r="L164" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M164" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N164" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O164" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P164" s="21" t="s">
+        <v>1960</v>
+      </c>
+      <c r="Q164" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R164" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S164" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T164" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U164" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V164" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W164" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X164" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y164" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z164" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA164" s="21" t="s">
+        <v>1961</v>
+      </c>
+      <c r="AB164" s="21"/>
+      <c r="AC164" s="21" t="s">
+        <v>1962</v>
+      </c>
+      <c r="AD164" s="21"/>
+      <c r="AE164" s="21" t="s">
+        <v>1546</v>
+      </c>
+      <c r="AF164" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG164" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="165" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A165" s="51" t="s">
+        <v>1318</v>
+      </c>
+      <c r="C165" s="31">
+        <v>1</v>
+      </c>
+      <c r="H165" s="22"/>
+      <c r="I165" s="22"/>
+      <c r="J165" s="38"/>
+      <c r="K165" s="21" t="s">
+        <v>1963</v>
+      </c>
+      <c r="L165" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M165" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N165" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O165" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P165" s="21" t="s">
+        <v>1964</v>
+      </c>
+      <c r="Q165" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="R165" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S165" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="T165" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="U165" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="V165" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W165" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X165" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y165" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z165" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA165" s="21" t="s">
+        <v>1965</v>
+      </c>
+      <c r="AB165" s="21"/>
+      <c r="AC165" s="21"/>
+      <c r="AD165" s="21"/>
+      <c r="AE165" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF165" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG165" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="166" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A166" s="28" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C166" s="31">
+        <v>1</v>
+      </c>
+      <c r="G166" s="31">
+        <v>1</v>
+      </c>
+      <c r="H166" s="22"/>
+      <c r="I166" s="22"/>
+      <c r="J166" s="38"/>
+      <c r="K166" s="21" t="s">
+        <v>1966</v>
+      </c>
+      <c r="L166" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M166" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N166" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O166" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P166" s="21" t="s">
+        <v>1967</v>
+      </c>
+      <c r="Q166" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="R166" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S166" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="T166" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="U166" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="V166" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W166" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X166" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Y166" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z166" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA166" s="21" t="s">
+        <v>1968</v>
+      </c>
+      <c r="AB166" s="21"/>
+      <c r="AC166" s="21"/>
+      <c r="AD166" s="21"/>
+      <c r="AE166" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF166" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG166" s="21" t="s">
+        <v>1969</v>
+      </c>
+    </row>
+    <row r="167" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A167" s="28" t="s">
+        <v>1218</v>
+      </c>
+      <c r="C167" s="31">
+        <v>1</v>
+      </c>
+      <c r="G167" s="31">
+        <v>1</v>
+      </c>
+      <c r="H167" s="22"/>
+      <c r="I167" s="22"/>
+      <c r="J167" s="38"/>
+      <c r="K167" s="21" t="s">
+        <v>1970</v>
+      </c>
+      <c r="L167" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M167" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N167" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O167" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P167" s="21" t="s">
+        <v>1971</v>
+      </c>
+      <c r="Q167" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="R167" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S167" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="T167" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="U167" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="V167" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W167" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X167" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Y167" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z167" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA167" s="21" t="s">
+        <v>1972</v>
+      </c>
+      <c r="AB167" s="21" t="s">
+        <v>1973</v>
+      </c>
+      <c r="AC167" s="21" t="s">
+        <v>1974</v>
+      </c>
+      <c r="AD167" s="21"/>
+      <c r="AE167" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF167" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG167" s="21" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="168" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A168" s="51" t="s">
+        <v>1319</v>
+      </c>
+      <c r="C168" s="31">
+        <v>1</v>
+      </c>
+      <c r="H168" s="22"/>
+      <c r="I168" s="22"/>
+      <c r="J168" s="38"/>
+      <c r="K168" s="21" t="s">
+        <v>1975</v>
+      </c>
+      <c r="L168" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M168" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N168" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O168" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P168" s="21" t="s">
+        <v>1976</v>
+      </c>
+      <c r="Q168" s="21" t="s">
+        <v>177</v>
+      </c>
+      <c r="R168" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S168" s="21" t="s">
+        <v>178</v>
+      </c>
+      <c r="T168" s="21" t="s">
+        <v>179</v>
+      </c>
+      <c r="U168" s="21" t="s">
+        <v>180</v>
+      </c>
+      <c r="V168" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W168" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X168" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Y168" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z168" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA168" s="21" t="s">
+        <v>1977</v>
+      </c>
+      <c r="AB168" s="21" t="s">
+        <v>1978</v>
+      </c>
+      <c r="AC168" s="21"/>
+      <c r="AD168" s="21"/>
+      <c r="AE168" s="21" t="s">
+        <v>1979</v>
+      </c>
+      <c r="AF168" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG168" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="169" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A169" s="51" t="s">
+        <v>1320</v>
+      </c>
+      <c r="C169" s="31">
+        <v>1</v>
+      </c>
+      <c r="H169" s="22"/>
+      <c r="I169" s="22"/>
+      <c r="J169" s="38"/>
+      <c r="K169" s="21" t="s">
+        <v>1980</v>
+      </c>
+      <c r="L169" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M169" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N169" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O169" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P169" s="21" t="s">
+        <v>1914</v>
+      </c>
+      <c r="Q169" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="R169" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S169" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="T169" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="U169" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="V169" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W169" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X169" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Y169" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z169" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA169" s="21" t="s">
+        <v>1981</v>
+      </c>
+      <c r="AB169" s="21"/>
+      <c r="AC169" s="21" t="s">
+        <v>1962</v>
+      </c>
+      <c r="AD169" s="21"/>
+      <c r="AE169" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF169" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG169" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="170" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A170" s="51" t="s">
+        <v>1321</v>
+      </c>
+      <c r="C170" s="31">
+        <v>1</v>
+      </c>
+      <c r="H170" s="22"/>
+      <c r="I170" s="22"/>
+      <c r="J170" s="38"/>
+      <c r="K170" s="21" t="s">
+        <v>1982</v>
+      </c>
+      <c r="L170" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M170" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N170" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O170" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P170" s="21" t="s">
+        <v>1983</v>
+      </c>
+      <c r="Q170" s="21" t="s">
+        <v>177</v>
+      </c>
+      <c r="R170" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S170" s="21" t="s">
+        <v>178</v>
+      </c>
+      <c r="T170" s="21" t="s">
+        <v>179</v>
+      </c>
+      <c r="U170" s="21" t="s">
+        <v>180</v>
+      </c>
+      <c r="V170" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W170" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X170" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Y170" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z170" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA170" s="21" t="s">
+        <v>1984</v>
+      </c>
+      <c r="AB170" s="21" t="s">
+        <v>1985</v>
+      </c>
+      <c r="AC170" s="21"/>
+      <c r="AD170" s="21"/>
+      <c r="AE170" s="21" t="s">
+        <v>1979</v>
+      </c>
+      <c r="AF170" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG170" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="171" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A171" s="28" t="s">
+        <v>1219</v>
+      </c>
+      <c r="C171" s="31">
+        <v>1</v>
+      </c>
+      <c r="G171" s="31">
+        <v>1</v>
+      </c>
+      <c r="H171" s="22"/>
+      <c r="I171" s="22"/>
+      <c r="J171" s="38"/>
+      <c r="K171" s="21" t="s">
+        <v>1986</v>
+      </c>
+      <c r="L171" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M171" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N171" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O171" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P171" s="21" t="s">
+        <v>1987</v>
+      </c>
+      <c r="Q171" s="21" t="s">
+        <v>1988</v>
+      </c>
+      <c r="R171" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S171" s="21" t="s">
+        <v>1989</v>
+      </c>
+      <c r="T171" s="21" t="s">
+        <v>1990</v>
+      </c>
+      <c r="U171" s="21" t="s">
+        <v>1991</v>
+      </c>
+      <c r="V171" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W171" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X171" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y171" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z171" s="21" t="s">
+        <v>749</v>
+      </c>
+      <c r="AA171" s="21"/>
+      <c r="AB171" s="21"/>
+      <c r="AC171" s="21" t="s">
+        <v>1992</v>
+      </c>
+      <c r="AD171" s="21"/>
+      <c r="AE171" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF171" s="21" t="s">
+        <v>1638</v>
+      </c>
+      <c r="AG171" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="172" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A172" s="28" t="s">
+        <v>1186</v>
+      </c>
+      <c r="C172" s="31">
+        <v>1</v>
+      </c>
+      <c r="G172" s="31">
+        <v>1</v>
+      </c>
+      <c r="H172" s="22"/>
+      <c r="I172" s="22"/>
+      <c r="J172" s="38"/>
+      <c r="K172" s="21" t="s">
+        <v>1993</v>
+      </c>
+      <c r="L172" s="21" t="s">
+        <v>1994</v>
+      </c>
+      <c r="M172" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N172" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O172" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="P172" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q172" s="21" t="s">
+        <v>1995</v>
+      </c>
+      <c r="R172" s="21" t="s">
+        <v>1996</v>
+      </c>
+      <c r="S172" s="21" t="s">
+        <v>1997</v>
+      </c>
+      <c r="T172" s="21" t="s">
+        <v>1998</v>
+      </c>
+      <c r="U172" s="21" t="s">
+        <v>148</v>
+      </c>
+      <c r="V172" s="21" t="s">
+        <v>1999</v>
+      </c>
+      <c r="W172" s="21" t="s">
+        <v>149</v>
+      </c>
+      <c r="X172" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y172" s="21" t="s">
+        <v>1898</v>
+      </c>
+      <c r="Z172" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="AA172" s="21"/>
+      <c r="AB172" s="21"/>
+      <c r="AC172" s="21" t="s">
+        <v>2000</v>
+      </c>
+      <c r="AD172" s="21"/>
+      <c r="AE172" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="AF172" s="21" t="s">
+        <v>1869</v>
+      </c>
+      <c r="AG172" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="173" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A173" s="28" t="s">
+        <v>1220</v>
+      </c>
+      <c r="C173" s="31">
+        <v>1</v>
+      </c>
+      <c r="G173" s="31">
+        <v>1</v>
+      </c>
+      <c r="H173" s="22"/>
+      <c r="I173" s="22"/>
+      <c r="J173" s="38"/>
+      <c r="K173" s="21" t="s">
+        <v>2001</v>
+      </c>
+      <c r="L173" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M173" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N173" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O173" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="P173" s="21" t="s">
+        <v>2002</v>
+      </c>
+      <c r="Q173" s="21" t="s">
+        <v>840</v>
+      </c>
+      <c r="R173" s="21" t="s">
+        <v>2003</v>
+      </c>
+      <c r="S173" s="21" t="s">
+        <v>2004</v>
+      </c>
+      <c r="T173" s="21" t="s">
+        <v>2005</v>
+      </c>
+      <c r="U173" s="21" t="s">
+        <v>148</v>
+      </c>
+      <c r="V173" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W173" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X173" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y173" s="21" t="s">
+        <v>102</v>
+      </c>
+      <c r="Z173" s="21" t="s">
+        <v>2006</v>
+      </c>
+      <c r="AA173" s="21"/>
+      <c r="AB173" s="21"/>
+      <c r="AC173" s="21" t="s">
+        <v>2007</v>
+      </c>
+      <c r="AD173" s="21"/>
+      <c r="AE173" s="21" t="s">
+        <v>2006</v>
+      </c>
+      <c r="AF173" s="21" t="s">
+        <v>1869</v>
+      </c>
+      <c r="AG173" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="174" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A174" s="51" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C174" s="31">
+        <v>1</v>
+      </c>
+      <c r="H174" s="22"/>
+      <c r="I174" s="22"/>
+      <c r="J174" s="38"/>
+      <c r="K174" s="21" t="s">
+        <v>2008</v>
+      </c>
+      <c r="L174" s="21" t="s">
+        <v>2009</v>
+      </c>
+      <c r="M174" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N174" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O174" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="P174" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q174" s="21" t="s">
+        <v>113</v>
+      </c>
+      <c r="R174" s="21" t="s">
+        <v>2010</v>
+      </c>
+      <c r="S174" s="21" t="s">
+        <v>115</v>
+      </c>
+      <c r="T174" s="21" t="s">
+        <v>116</v>
+      </c>
+      <c r="U174" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="V174" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W174" s="21" t="s">
+        <v>1602</v>
+      </c>
+      <c r="X174" s="21" t="s">
+        <v>2011</v>
+      </c>
+      <c r="Y174" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z174" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="AA174" s="21"/>
+      <c r="AB174" s="21"/>
+      <c r="AC174" s="21" t="s">
+        <v>2012</v>
+      </c>
+      <c r="AD174" s="21"/>
+      <c r="AE174" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF174" s="21" t="s">
+        <v>1869</v>
+      </c>
+      <c r="AG174" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="175" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A175" s="28" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C175" s="31">
+        <v>1</v>
+      </c>
+      <c r="G175" s="31">
+        <v>1</v>
+      </c>
+      <c r="H175" s="22"/>
+      <c r="I175" s="22"/>
+      <c r="J175" s="38"/>
+      <c r="K175" s="21" t="s">
+        <v>2013</v>
+      </c>
+      <c r="L175" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M175" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N175" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O175" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P175" s="21" t="s">
+        <v>2014</v>
+      </c>
+      <c r="Q175" s="21" t="s">
+        <v>2015</v>
+      </c>
+      <c r="R175" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S175" s="21" t="s">
+        <v>1905</v>
+      </c>
+      <c r="T175" s="21" t="s">
+        <v>2016</v>
+      </c>
+      <c r="U175" s="21" t="s">
+        <v>2017</v>
+      </c>
+      <c r="V175" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W175" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X175" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y175" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z175" s="21" t="s">
+        <v>2018</v>
+      </c>
+      <c r="AA175" s="21"/>
+      <c r="AB175" s="21"/>
+      <c r="AC175" s="21"/>
+      <c r="AD175" s="21"/>
+      <c r="AE175" s="21" t="s">
+        <v>2018</v>
+      </c>
+      <c r="AF175" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG175" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="176" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A176" s="51" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C176" s="31">
+        <v>1</v>
+      </c>
+      <c r="H176" s="22"/>
+      <c r="I176" s="22"/>
+      <c r="J176" s="38"/>
+      <c r="K176" s="21" t="s">
+        <v>2019</v>
+      </c>
+      <c r="L176" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M176" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N176" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O176" s="21" t="s">
+        <v>1196</v>
+      </c>
+      <c r="P176" s="21" t="s">
+        <v>2020</v>
+      </c>
+      <c r="Q176" s="21" t="s">
+        <v>1510</v>
+      </c>
+      <c r="R176" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S176" s="21" t="s">
+        <v>1511</v>
+      </c>
+      <c r="T176" s="21" t="s">
+        <v>1512</v>
+      </c>
+      <c r="U176" s="21" t="s">
+        <v>1513</v>
+      </c>
+      <c r="V176" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W176" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X176" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y176" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z176" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA176" s="21" t="s">
+        <v>2021</v>
+      </c>
+      <c r="AB176" s="21"/>
+      <c r="AC176" s="21"/>
+      <c r="AD176" s="21"/>
+      <c r="AE176" s="21" t="s">
+        <v>1661</v>
+      </c>
+      <c r="AF176" s="21" t="s">
+        <v>1608</v>
+      </c>
+      <c r="AG176" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="177" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A177" s="51" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C177" s="31">
+        <v>1</v>
+      </c>
+      <c r="H177" s="22"/>
+      <c r="I177" s="22"/>
+      <c r="J177" s="38"/>
+      <c r="K177" s="21" t="s">
+        <v>2022</v>
+      </c>
+      <c r="L177" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M177" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N177" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O177" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P177" s="21" t="s">
+        <v>2023</v>
+      </c>
+      <c r="Q177" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="R177" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S177" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="T177" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="U177" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="V177" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W177" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X177" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Y177" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z177" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA177" s="21" t="s">
+        <v>2024</v>
+      </c>
+      <c r="AB177" s="21"/>
+      <c r="AC177" s="21"/>
+      <c r="AD177" s="21"/>
+      <c r="AE177" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF177" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG177" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="178" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A178" s="51" t="s">
+        <v>1323</v>
+      </c>
+      <c r="C178" s="31">
+        <v>1</v>
+      </c>
+      <c r="H178" s="22"/>
+      <c r="I178" s="22"/>
+      <c r="J178" s="38"/>
+      <c r="K178" s="21" t="s">
+        <v>2025</v>
+      </c>
+      <c r="L178" s="21" t="s">
+        <v>2026</v>
+      </c>
+      <c r="M178" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N178" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O178" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P178" s="21" t="s">
+        <v>2027</v>
+      </c>
+      <c r="Q178" s="21" t="s">
+        <v>2028</v>
+      </c>
+      <c r="R178" s="21" t="s">
+        <v>2029</v>
+      </c>
+      <c r="S178" s="21" t="s">
+        <v>2030</v>
+      </c>
+      <c r="T178" s="21" t="s">
+        <v>2031</v>
+      </c>
+      <c r="U178" s="21" t="s">
+        <v>2032</v>
+      </c>
+      <c r="V178" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W178" s="21" t="s">
+        <v>2033</v>
+      </c>
+      <c r="X178" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y178" s="21" t="s">
+        <v>1586</v>
+      </c>
+      <c r="Z178" s="21" t="s">
+        <v>2034</v>
+      </c>
+      <c r="AA178" s="21" t="s">
+        <v>2035</v>
+      </c>
+      <c r="AB178" s="21"/>
+      <c r="AC178" s="21" t="s">
+        <v>2036</v>
+      </c>
+      <c r="AD178" s="21"/>
+      <c r="AE178" s="21" t="s">
+        <v>2034</v>
+      </c>
+      <c r="AF178" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG178" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="179" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A179" s="51" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C179" s="31">
+        <v>1</v>
+      </c>
+      <c r="H179" s="22"/>
+      <c r="I179" s="22"/>
+      <c r="J179" s="38"/>
+      <c r="K179" s="21" t="s">
+        <v>2037</v>
+      </c>
+      <c r="L179" s="21" t="s">
+        <v>2038</v>
+      </c>
+      <c r="M179" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N179" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O179" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P179" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q179" s="21" t="s">
+        <v>2028</v>
+      </c>
+      <c r="R179" s="21" t="s">
+        <v>2039</v>
+      </c>
+      <c r="S179" s="21" t="s">
+        <v>2040</v>
+      </c>
+      <c r="T179" s="21" t="s">
+        <v>1803</v>
+      </c>
+      <c r="U179" s="21" t="s">
+        <v>148</v>
+      </c>
+      <c r="V179" s="21" t="s">
+        <v>2041</v>
+      </c>
+      <c r="W179" s="21" t="s">
+        <v>2033</v>
+      </c>
+      <c r="X179" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y179" s="21" t="s">
+        <v>102</v>
+      </c>
+      <c r="Z179" s="21" t="s">
+        <v>2034</v>
+      </c>
+      <c r="AA179" s="21" t="s">
+        <v>2042</v>
+      </c>
+      <c r="AB179" s="21"/>
+      <c r="AC179" s="21" t="s">
+        <v>2043</v>
+      </c>
+      <c r="AD179" s="21"/>
+      <c r="AE179" s="21" t="s">
+        <v>2034</v>
+      </c>
+      <c r="AF179" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG179" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="180" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A180" s="51" t="s">
+        <v>1325</v>
+      </c>
+      <c r="C180" s="31">
+        <v>1</v>
+      </c>
+      <c r="H180" s="22"/>
+      <c r="I180" s="22"/>
+      <c r="J180" s="38"/>
+      <c r="K180" s="21" t="s">
+        <v>2044</v>
+      </c>
+      <c r="L180" s="21" t="s">
+        <v>2045</v>
+      </c>
+      <c r="M180" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N180" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O180" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P180" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q180" s="21" t="s">
+        <v>2028</v>
+      </c>
+      <c r="R180" s="21" t="s">
+        <v>2046</v>
+      </c>
+      <c r="S180" s="21" t="s">
+        <v>2047</v>
+      </c>
+      <c r="T180" s="21" t="s">
+        <v>2048</v>
+      </c>
+      <c r="U180" s="21" t="s">
+        <v>148</v>
+      </c>
+      <c r="V180" s="21" t="s">
+        <v>2049</v>
+      </c>
+      <c r="W180" s="21" t="s">
+        <v>2033</v>
+      </c>
+      <c r="X180" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y180" s="21" t="s">
+        <v>1898</v>
+      </c>
+      <c r="Z180" s="21" t="s">
+        <v>2034</v>
+      </c>
+      <c r="AA180" s="21" t="s">
+        <v>2050</v>
+      </c>
+      <c r="AB180" s="21"/>
+      <c r="AC180" s="21" t="s">
+        <v>2051</v>
+      </c>
+      <c r="AD180" s="21"/>
+      <c r="AE180" s="21" t="s">
+        <v>2034</v>
+      </c>
+      <c r="AF180" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG180" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="181" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A181" s="28" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C181" s="31">
+        <v>1</v>
+      </c>
+      <c r="G181" s="31">
+        <v>1</v>
+      </c>
+      <c r="H181" s="22"/>
+      <c r="I181" s="22"/>
+      <c r="J181" s="21"/>
+      <c r="K181" s="21" t="s">
+        <v>2052</v>
+      </c>
+      <c r="L181" s="21" t="s">
+        <v>2053</v>
+      </c>
+      <c r="M181" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N181" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O181" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P181" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q181" s="21" t="s">
+        <v>2028</v>
+      </c>
+      <c r="R181" s="21" t="s">
+        <v>2054</v>
+      </c>
+      <c r="S181" s="21" t="s">
+        <v>2055</v>
+      </c>
+      <c r="T181" s="21" t="s">
+        <v>2056</v>
+      </c>
+      <c r="U181" s="21" t="s">
+        <v>148</v>
+      </c>
+      <c r="V181" s="21" t="s">
+        <v>2057</v>
+      </c>
+      <c r="W181" s="21" t="s">
+        <v>2033</v>
+      </c>
+      <c r="X181" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y181" s="21" t="s">
+        <v>102</v>
+      </c>
+      <c r="Z181" s="21" t="s">
+        <v>2034</v>
+      </c>
+      <c r="AA181" s="21" t="s">
+        <v>2058</v>
+      </c>
+      <c r="AB181" s="21"/>
+      <c r="AC181" s="21" t="s">
+        <v>2059</v>
+      </c>
+      <c r="AD181" s="21"/>
+      <c r="AE181" s="21" t="s">
+        <v>2034</v>
+      </c>
+      <c r="AF181" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG181" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="182" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A182" s="28" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C182" s="31">
+        <v>1</v>
+      </c>
+      <c r="G182" s="31">
+        <v>1</v>
+      </c>
+      <c r="H182" s="22"/>
+      <c r="I182" s="22"/>
+      <c r="J182" s="21"/>
+      <c r="K182" s="21" t="s">
+        <v>2060</v>
+      </c>
+      <c r="L182" s="21" t="s">
+        <v>2061</v>
+      </c>
+      <c r="M182" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N182" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O182" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P182" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q182" s="21" t="s">
+        <v>2028</v>
+      </c>
+      <c r="R182" s="21" t="s">
+        <v>2062</v>
+      </c>
+      <c r="S182" s="21" t="s">
+        <v>2055</v>
+      </c>
+      <c r="T182" s="21" t="s">
+        <v>2056</v>
+      </c>
+      <c r="U182" s="21" t="s">
+        <v>148</v>
+      </c>
+      <c r="V182" s="21" t="s">
+        <v>2057</v>
+      </c>
+      <c r="W182" s="21" t="s">
+        <v>2033</v>
+      </c>
+      <c r="X182" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y182" s="21" t="s">
+        <v>102</v>
+      </c>
+      <c r="Z182" s="21" t="s">
+        <v>2034</v>
+      </c>
+      <c r="AA182" s="21" t="s">
+        <v>2063</v>
+      </c>
+      <c r="AB182" s="21"/>
+      <c r="AC182" s="21" t="s">
+        <v>2064</v>
+      </c>
+      <c r="AD182" s="21"/>
+      <c r="AE182" s="21" t="s">
+        <v>2034</v>
+      </c>
+      <c r="AF182" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG182" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="183" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A183" s="51" t="s">
+        <v>1326</v>
+      </c>
+      <c r="C183" s="31">
+        <v>1</v>
+      </c>
+      <c r="H183" s="22"/>
+      <c r="I183" s="22"/>
+      <c r="J183" s="21"/>
+      <c r="K183" s="21" t="s">
+        <v>2065</v>
+      </c>
+      <c r="L183" s="21" t="s">
+        <v>2066</v>
+      </c>
+      <c r="M183" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N183" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O183" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P183" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q183" s="21" t="s">
+        <v>2028</v>
+      </c>
+      <c r="R183" s="21" t="s">
+        <v>2054</v>
+      </c>
+      <c r="S183" s="21" t="s">
+        <v>2055</v>
+      </c>
+      <c r="T183" s="21" t="s">
+        <v>2056</v>
+      </c>
+      <c r="U183" s="21" t="s">
+        <v>148</v>
+      </c>
+      <c r="V183" s="21" t="s">
+        <v>2057</v>
+      </c>
+      <c r="W183" s="21" t="s">
+        <v>2033</v>
+      </c>
+      <c r="X183" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y183" s="21" t="s">
+        <v>1898</v>
+      </c>
+      <c r="Z183" s="21" t="s">
+        <v>2034</v>
+      </c>
+      <c r="AA183" s="21" t="s">
+        <v>2067</v>
+      </c>
+      <c r="AB183" s="21"/>
+      <c r="AC183" s="21" t="s">
+        <v>2059</v>
+      </c>
+      <c r="AD183" s="21"/>
+      <c r="AE183" s="21" t="s">
+        <v>2034</v>
+      </c>
+      <c r="AF183" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG183" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="184" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A184" s="28" t="s">
+        <v>1224</v>
+      </c>
+      <c r="C184" s="31">
+        <v>1</v>
+      </c>
+      <c r="G184" s="31">
+        <v>1</v>
+      </c>
+      <c r="H184" s="22"/>
+      <c r="I184" s="22"/>
+      <c r="J184" s="21"/>
+      <c r="K184" s="21" t="s">
+        <v>2068</v>
+      </c>
+      <c r="L184" s="21" t="s">
+        <v>2069</v>
+      </c>
+      <c r="M184" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N184" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O184" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P184" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q184" s="21" t="s">
+        <v>2028</v>
+      </c>
+      <c r="R184" s="21" t="s">
+        <v>2070</v>
+      </c>
+      <c r="S184" s="21" t="s">
+        <v>2071</v>
+      </c>
+      <c r="T184" s="21" t="s">
+        <v>2072</v>
+      </c>
+      <c r="U184" s="21" t="s">
+        <v>148</v>
+      </c>
+      <c r="V184" s="21" t="s">
+        <v>2073</v>
+      </c>
+      <c r="W184" s="21" t="s">
+        <v>2033</v>
+      </c>
+      <c r="X184" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y184" s="21" t="s">
+        <v>1898</v>
+      </c>
+      <c r="Z184" s="21" t="s">
+        <v>2034</v>
+      </c>
+      <c r="AA184" s="21" t="s">
+        <v>2074</v>
+      </c>
+      <c r="AB184" s="21"/>
+      <c r="AC184" s="21" t="s">
+        <v>2075</v>
+      </c>
+      <c r="AD184" s="21"/>
+      <c r="AE184" s="21" t="s">
+        <v>2034</v>
+      </c>
+      <c r="AF184" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG184" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="185" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A185" s="51" t="s">
+        <v>1327</v>
+      </c>
+      <c r="C185" s="31">
+        <v>1</v>
+      </c>
+      <c r="H185" s="22"/>
+      <c r="I185" s="22"/>
+      <c r="J185" s="21"/>
+      <c r="K185" s="21" t="s">
+        <v>2076</v>
+      </c>
+      <c r="L185" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M185" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N185" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O185" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P185" s="21" t="s">
+        <v>2077</v>
+      </c>
+      <c r="Q185" s="21" t="s">
+        <v>119</v>
+      </c>
+      <c r="R185" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S185" s="21" t="s">
+        <v>120</v>
+      </c>
+      <c r="T185" s="21" t="s">
+        <v>121</v>
+      </c>
+      <c r="U185" s="21" t="s">
+        <v>122</v>
+      </c>
+      <c r="V185" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W185" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X185" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y185" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z185" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA185" s="21" t="s">
+        <v>2078</v>
+      </c>
+      <c r="AB185" s="21" t="s">
+        <v>2079</v>
+      </c>
+      <c r="AC185" s="21" t="s">
+        <v>2080</v>
+      </c>
+      <c r="AD185" s="21"/>
+      <c r="AE185" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF185" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG185" s="21" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="186" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A186" s="28" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C186" s="31">
+        <v>1</v>
+      </c>
+      <c r="G186" s="31">
+        <v>1</v>
+      </c>
+      <c r="H186" s="22"/>
+      <c r="I186" s="22"/>
+      <c r="J186" s="21"/>
+      <c r="K186" s="21" t="s">
+        <v>2081</v>
+      </c>
+      <c r="L186" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M186" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N186" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O186" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P186" s="21" t="s">
+        <v>2082</v>
+      </c>
+      <c r="Q186" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="R186" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S186" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="T186" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="U186" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="V186" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W186" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X186" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Y186" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z186" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA186" s="21" t="s">
+        <v>2083</v>
+      </c>
+      <c r="AB186" s="21"/>
+      <c r="AC186" s="21" t="s">
+        <v>2084</v>
+      </c>
+      <c r="AD186" s="21" t="s">
+        <v>2085</v>
+      </c>
+      <c r="AE186" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF186" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG186" s="21" t="s">
+        <v>2086</v>
+      </c>
+    </row>
+    <row r="187" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A187" s="28" t="s">
+        <v>1226</v>
+      </c>
+      <c r="C187" s="31">
+        <v>1</v>
+      </c>
+      <c r="G187" s="31">
+        <v>1</v>
+      </c>
+      <c r="H187" s="22"/>
+      <c r="I187" s="22"/>
+      <c r="J187" s="21"/>
+      <c r="K187" s="21" t="s">
+        <v>2087</v>
+      </c>
+      <c r="L187" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M187" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N187" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O187" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P187" s="21" t="s">
+        <v>2088</v>
+      </c>
+      <c r="Q187" s="21" t="s">
+        <v>183</v>
+      </c>
+      <c r="R187" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S187" s="21" t="s">
+        <v>184</v>
+      </c>
+      <c r="T187" s="21" t="s">
+        <v>185</v>
+      </c>
+      <c r="U187" s="21" t="s">
+        <v>186</v>
+      </c>
+      <c r="V187" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W187" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X187" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Y187" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z187" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA187" s="21" t="s">
+        <v>2089</v>
+      </c>
+      <c r="AB187" s="21"/>
+      <c r="AC187" s="21" t="s">
+        <v>2090</v>
+      </c>
+      <c r="AD187" s="21"/>
+      <c r="AE187" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF187" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG187" s="21" t="s">
+        <v>2086</v>
+      </c>
+    </row>
+    <row r="188" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A188" s="28" t="s">
+        <v>1227</v>
+      </c>
+      <c r="C188" s="31">
+        <v>1</v>
+      </c>
+      <c r="G188" s="31">
+        <v>1</v>
+      </c>
+      <c r="H188" s="22"/>
+      <c r="I188" s="22"/>
+      <c r="J188" s="21"/>
+      <c r="K188" s="21" t="s">
+        <v>2091</v>
+      </c>
+      <c r="L188" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M188" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N188" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O188" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P188" s="21" t="s">
+        <v>2092</v>
+      </c>
+      <c r="Q188" s="21" t="s">
+        <v>183</v>
+      </c>
+      <c r="R188" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S188" s="21" t="s">
+        <v>184</v>
+      </c>
+      <c r="T188" s="21" t="s">
+        <v>185</v>
+      </c>
+      <c r="U188" s="21" t="s">
+        <v>186</v>
+      </c>
+      <c r="V188" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W188" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X188" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Y188" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z188" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA188" s="21" t="s">
+        <v>2093</v>
+      </c>
+      <c r="AB188" s="21" t="s">
+        <v>2094</v>
+      </c>
+      <c r="AC188" s="21" t="s">
+        <v>2095</v>
+      </c>
+      <c r="AD188" s="21" t="s">
+        <v>2096</v>
+      </c>
+      <c r="AE188" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF188" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG188" s="21" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="189" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A189" s="51" t="s">
+        <v>1328</v>
+      </c>
+      <c r="C189" s="31">
+        <v>1</v>
+      </c>
+      <c r="H189" s="22"/>
+      <c r="I189" s="22"/>
+      <c r="J189" s="21"/>
+      <c r="K189" s="21" t="s">
+        <v>2097</v>
+      </c>
+      <c r="L189" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M189" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N189" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O189" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P189" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q189" s="21" t="s">
+        <v>2098</v>
+      </c>
+      <c r="R189" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S189" s="21" t="s">
+        <v>2099</v>
+      </c>
+      <c r="T189" s="21" t="s">
+        <v>2100</v>
+      </c>
+      <c r="U189" s="21" t="s">
+        <v>2101</v>
+      </c>
+      <c r="V189" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W189" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X189" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y189" s="21" t="s">
+        <v>1586</v>
+      </c>
+      <c r="Z189" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA189" s="21"/>
+      <c r="AB189" s="21"/>
+      <c r="AC189" s="21" t="s">
+        <v>2102</v>
+      </c>
+      <c r="AD189" s="21"/>
+      <c r="AE189" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF189" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG189" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="190" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A190" s="51" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C190" s="31">
+        <v>1</v>
+      </c>
+      <c r="H190" s="22"/>
+      <c r="I190" s="22"/>
+      <c r="J190" s="21"/>
+      <c r="K190" s="21" t="s">
+        <v>2103</v>
+      </c>
+      <c r="L190" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M190" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N190" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O190" s="21" t="s">
+        <v>1196</v>
+      </c>
+      <c r="P190" s="21" t="s">
+        <v>2104</v>
+      </c>
+      <c r="Q190" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R190" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S190" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T190" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U190" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V190" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W190" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X190" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Y190" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z190" s="21" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA190" s="21"/>
+      <c r="AB190" s="21"/>
+      <c r="AC190" s="21"/>
+      <c r="AD190" s="21"/>
+      <c r="AE190" s="21" t="s">
+        <v>561</v>
+      </c>
+      <c r="AF190" s="21" t="s">
+        <v>1608</v>
+      </c>
+      <c r="AG190" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="191" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A191" s="28" t="s">
+        <v>1228</v>
+      </c>
+      <c r="C191" s="31">
+        <v>1</v>
+      </c>
+      <c r="G191" s="31">
+        <v>1</v>
+      </c>
+      <c r="H191" s="22"/>
+      <c r="I191" s="22"/>
+      <c r="J191" s="21"/>
+      <c r="K191" s="21" t="s">
+        <v>2105</v>
+      </c>
+      <c r="L191" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M191" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N191" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O191" s="21" t="s">
+        <v>1203</v>
+      </c>
+      <c r="P191" s="21" t="s">
+        <v>1793</v>
+      </c>
+      <c r="Q191" s="21" t="s">
+        <v>1762</v>
+      </c>
+      <c r="R191" s="21" t="s">
+        <v>2106</v>
+      </c>
+      <c r="S191" s="21" t="s">
+        <v>1763</v>
+      </c>
+      <c r="T191" s="21" t="s">
+        <v>1764</v>
+      </c>
+      <c r="U191" s="21" t="s">
+        <v>1765</v>
+      </c>
+      <c r="V191" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W191" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X191" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y191" s="21" t="s">
+        <v>1586</v>
+      </c>
+      <c r="Z191" s="21" t="s">
+        <v>1766</v>
+      </c>
+      <c r="AA191" s="21" t="s">
+        <v>2107</v>
+      </c>
+      <c r="AB191" s="21"/>
+      <c r="AC191" s="21"/>
+      <c r="AD191" s="21"/>
+      <c r="AE191" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF191" s="21" t="s">
+        <v>1791</v>
+      </c>
+      <c r="AG191" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="192" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A192" s="51" t="s">
+        <v>1329</v>
+      </c>
+      <c r="C192" s="31">
+        <v>1</v>
+      </c>
+      <c r="H192" s="22"/>
+      <c r="I192" s="22"/>
+      <c r="J192" s="21"/>
+      <c r="K192" s="21" t="s">
+        <v>2108</v>
+      </c>
+      <c r="L192" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M192" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N192" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O192" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P192" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q192" s="21" t="s">
+        <v>1762</v>
+      </c>
+      <c r="R192" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S192" s="21" t="s">
+        <v>1763</v>
+      </c>
+      <c r="T192" s="21" t="s">
+        <v>1764</v>
+      </c>
+      <c r="U192" s="21" t="s">
+        <v>1765</v>
+      </c>
+      <c r="V192" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W192" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X192" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y192" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z192" s="21" t="s">
+        <v>1766</v>
+      </c>
+      <c r="AA192" s="21"/>
+      <c r="AB192" s="21"/>
+      <c r="AC192" s="21" t="s">
+        <v>2109</v>
+      </c>
+      <c r="AD192" s="21"/>
+      <c r="AE192" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF192" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG192" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="193" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A193" s="51" t="s">
+        <v>1362</v>
+      </c>
+      <c r="C193" s="31">
+        <v>1</v>
+      </c>
+      <c r="H193" s="22"/>
+      <c r="I193" s="22"/>
+      <c r="J193" s="21"/>
+      <c r="K193" s="21" t="s">
+        <v>2110</v>
+      </c>
+      <c r="L193" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M193" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N193" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O193" s="21" t="s">
+        <v>1185</v>
+      </c>
+      <c r="P193" s="21" t="s">
+        <v>2111</v>
+      </c>
+      <c r="Q193" s="21" t="s">
+        <v>1995</v>
+      </c>
+      <c r="R193" s="21" t="s">
+        <v>2112</v>
+      </c>
+      <c r="S193" s="21" t="s">
+        <v>2113</v>
+      </c>
+      <c r="T193" s="21" t="s">
+        <v>681</v>
+      </c>
+      <c r="U193" s="21" t="s">
+        <v>2114</v>
+      </c>
+      <c r="V193" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W193" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X193" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y193" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z193" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="AA193" s="21"/>
+      <c r="AB193" s="21"/>
+      <c r="AC193" s="21" t="s">
+        <v>2115</v>
+      </c>
+      <c r="AD193" s="21"/>
+      <c r="AE193" s="21" t="s">
+        <v>2116</v>
+      </c>
+      <c r="AF193" s="21" t="s">
+        <v>2117</v>
+      </c>
+      <c r="AG193" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="194" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A194" s="51" t="s">
+        <v>1360</v>
+      </c>
+      <c r="C194" s="31">
+        <v>1</v>
+      </c>
+      <c r="H194" s="22"/>
+      <c r="I194" s="22"/>
+      <c r="J194" s="21"/>
+      <c r="K194" s="21" t="s">
+        <v>2118</v>
+      </c>
+      <c r="L194" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M194" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N194" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O194" s="21" t="s">
+        <v>1188</v>
+      </c>
+      <c r="P194" s="21" t="s">
+        <v>2119</v>
+      </c>
+      <c r="Q194" s="21" t="s">
+        <v>177</v>
+      </c>
+      <c r="R194" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S194" s="21" t="s">
+        <v>178</v>
+      </c>
+      <c r="T194" s="21" t="s">
+        <v>179</v>
+      </c>
+      <c r="U194" s="21" t="s">
+        <v>180</v>
+      </c>
+      <c r="V194" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W194" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X194" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y194" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z194" s="21" t="s">
+        <v>2120</v>
+      </c>
+      <c r="AA194" s="21"/>
+      <c r="AB194" s="21"/>
+      <c r="AC194" s="21" t="s">
+        <v>2121</v>
+      </c>
+      <c r="AD194" s="21" t="s">
+        <v>2122</v>
+      </c>
+      <c r="AE194" s="21" t="s">
+        <v>2120</v>
+      </c>
+      <c r="AF194" s="21" t="s">
+        <v>1477</v>
+      </c>
+      <c r="AG194" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="195" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A195" s="51" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C195" s="31">
+        <v>1</v>
+      </c>
+      <c r="H195" s="22"/>
+      <c r="I195" s="22"/>
+      <c r="J195" s="21"/>
+      <c r="K195" s="21" t="s">
+        <v>2123</v>
+      </c>
+      <c r="L195" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M195" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N195" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O195" s="21" t="s">
+        <v>1206</v>
+      </c>
+      <c r="P195" s="21" t="s">
+        <v>2124</v>
+      </c>
+      <c r="Q195" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R195" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S195" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T195" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U195" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V195" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W195" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X195" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y195" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z195" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="AA195" s="21"/>
+      <c r="AB195" s="21"/>
+      <c r="AC195" s="21" t="s">
+        <v>2125</v>
+      </c>
+      <c r="AD195" s="21" t="s">
+        <v>2126</v>
+      </c>
+      <c r="AE195" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="AF195" s="21" t="s">
+        <v>1597</v>
+      </c>
+      <c r="AG195" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="196" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A196" s="28" t="s">
+        <v>252</v>
+      </c>
+      <c r="B196" s="31">
+        <v>1</v>
+      </c>
+      <c r="H196" s="22"/>
+      <c r="I196" s="22"/>
+      <c r="J196" s="21"/>
+      <c r="K196" s="21" t="s">
+        <v>658</v>
+      </c>
+      <c r="L196" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M196" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N196" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O196" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P196" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q196" s="21" t="s">
+        <v>502</v>
+      </c>
+      <c r="R196" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S196" s="21" t="s">
+        <v>503</v>
+      </c>
+      <c r="T196" s="21" t="s">
+        <v>504</v>
+      </c>
+      <c r="U196" s="21" t="s">
+        <v>505</v>
+      </c>
+      <c r="V196" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W196" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X196" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y196" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z196" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA196" s="21"/>
+      <c r="AB196" s="21" t="s">
+        <v>660</v>
+      </c>
+      <c r="AC196" s="21" t="s">
+        <v>532</v>
+      </c>
+      <c r="AD196" s="21"/>
+      <c r="AE196" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF196" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG196" s="21" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="197" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A197" s="28" t="s">
+        <v>253</v>
+      </c>
+      <c r="B197" s="31">
+        <v>1</v>
+      </c>
+      <c r="D197" s="31">
+        <v>1</v>
+      </c>
+      <c r="H197" s="22"/>
+      <c r="I197" s="22"/>
+      <c r="J197" s="21"/>
+      <c r="K197" s="21" t="s">
+        <v>662</v>
+      </c>
+      <c r="L197" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M197" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N197" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O197" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P197" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q197" s="21" t="s">
+        <v>663</v>
+      </c>
+      <c r="R197" s="21" t="s">
+        <v>664</v>
+      </c>
+      <c r="S197" s="21" t="s">
+        <v>665</v>
+      </c>
+      <c r="T197" s="21" t="s">
+        <v>666</v>
+      </c>
+      <c r="U197" s="21" t="s">
+        <v>667</v>
+      </c>
+      <c r="V197" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W197" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X197" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y197" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z197" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA197" s="21"/>
+      <c r="AB197" s="21" t="s">
+        <v>668</v>
+      </c>
+      <c r="AC197" s="21"/>
+      <c r="AD197" s="21"/>
+      <c r="AE197" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF197" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG197" s="21" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="198" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A198" s="28" t="s">
+        <v>254</v>
+      </c>
+      <c r="B198" s="31">
+        <v>1</v>
+      </c>
+      <c r="H198" s="22"/>
+      <c r="I198" s="22"/>
+      <c r="J198" s="21"/>
+      <c r="K198" s="21" t="s">
+        <v>669</v>
+      </c>
+      <c r="L198" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M198" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N198" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O198" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P198" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q198" s="21" t="s">
+        <v>502</v>
+      </c>
+      <c r="R198" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S198" s="21" t="s">
+        <v>503</v>
+      </c>
+      <c r="T198" s="21" t="s">
+        <v>504</v>
+      </c>
+      <c r="U198" s="21" t="s">
+        <v>505</v>
+      </c>
+      <c r="V198" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W198" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X198" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y198" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z198" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA198" s="21"/>
+      <c r="AB198" s="21" t="s">
+        <v>670</v>
+      </c>
+      <c r="AC198" s="21" t="s">
+        <v>532</v>
+      </c>
+      <c r="AD198" s="21"/>
+      <c r="AE198" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF198" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG198" s="21" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="199" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A199" s="28" t="s">
+        <v>255</v>
+      </c>
+      <c r="B199" s="31">
+        <v>1</v>
+      </c>
+      <c r="H199" s="22"/>
+      <c r="I199" s="22"/>
+      <c r="J199" s="21"/>
+      <c r="K199" s="21" t="s">
+        <v>671</v>
+      </c>
+      <c r="L199" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M199" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N199" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O199" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P199" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q199" s="21" t="s">
+        <v>527</v>
+      </c>
+      <c r="R199" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S199" s="21" t="s">
+        <v>528</v>
+      </c>
+      <c r="T199" s="21" t="s">
+        <v>529</v>
+      </c>
+      <c r="U199" s="21" t="s">
+        <v>530</v>
+      </c>
+      <c r="V199" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W199" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X199" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y199" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z199" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA199" s="21"/>
+      <c r="AB199" s="21" t="s">
+        <v>672</v>
+      </c>
+      <c r="AC199" s="21" t="s">
+        <v>532</v>
+      </c>
+      <c r="AD199" s="21"/>
+      <c r="AE199" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF199" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG199" s="21" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="200" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A200" s="28" t="s">
+        <v>256</v>
+      </c>
+      <c r="B200" s="31">
+        <v>1</v>
+      </c>
+      <c r="H200" s="22"/>
+      <c r="I200" s="22"/>
+      <c r="J200" s="21"/>
+      <c r="K200" s="21" t="s">
+        <v>673</v>
+      </c>
+      <c r="L200" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M200" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N200" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O200" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P200" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q200" s="21" t="s">
+        <v>527</v>
+      </c>
+      <c r="R200" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S200" s="21" t="s">
+        <v>528</v>
+      </c>
+      <c r="T200" s="21" t="s">
+        <v>529</v>
+      </c>
+      <c r="U200" s="21" t="s">
+        <v>530</v>
+      </c>
+      <c r="V200" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W200" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X200" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y200" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z200" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA200" s="21"/>
+      <c r="AB200" s="21" t="s">
+        <v>674</v>
+      </c>
+      <c r="AC200" s="21" t="s">
+        <v>532</v>
+      </c>
+      <c r="AD200" s="21"/>
+      <c r="AE200" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF200" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG200" s="21" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="201" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A201" s="28" t="s">
+        <v>257</v>
+      </c>
+      <c r="B201" s="31">
+        <v>1</v>
+      </c>
+      <c r="H201" s="22"/>
+      <c r="I201" s="22"/>
+      <c r="J201" s="21"/>
+      <c r="K201" s="21" t="s">
+        <v>675</v>
+      </c>
+      <c r="L201" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M201" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N201" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O201" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P201" s="21" t="s">
+        <v>676</v>
+      </c>
+      <c r="Q201" s="21" t="s">
+        <v>544</v>
+      </c>
+      <c r="R201" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S201" s="21" t="s">
+        <v>545</v>
+      </c>
+      <c r="T201" s="21" t="s">
+        <v>546</v>
+      </c>
+      <c r="U201" s="21" t="s">
+        <v>547</v>
+      </c>
+      <c r="V201" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W201" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X201" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y201" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z201" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA201" s="21"/>
+      <c r="AB201" s="21" t="s">
+        <v>677</v>
+      </c>
+      <c r="AC201" s="21"/>
+      <c r="AD201" s="21"/>
+      <c r="AE201" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF201" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG201" s="21" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="202" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A202" s="28" t="s">
+        <v>258</v>
+      </c>
+      <c r="B202" s="31">
+        <v>1</v>
+      </c>
+      <c r="H202" s="22"/>
+      <c r="I202" s="22"/>
+      <c r="J202" s="21"/>
+      <c r="K202" s="21" t="s">
+        <v>678</v>
+      </c>
+      <c r="L202" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M202" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N202" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O202" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P202" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q202" s="21" t="s">
+        <v>679</v>
+      </c>
+      <c r="R202" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S202" s="21" t="s">
+        <v>680</v>
+      </c>
+      <c r="T202" s="21" t="s">
+        <v>681</v>
+      </c>
+      <c r="U202" s="21" t="s">
+        <v>682</v>
+      </c>
+      <c r="V202" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W202" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X202" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y202" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z202" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA202" s="21"/>
+      <c r="AB202" s="21" t="s">
+        <v>683</v>
+      </c>
+      <c r="AC202" s="21"/>
+      <c r="AD202" s="21"/>
+      <c r="AE202" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF202" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG202" s="21" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="203" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A203" s="28" t="s">
+        <v>259</v>
+      </c>
+      <c r="B203" s="31">
+        <v>1</v>
+      </c>
+      <c r="H203" s="22"/>
+      <c r="I203" s="22"/>
+      <c r="J203" s="21"/>
+      <c r="K203" s="21" t="s">
+        <v>684</v>
+      </c>
+      <c r="L203" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M203" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N203" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O203" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P203" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q203" s="21" t="s">
+        <v>502</v>
+      </c>
+      <c r="R203" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S203" s="21" t="s">
+        <v>503</v>
+      </c>
+      <c r="T203" s="21" t="s">
+        <v>504</v>
+      </c>
+      <c r="U203" s="21" t="s">
+        <v>505</v>
+      </c>
+      <c r="V203" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W203" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X203" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y203" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z203" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA203" s="21"/>
+      <c r="AB203" s="21" t="s">
+        <v>685</v>
+      </c>
+      <c r="AC203" s="21" t="s">
+        <v>532</v>
+      </c>
+      <c r="AD203" s="21"/>
+      <c r="AE203" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF203" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG203" s="21" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="204" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A204" s="28" t="s">
+        <v>260</v>
+      </c>
+      <c r="B204" s="31">
+        <v>1</v>
+      </c>
+      <c r="H204" s="22"/>
+      <c r="I204" s="22"/>
+      <c r="J204" s="21"/>
+      <c r="K204" s="21" t="s">
+        <v>686</v>
+      </c>
+      <c r="L204" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M204" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N204" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O204" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P204" s="21" t="s">
+        <v>687</v>
+      </c>
+      <c r="Q204" s="21" t="s">
+        <v>502</v>
+      </c>
+      <c r="R204" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S204" s="21" t="s">
+        <v>503</v>
+      </c>
+      <c r="T204" s="21" t="s">
+        <v>504</v>
+      </c>
+      <c r="U204" s="21" t="s">
+        <v>505</v>
+      </c>
+      <c r="V204" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W204" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X204" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y204" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z204" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA204" s="21"/>
+      <c r="AB204" s="21" t="s">
+        <v>688</v>
+      </c>
+      <c r="AC204" s="21" t="s">
+        <v>532</v>
+      </c>
+      <c r="AD204" s="21"/>
+      <c r="AE204" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF204" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG204" s="21" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="205" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A205" s="28" t="s">
+        <v>261</v>
+      </c>
+      <c r="B205" s="31">
+        <v>1</v>
+      </c>
+      <c r="H205" s="22"/>
+      <c r="I205" s="22"/>
+      <c r="J205" s="21"/>
+      <c r="K205" s="21" t="s">
+        <v>689</v>
+      </c>
+      <c r="L205" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M205" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N205" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O205" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P205" s="21" t="s">
+        <v>690</v>
+      </c>
+      <c r="Q205" s="21" t="s">
+        <v>502</v>
+      </c>
+      <c r="R205" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S205" s="21" t="s">
+        <v>503</v>
+      </c>
+      <c r="T205" s="21" t="s">
+        <v>504</v>
+      </c>
+      <c r="U205" s="21" t="s">
+        <v>505</v>
+      </c>
+      <c r="V205" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W205" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X205" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y205" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z205" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA205" s="21"/>
+      <c r="AB205" s="21" t="s">
+        <v>691</v>
+      </c>
+      <c r="AC205" s="21" t="s">
+        <v>532</v>
+      </c>
+      <c r="AD205" s="21"/>
+      <c r="AE205" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF205" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG205" s="21" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="206" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A206" s="28" t="s">
+        <v>262</v>
+      </c>
+      <c r="B206" s="31">
+        <v>1</v>
+      </c>
+      <c r="H206" s="22"/>
+      <c r="I206" s="22"/>
+      <c r="J206" s="21"/>
+      <c r="K206" s="21" t="s">
+        <v>692</v>
+      </c>
+      <c r="L206" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M206" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N206" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O206" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P206" s="21" t="s">
+        <v>693</v>
+      </c>
+      <c r="Q206" s="21" t="s">
+        <v>527</v>
+      </c>
+      <c r="R206" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S206" s="21" t="s">
+        <v>528</v>
+      </c>
+      <c r="T206" s="21" t="s">
+        <v>529</v>
+      </c>
+      <c r="U206" s="21" t="s">
+        <v>530</v>
+      </c>
+      <c r="V206" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W206" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X206" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y206" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z206" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA206" s="21"/>
+      <c r="AB206" s="21" t="s">
+        <v>694</v>
+      </c>
+      <c r="AC206" s="21" t="s">
+        <v>532</v>
+      </c>
+      <c r="AD206" s="21"/>
+      <c r="AE206" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF206" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG206" s="21" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="207" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A207" s="28" t="s">
+        <v>263</v>
+      </c>
+      <c r="B207" s="31">
+        <v>1</v>
+      </c>
+      <c r="H207" s="22"/>
+      <c r="I207" s="22"/>
+      <c r="J207" s="21"/>
+      <c r="K207" s="21" t="s">
+        <v>695</v>
+      </c>
+      <c r="L207" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M207" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N207" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O207" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P207" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q207" s="21" t="s">
+        <v>502</v>
+      </c>
+      <c r="R207" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S207" s="21" t="s">
+        <v>503</v>
+      </c>
+      <c r="T207" s="21" t="s">
+        <v>504</v>
+      </c>
+      <c r="U207" s="21" t="s">
+        <v>505</v>
+      </c>
+      <c r="V207" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W207" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X207" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y207" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z207" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA207" s="21"/>
+      <c r="AB207" s="21" t="s">
+        <v>696</v>
+      </c>
+      <c r="AC207" s="21" t="s">
+        <v>532</v>
+      </c>
+      <c r="AD207" s="21"/>
+      <c r="AE207" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF207" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG207" s="21" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="208" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A208" s="28" t="s">
+        <v>264</v>
+      </c>
+      <c r="B208" s="31">
+        <v>1</v>
+      </c>
+      <c r="H208" s="22"/>
+      <c r="I208" s="22"/>
+      <c r="J208" s="21"/>
+      <c r="K208" s="21" t="s">
+        <v>697</v>
+      </c>
+      <c r="L208" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M208" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N208" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O208" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P208" s="21" t="s">
+        <v>698</v>
+      </c>
+      <c r="Q208" s="21" t="s">
+        <v>502</v>
+      </c>
+      <c r="R208" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S208" s="21" t="s">
+        <v>503</v>
+      </c>
+      <c r="T208" s="21" t="s">
+        <v>504</v>
+      </c>
+      <c r="U208" s="21" t="s">
+        <v>505</v>
+      </c>
+      <c r="V208" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W208" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X208" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y208" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z208" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA208" s="21"/>
+      <c r="AB208" s="21" t="s">
+        <v>699</v>
+      </c>
+      <c r="AC208" s="21" t="s">
+        <v>532</v>
+      </c>
+      <c r="AD208" s="21"/>
+      <c r="AE208" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF208" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG208" s="21" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="209" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A209" s="28" t="s">
+        <v>265</v>
+      </c>
+      <c r="B209" s="31">
+        <v>1</v>
+      </c>
+      <c r="H209" s="22"/>
+      <c r="I209" s="22"/>
+      <c r="J209" s="21"/>
+      <c r="K209" s="21" t="s">
+        <v>700</v>
+      </c>
+      <c r="L209" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M209" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N209" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O209" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P209" s="21" t="s">
+        <v>701</v>
+      </c>
+      <c r="Q209" s="21" t="s">
+        <v>502</v>
+      </c>
+      <c r="R209" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S209" s="21" t="s">
+        <v>503</v>
+      </c>
+      <c r="T209" s="21" t="s">
+        <v>504</v>
+      </c>
+      <c r="U209" s="21" t="s">
+        <v>505</v>
+      </c>
+      <c r="V209" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W209" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X209" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y209" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z209" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA209" s="21"/>
+      <c r="AB209" s="21" t="s">
+        <v>702</v>
+      </c>
+      <c r="AC209" s="21" t="s">
+        <v>532</v>
+      </c>
+      <c r="AD209" s="21"/>
+      <c r="AE209" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF209" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG209" s="21" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="210" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A210" s="28" t="s">
+        <v>266</v>
+      </c>
+      <c r="B210" s="31">
+        <v>1</v>
+      </c>
+      <c r="H210" s="22"/>
+      <c r="I210" s="22"/>
+      <c r="J210" s="21"/>
+      <c r="K210" s="21" t="s">
+        <v>703</v>
+      </c>
+      <c r="L210" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M210" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N210" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O210" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P210" s="21" t="s">
+        <v>704</v>
+      </c>
+      <c r="Q210" s="21" t="s">
+        <v>502</v>
+      </c>
+      <c r="R210" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S210" s="21" t="s">
+        <v>503</v>
+      </c>
+      <c r="T210" s="21" t="s">
+        <v>504</v>
+      </c>
+      <c r="U210" s="21" t="s">
+        <v>505</v>
+      </c>
+      <c r="V210" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W210" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X210" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y210" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z210" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA210" s="21"/>
+      <c r="AB210" s="21" t="s">
+        <v>705</v>
+      </c>
+      <c r="AC210" s="21" t="s">
+        <v>532</v>
+      </c>
+      <c r="AD210" s="21"/>
+      <c r="AE210" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF210" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG210" s="21" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="211" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A211" s="28" t="s">
+        <v>267</v>
+      </c>
+      <c r="B211" s="31">
+        <v>1</v>
+      </c>
+      <c r="H211" s="22"/>
+      <c r="I211" s="22"/>
+      <c r="J211" s="21"/>
+      <c r="K211" s="21" t="s">
+        <v>706</v>
+      </c>
+      <c r="L211" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M211" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N211" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O211" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P211" s="21" t="s">
+        <v>707</v>
+      </c>
+      <c r="Q211" s="21" t="s">
+        <v>527</v>
+      </c>
+      <c r="R211" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S211" s="21" t="s">
+        <v>528</v>
+      </c>
+      <c r="T211" s="21" t="s">
+        <v>529</v>
+      </c>
+      <c r="U211" s="21" t="s">
+        <v>530</v>
+      </c>
+      <c r="V211" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W211" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X211" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y211" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z211" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA211" s="21"/>
+      <c r="AB211" s="21" t="s">
+        <v>708</v>
+      </c>
+      <c r="AC211" s="21" t="s">
+        <v>532</v>
+      </c>
+      <c r="AD211" s="21"/>
+      <c r="AE211" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF211" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG211" s="21" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="212" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A212" s="28" t="s">
+        <v>268</v>
+      </c>
+      <c r="B212" s="31">
+        <v>1</v>
+      </c>
+      <c r="H212" s="22"/>
+      <c r="I212" s="22"/>
+      <c r="J212" s="21"/>
+      <c r="K212" s="21" t="s">
+        <v>709</v>
+      </c>
+      <c r="L212" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M212" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N212" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O212" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P212" s="21" t="s">
+        <v>710</v>
+      </c>
+      <c r="Q212" s="21" t="s">
+        <v>502</v>
+      </c>
+      <c r="R212" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S212" s="21" t="s">
+        <v>503</v>
+      </c>
+      <c r="T212" s="21" t="s">
+        <v>504</v>
+      </c>
+      <c r="U212" s="21" t="s">
+        <v>505</v>
+      </c>
+      <c r="V212" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W212" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X212" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y212" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z212" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA212" s="21"/>
+      <c r="AB212" s="21" t="s">
+        <v>711</v>
+      </c>
+      <c r="AC212" s="21" t="s">
+        <v>532</v>
+      </c>
+      <c r="AD212" s="21"/>
+      <c r="AE212" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF212" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG212" s="21" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="213" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A213" s="28" t="s">
+        <v>269</v>
+      </c>
+      <c r="B213" s="31">
+        <v>1</v>
+      </c>
+      <c r="H213" s="22"/>
+      <c r="I213" s="22"/>
+      <c r="J213" s="21"/>
+      <c r="K213" s="21" t="s">
+        <v>712</v>
+      </c>
+      <c r="L213" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M213" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N213" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O213" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P213" s="21" t="s">
+        <v>713</v>
+      </c>
+      <c r="Q213" s="21" t="s">
+        <v>502</v>
+      </c>
+      <c r="R213" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S213" s="21" t="s">
+        <v>503</v>
+      </c>
+      <c r="T213" s="21" t="s">
+        <v>504</v>
+      </c>
+      <c r="U213" s="21" t="s">
+        <v>505</v>
+      </c>
+      <c r="V213" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W213" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X213" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y213" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z213" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA213" s="21"/>
+      <c r="AB213" s="21" t="s">
+        <v>714</v>
+      </c>
+      <c r="AC213" s="21" t="s">
+        <v>532</v>
+      </c>
+      <c r="AD213" s="21"/>
+      <c r="AE213" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF213" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG213" s="21" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="214" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A214" s="28" t="s">
+        <v>270</v>
+      </c>
+      <c r="B214" s="31">
+        <v>1</v>
+      </c>
+      <c r="H214" s="22"/>
+      <c r="I214" s="22"/>
+      <c r="J214" s="21"/>
+      <c r="K214" s="21" t="s">
+        <v>715</v>
+      </c>
+      <c r="L214" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M214" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N214" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O214" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P214" s="21" t="s">
+        <v>716</v>
+      </c>
+      <c r="Q214" s="21" t="s">
+        <v>502</v>
+      </c>
+      <c r="R214" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S214" s="21" t="s">
+        <v>503</v>
+      </c>
+      <c r="T214" s="21" t="s">
+        <v>504</v>
+      </c>
+      <c r="U214" s="21" t="s">
+        <v>505</v>
+      </c>
+      <c r="V214" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W214" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X214" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y214" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z214" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA214" s="21"/>
+      <c r="AB214" s="21" t="s">
+        <v>717</v>
+      </c>
+      <c r="AC214" s="21" t="s">
+        <v>532</v>
+      </c>
+      <c r="AD214" s="21"/>
+      <c r="AE214" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF214" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG214" s="21" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="215" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A215" s="28" t="s">
+        <v>271</v>
+      </c>
+      <c r="B215" s="31">
+        <v>1</v>
+      </c>
+      <c r="H215" s="22"/>
+      <c r="I215" s="22"/>
+      <c r="J215" s="21"/>
+      <c r="K215" s="21" t="s">
+        <v>718</v>
+      </c>
+      <c r="L215" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M215" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N215" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O215" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P215" s="21" t="s">
+        <v>719</v>
+      </c>
+      <c r="Q215" s="21" t="s">
+        <v>502</v>
+      </c>
+      <c r="R215" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S215" s="21" t="s">
+        <v>503</v>
+      </c>
+      <c r="T215" s="21" t="s">
+        <v>504</v>
+      </c>
+      <c r="U215" s="21" t="s">
+        <v>505</v>
+      </c>
+      <c r="V215" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W215" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X215" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y215" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z215" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA215" s="21"/>
+      <c r="AB215" s="21" t="s">
+        <v>720</v>
+      </c>
+      <c r="AC215" s="21" t="s">
+        <v>532</v>
+      </c>
+      <c r="AD215" s="21"/>
+      <c r="AE215" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF215" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG215" s="21" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="216" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A216" s="28" t="s">
+        <v>272</v>
+      </c>
+      <c r="B216" s="31">
+        <v>1</v>
+      </c>
+      <c r="H216" s="22"/>
+      <c r="I216" s="22"/>
+      <c r="J216" s="21"/>
+      <c r="K216" s="21" t="s">
+        <v>721</v>
+      </c>
+      <c r="L216" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M216" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N216" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O216" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P216" s="21" t="s">
+        <v>722</v>
+      </c>
+      <c r="Q216" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R216" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S216" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T216" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U216" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V216" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W216" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X216" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y216" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z216" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA216" s="21"/>
+      <c r="AB216" s="21" t="s">
+        <v>723</v>
+      </c>
+      <c r="AC216" s="21"/>
+      <c r="AD216" s="21"/>
+      <c r="AE216" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF216" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG216" s="21" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="217" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A217" s="28" t="s">
+        <v>273</v>
+      </c>
+      <c r="B217" s="31">
+        <v>1</v>
+      </c>
+      <c r="H217" s="22"/>
+      <c r="I217" s="22"/>
+      <c r="J217" s="21"/>
+      <c r="K217" s="21" t="s">
+        <v>724</v>
+      </c>
+      <c r="L217" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M217" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N217" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O217" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P217" s="21" t="s">
+        <v>725</v>
+      </c>
+      <c r="Q217" s="21" t="s">
+        <v>502</v>
+      </c>
+      <c r="R217" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S217" s="21" t="s">
+        <v>503</v>
+      </c>
+      <c r="T217" s="21" t="s">
+        <v>504</v>
+      </c>
+      <c r="U217" s="21" t="s">
+        <v>505</v>
+      </c>
+      <c r="V217" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W217" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X217" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y217" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z217" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA217" s="21"/>
+      <c r="AB217" s="21" t="s">
+        <v>726</v>
+      </c>
+      <c r="AC217" s="21" t="s">
+        <v>532</v>
+      </c>
+      <c r="AD217" s="21"/>
+      <c r="AE217" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF217" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG217" s="21" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="218" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A218" s="28" t="s">
+        <v>274</v>
+      </c>
+      <c r="B218" s="31">
+        <v>1</v>
+      </c>
+      <c r="H218" s="22"/>
+      <c r="I218" s="22"/>
+      <c r="J218" s="21"/>
+      <c r="K218" s="21" t="s">
+        <v>727</v>
+      </c>
+      <c r="L218" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M218" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N218" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O218" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P218" s="21" t="s">
+        <v>728</v>
+      </c>
+      <c r="Q218" s="21" t="s">
+        <v>502</v>
+      </c>
+      <c r="R218" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S218" s="21" t="s">
+        <v>503</v>
+      </c>
+      <c r="T218" s="21" t="s">
+        <v>504</v>
+      </c>
+      <c r="U218" s="21" t="s">
+        <v>505</v>
+      </c>
+      <c r="V218" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W218" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X218" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y218" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z218" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA218" s="21"/>
+      <c r="AB218" s="21" t="s">
+        <v>729</v>
+      </c>
+      <c r="AC218" s="21" t="s">
+        <v>532</v>
+      </c>
+      <c r="AD218" s="21"/>
+      <c r="AE218" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF218" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG218" s="21" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="219" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A219" s="28" t="s">
+        <v>275</v>
+      </c>
+      <c r="B219" s="31">
+        <v>1</v>
+      </c>
+      <c r="H219" s="22"/>
+      <c r="I219" s="22"/>
+      <c r="J219" s="21"/>
+      <c r="K219" s="21" t="s">
+        <v>730</v>
+      </c>
+      <c r="L219" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M219" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N219" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O219" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P219" s="21" t="s">
+        <v>731</v>
+      </c>
+      <c r="Q219" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R219" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S219" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T219" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U219" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V219" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W219" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X219" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y219" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z219" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA219" s="21"/>
+      <c r="AB219" s="21"/>
+      <c r="AC219" s="21"/>
+      <c r="AD219" s="21"/>
+      <c r="AE219" s="21" t="s">
+        <v>576</v>
+      </c>
+      <c r="AF219" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG219" s="21" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="220" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A220" s="28" t="s">
+        <v>276</v>
+      </c>
+      <c r="B220" s="31">
+        <v>1</v>
+      </c>
+      <c r="H220" s="22"/>
+      <c r="I220" s="22"/>
+      <c r="J220" s="21"/>
+      <c r="K220" s="21" t="s">
+        <v>732</v>
+      </c>
+      <c r="L220" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M220" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N220" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O220" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P220" s="21" t="s">
+        <v>733</v>
+      </c>
+      <c r="Q220" s="21" t="s">
+        <v>734</v>
+      </c>
+      <c r="R220" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S220" s="21" t="s">
+        <v>735</v>
+      </c>
+      <c r="T220" s="21" t="s">
+        <v>172</v>
+      </c>
+      <c r="U220" s="21" t="s">
+        <v>736</v>
+      </c>
+      <c r="V220" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W220" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X220" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y220" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z220" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA220" s="21"/>
+      <c r="AB220" s="21"/>
+      <c r="AC220" s="21"/>
+      <c r="AD220" s="21"/>
+      <c r="AE220" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF220" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG220" s="21" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="221" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A221" s="28" t="s">
+        <v>277</v>
+      </c>
+      <c r="B221" s="31">
+        <v>1</v>
+      </c>
+      <c r="H221" s="22"/>
+      <c r="I221" s="22"/>
+      <c r="J221" s="21"/>
+      <c r="K221" s="21" t="s">
+        <v>738</v>
+      </c>
+      <c r="L221" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M221" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N221" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O221" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P221" s="21" t="s">
+        <v>739</v>
+      </c>
+      <c r="Q221" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R221" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S221" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T221" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U221" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V221" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W221" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X221" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y221" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z221" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA221" s="21"/>
+      <c r="AB221" s="21"/>
+      <c r="AC221" s="21"/>
+      <c r="AD221" s="21"/>
+      <c r="AE221" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF221" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG221" s="21" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="222" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A222" s="28" t="s">
+        <v>278</v>
+      </c>
+      <c r="B222" s="31">
+        <v>1</v>
+      </c>
+      <c r="H222" s="22"/>
+      <c r="I222" s="22"/>
+      <c r="J222" s="21"/>
+      <c r="K222" s="21" t="s">
+        <v>741</v>
+      </c>
+      <c r="L222" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M222" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N222" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O222" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P222" s="21" t="s">
+        <v>742</v>
+      </c>
+      <c r="Q222" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="R222" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S222" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="T222" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="U222" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="V222" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W222" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X222" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y222" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z222" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA222" s="21"/>
+      <c r="AB222" s="21"/>
+      <c r="AC222" s="21"/>
+      <c r="AD222" s="21"/>
+      <c r="AE222" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF222" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG222" s="21" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="223" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A223" s="28" t="s">
+        <v>279</v>
+      </c>
+      <c r="B223" s="31">
+        <v>1</v>
+      </c>
+      <c r="H223" s="22"/>
+      <c r="I223" s="22"/>
+      <c r="J223" s="21"/>
+      <c r="K223" s="21" t="s">
+        <v>744</v>
+      </c>
+      <c r="L223" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M223" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N223" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O223" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P223" s="21" t="s">
+        <v>745</v>
+      </c>
+      <c r="Q223" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R223" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S223" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T223" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U223" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V223" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W223" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X223" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y223" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z223" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA223" s="21"/>
+      <c r="AB223" s="21"/>
+      <c r="AC223" s="21"/>
+      <c r="AD223" s="21"/>
+      <c r="AE223" s="21" t="s">
+        <v>746</v>
+      </c>
+      <c r="AF223" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG223" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="224" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A224" s="28" t="s">
+        <v>280</v>
+      </c>
+      <c r="B224" s="31">
+        <v>1</v>
+      </c>
+      <c r="H224" s="22"/>
+      <c r="I224" s="22"/>
+      <c r="J224" s="21"/>
+      <c r="K224" s="21" t="s">
+        <v>747</v>
+      </c>
+      <c r="L224" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M224" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N224" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O224" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P224" s="21" t="s">
+        <v>748</v>
+      </c>
+      <c r="Q224" s="21" t="s">
+        <v>113</v>
+      </c>
+      <c r="R224" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S224" s="21" t="s">
+        <v>115</v>
+      </c>
+      <c r="T224" s="21" t="s">
+        <v>116</v>
+      </c>
+      <c r="U224" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="V224" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W224" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X224" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y224" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z224" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA224" s="21"/>
+      <c r="AB224" s="21"/>
+      <c r="AC224" s="21"/>
+      <c r="AD224" s="21"/>
+      <c r="AE224" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF224" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG224" s="21" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="225" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A225" s="28" t="s">
+        <v>281</v>
+      </c>
+      <c r="B225" s="31">
+        <v>1</v>
+      </c>
+      <c r="H225" s="22"/>
+      <c r="I225" s="22"/>
+      <c r="J225" s="21"/>
+      <c r="K225" s="21" t="s">
+        <v>750</v>
+      </c>
+      <c r="L225" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M225" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N225" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O225" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P225" s="21" t="s">
+        <v>751</v>
+      </c>
+      <c r="Q225" s="21" t="s">
+        <v>614</v>
+      </c>
+      <c r="R225" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S225" s="21" t="s">
+        <v>615</v>
+      </c>
+      <c r="T225" s="21" t="s">
+        <v>616</v>
+      </c>
+      <c r="U225" s="21" t="s">
+        <v>617</v>
+      </c>
+      <c r="V225" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W225" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X225" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y225" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z225" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA225" s="21"/>
+      <c r="AB225" s="21"/>
+      <c r="AC225" s="21"/>
+      <c r="AD225" s="21"/>
+      <c r="AE225" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF225" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG225" s="21" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="226" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A226" s="28" t="s">
+        <v>282</v>
+      </c>
+      <c r="B226" s="31">
+        <v>1</v>
+      </c>
+      <c r="H226" s="22"/>
+      <c r="I226" s="22"/>
+      <c r="J226" s="21"/>
+      <c r="K226" s="21" t="s">
+        <v>752</v>
+      </c>
+      <c r="L226" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M226" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N226" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O226" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P226" s="21" t="s">
+        <v>753</v>
+      </c>
+      <c r="Q226" s="21" t="s">
+        <v>614</v>
+      </c>
+      <c r="R226" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S226" s="21" t="s">
+        <v>615</v>
+      </c>
+      <c r="T226" s="21" t="s">
+        <v>616</v>
+      </c>
+      <c r="U226" s="21" t="s">
+        <v>617</v>
+      </c>
+      <c r="V226" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W226" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X226" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y226" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z226" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA226" s="21"/>
+      <c r="AB226" s="21"/>
+      <c r="AC226" s="21"/>
+      <c r="AD226" s="21"/>
+      <c r="AE226" s="21" t="s">
+        <v>743</v>
+      </c>
+      <c r="AF226" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG226" s="21" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="227" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A227" s="28" t="s">
+        <v>283</v>
+      </c>
+      <c r="B227" s="31">
+        <v>1</v>
+      </c>
+      <c r="H227" s="22"/>
+      <c r="I227" s="22"/>
+      <c r="J227" s="21"/>
+      <c r="K227" s="21" t="s">
+        <v>754</v>
+      </c>
+      <c r="L227" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M227" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N227" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O227" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P227" s="21" t="s">
+        <v>755</v>
+      </c>
+      <c r="Q227" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="R227" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S227" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="T227" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="U227" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="V227" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W227" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X227" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y227" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z227" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA227" s="21"/>
+      <c r="AB227" s="21"/>
+      <c r="AC227" s="21"/>
+      <c r="AD227" s="21"/>
+      <c r="AE227" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF227" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG227" s="21" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="228" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A228" s="28" t="s">
+        <v>284</v>
+      </c>
+      <c r="B228" s="31">
+        <v>1</v>
+      </c>
+      <c r="H228" s="22"/>
+      <c r="I228" s="22"/>
+      <c r="J228" s="21"/>
+      <c r="K228" s="21" t="s">
+        <v>756</v>
+      </c>
+      <c r="L228" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M228" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N228" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O228" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P228" s="21" t="s">
+        <v>757</v>
+      </c>
+      <c r="Q228" s="21" t="s">
+        <v>758</v>
+      </c>
+      <c r="R228" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S228" s="21" t="s">
+        <v>759</v>
+      </c>
+      <c r="T228" s="21" t="s">
+        <v>760</v>
+      </c>
+      <c r="U228" s="21" t="s">
+        <v>761</v>
+      </c>
+      <c r="V228" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W228" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X228" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y228" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z228" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA228" s="21"/>
+      <c r="AB228" s="21"/>
+      <c r="AC228" s="21"/>
+      <c r="AD228" s="21"/>
+      <c r="AE228" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF228" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG228" s="21" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="229" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A229" s="28" t="s">
+        <v>285</v>
+      </c>
+      <c r="B229" s="31">
+        <v>1</v>
+      </c>
+      <c r="H229" s="22"/>
+      <c r="I229" s="22"/>
+      <c r="J229" s="21"/>
+      <c r="K229" s="21" t="s">
+        <v>762</v>
+      </c>
+      <c r="L229" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M229" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N229" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O229" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P229" s="21" t="s">
+        <v>763</v>
+      </c>
+      <c r="Q229" s="21" t="s">
+        <v>614</v>
+      </c>
+      <c r="R229" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S229" s="21" t="s">
+        <v>615</v>
+      </c>
+      <c r="T229" s="21" t="s">
+        <v>616</v>
+      </c>
+      <c r="U229" s="21" t="s">
+        <v>617</v>
+      </c>
+      <c r="V229" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W229" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X229" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y229" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z229" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA229" s="21"/>
+      <c r="AB229" s="21"/>
+      <c r="AC229" s="21"/>
+      <c r="AD229" s="21" t="s">
+        <v>764</v>
+      </c>
+      <c r="AE229" s="21" t="s">
+        <v>743</v>
+      </c>
+      <c r="AF229" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG229" s="21" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="230" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A230" s="28" t="s">
+        <v>286</v>
+      </c>
+      <c r="B230" s="31">
+        <v>1</v>
+      </c>
+      <c r="H230" s="22"/>
+      <c r="I230" s="22"/>
+      <c r="J230" s="21"/>
+      <c r="K230" s="21" t="s">
+        <v>766</v>
+      </c>
+      <c r="L230" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M230" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N230" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O230" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P230" s="21" t="s">
+        <v>767</v>
+      </c>
+      <c r="Q230" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R230" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S230" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T230" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U230" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V230" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W230" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X230" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y230" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z230" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA230" s="21"/>
+      <c r="AB230" s="21"/>
+      <c r="AC230" s="21"/>
+      <c r="AD230" s="21"/>
+      <c r="AE230" s="21" t="s">
+        <v>625</v>
+      </c>
+      <c r="AF230" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG230" s="21" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="231" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A231" s="28" t="s">
+        <v>287</v>
+      </c>
+      <c r="B231" s="31">
+        <v>1</v>
+      </c>
+      <c r="H231" s="22"/>
+      <c r="I231" s="22"/>
+      <c r="J231" s="21"/>
+      <c r="K231" s="21" t="s">
+        <v>768</v>
+      </c>
+      <c r="L231" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M231" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N231" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O231" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P231" s="21" t="s">
+        <v>769</v>
+      </c>
+      <c r="Q231" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R231" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S231" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T231" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U231" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V231" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W231" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X231" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y231" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z231" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA231" s="21"/>
+      <c r="AB231" s="21"/>
+      <c r="AC231" s="21"/>
+      <c r="AD231" s="21"/>
+      <c r="AE231" s="21" t="s">
+        <v>576</v>
+      </c>
+      <c r="AF231" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG231" s="21" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="232" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A232" s="28" t="s">
+        <v>288</v>
+      </c>
+      <c r="B232" s="31">
+        <v>1</v>
+      </c>
+      <c r="H232" s="22"/>
+      <c r="I232" s="22"/>
+      <c r="J232" s="21"/>
+      <c r="K232" s="21" t="s">
+        <v>771</v>
+      </c>
+      <c r="L232" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M232" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N232" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O232" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P232" s="21" t="s">
+        <v>772</v>
+      </c>
+      <c r="Q232" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="R232" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S232" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="T232" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="U232" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="V232" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W232" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X232" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y232" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z232" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA232" s="21"/>
+      <c r="AB232" s="21"/>
+      <c r="AC232" s="21"/>
+      <c r="AD232" s="21"/>
+      <c r="AE232" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF232" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG232" s="21" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="233" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A233" s="28" t="s">
+        <v>289</v>
+      </c>
+      <c r="B233" s="31">
+        <v>1</v>
+      </c>
+      <c r="H233" s="22"/>
+      <c r="I233" s="22"/>
+      <c r="J233" s="21"/>
+      <c r="K233" s="21" t="s">
+        <v>774</v>
+      </c>
+      <c r="L233" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M233" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N233" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O233" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P233" s="21" t="s">
+        <v>775</v>
+      </c>
+      <c r="Q233" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R233" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S233" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T233" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U233" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V233" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W233" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X233" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y233" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z233" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA233" s="21"/>
+      <c r="AB233" s="21"/>
+      <c r="AC233" s="21"/>
+      <c r="AD233" s="21"/>
+      <c r="AE233" s="21" t="s">
+        <v>576</v>
+      </c>
+      <c r="AF233" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG233" s="21" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="234" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A234" s="28" t="s">
+        <v>290</v>
+      </c>
+      <c r="B234" s="31">
+        <v>1</v>
+      </c>
+      <c r="H234" s="22"/>
+      <c r="I234" s="22"/>
+      <c r="J234" s="21"/>
+      <c r="K234" s="21" t="s">
+        <v>776</v>
+      </c>
+      <c r="L234" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M234" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N234" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O234" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P234" s="21" t="s">
+        <v>777</v>
+      </c>
+      <c r="Q234" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R234" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S234" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T234" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U234" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V234" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W234" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X234" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y234" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z234" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA234" s="21"/>
+      <c r="AB234" s="21"/>
+      <c r="AC234" s="21"/>
+      <c r="AD234" s="21"/>
+      <c r="AE234" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF234" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG234" s="21" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="235" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A235" s="28" t="s">
+        <v>291</v>
+      </c>
+      <c r="B235" s="31">
+        <v>1</v>
+      </c>
+      <c r="H235" s="22"/>
+      <c r="I235" s="22"/>
+      <c r="J235" s="21"/>
+      <c r="K235" s="21" t="s">
+        <v>778</v>
+      </c>
+      <c r="L235" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M235" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N235" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O235" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P235" s="21" t="s">
+        <v>779</v>
+      </c>
+      <c r="Q235" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R235" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S235" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T235" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U235" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V235" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W235" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X235" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y235" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z235" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA235" s="21"/>
+      <c r="AB235" s="21"/>
+      <c r="AC235" s="21"/>
+      <c r="AD235" s="21"/>
+      <c r="AE235" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF235" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG235" s="21" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="236" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A236" s="28" t="s">
+        <v>292</v>
+      </c>
+      <c r="B236" s="31">
+        <v>1</v>
+      </c>
+      <c r="H236" s="22"/>
+      <c r="I236" s="22"/>
+      <c r="J236" s="21"/>
+      <c r="K236" s="21" t="s">
+        <v>780</v>
+      </c>
+      <c r="L236" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M236" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N236" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O236" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P236" s="21" t="s">
+        <v>781</v>
+      </c>
+      <c r="Q236" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R236" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S236" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T236" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U236" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V236" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W236" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X236" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y236" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z236" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA236" s="21"/>
+      <c r="AB236" s="21"/>
+      <c r="AC236" s="21"/>
+      <c r="AD236" s="21"/>
+      <c r="AE236" s="21" t="s">
+        <v>782</v>
+      </c>
+      <c r="AF236" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG236" s="21" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="237" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A237" s="28" t="s">
+        <v>293</v>
+      </c>
+      <c r="B237" s="31">
+        <v>1</v>
+      </c>
+      <c r="H237" s="22"/>
+      <c r="I237" s="22"/>
+      <c r="J237" s="21"/>
+      <c r="K237" s="21" t="s">
+        <v>783</v>
+      </c>
+      <c r="L237" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M237" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N237" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O237" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P237" s="21" t="s">
+        <v>784</v>
+      </c>
+      <c r="Q237" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R237" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S237" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T237" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U237" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V237" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W237" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X237" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y237" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z237" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA237" s="21"/>
+      <c r="AB237" s="21"/>
+      <c r="AC237" s="21"/>
+      <c r="AD237" s="21"/>
+      <c r="AE237" s="21" t="s">
+        <v>782</v>
+      </c>
+      <c r="AF237" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG237" s="21" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="238" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A238" s="28" t="s">
+        <v>294</v>
+      </c>
+      <c r="B238" s="31">
+        <v>1</v>
+      </c>
+      <c r="H238" s="22"/>
+      <c r="I238" s="22"/>
+      <c r="J238" s="21"/>
+      <c r="K238" s="21" t="s">
+        <v>785</v>
+      </c>
+      <c r="L238" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M238" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N238" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O238" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P238" s="21" t="s">
+        <v>786</v>
+      </c>
+      <c r="Q238" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R238" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S238" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T238" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U238" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V238" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W238" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X238" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y238" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z238" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA238" s="21"/>
+      <c r="AB238" s="21"/>
+      <c r="AC238" s="21"/>
+      <c r="AD238" s="21"/>
+      <c r="AE238" s="21" t="s">
+        <v>782</v>
+      </c>
+      <c r="AF238" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG238" s="21" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="239" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A239" s="28" t="s">
+        <v>295</v>
+      </c>
+      <c r="B239" s="31">
+        <v>1</v>
+      </c>
+      <c r="H239" s="22"/>
+      <c r="I239" s="22"/>
+      <c r="J239" s="21"/>
+      <c r="K239" s="21" t="s">
+        <v>787</v>
+      </c>
+      <c r="L239" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M239" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N239" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O239" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P239" s="21" t="s">
+        <v>788</v>
+      </c>
+      <c r="Q239" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R239" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S239" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T239" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U239" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V239" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W239" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X239" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y239" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z239" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA239" s="21"/>
+      <c r="AB239" s="21"/>
+      <c r="AC239" s="21"/>
+      <c r="AD239" s="21"/>
+      <c r="AE239" s="21" t="s">
+        <v>782</v>
+      </c>
+      <c r="AF239" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG239" s="21" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="240" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A240" s="28" t="s">
+        <v>296</v>
+      </c>
+      <c r="B240" s="31">
+        <v>1</v>
+      </c>
+      <c r="H240" s="22"/>
+      <c r="I240" s="22"/>
+      <c r="J240" s="21"/>
+      <c r="K240" s="21" t="s">
+        <v>789</v>
+      </c>
+      <c r="L240" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M240" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N240" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O240" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P240" s="21" t="s">
+        <v>790</v>
+      </c>
+      <c r="Q240" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R240" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S240" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T240" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U240" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V240" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W240" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X240" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y240" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z240" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA240" s="21"/>
+      <c r="AB240" s="21"/>
+      <c r="AC240" s="21"/>
+      <c r="AD240" s="21" t="s">
+        <v>791</v>
+      </c>
+      <c r="AE240" s="21" t="s">
+        <v>782</v>
+      </c>
+      <c r="AF240" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG240" s="21" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="241" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A241" s="28" t="s">
+        <v>297</v>
+      </c>
+      <c r="B241" s="31">
+        <v>1</v>
+      </c>
+      <c r="H241" s="22"/>
+      <c r="I241" s="22"/>
+      <c r="J241" s="21"/>
+      <c r="K241" s="21" t="s">
+        <v>792</v>
+      </c>
+      <c r="L241" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M241" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N241" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O241" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P241" s="21" t="s">
+        <v>793</v>
+      </c>
+      <c r="Q241" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R241" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S241" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T241" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U241" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V241" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W241" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X241" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y241" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z241" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA241" s="21"/>
+      <c r="AB241" s="21"/>
+      <c r="AC241" s="21"/>
+      <c r="AD241" s="21"/>
+      <c r="AE241" s="21" t="s">
+        <v>782</v>
+      </c>
+      <c r="AF241" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG241" s="21" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="242" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A242" s="28" t="s">
+        <v>298</v>
+      </c>
+      <c r="B242" s="31">
+        <v>1</v>
+      </c>
+      <c r="D242" s="31">
+        <v>1</v>
+      </c>
+      <c r="H242" s="22"/>
+      <c r="I242" s="22"/>
+      <c r="J242" s="21"/>
+      <c r="K242" s="21" t="s">
+        <v>794</v>
+      </c>
+      <c r="L242" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M242" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N242" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O242" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P242" s="21" t="s">
+        <v>795</v>
+      </c>
+      <c r="Q242" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R242" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S242" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T242" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U242" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V242" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W242" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X242" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y242" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z242" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA242" s="21"/>
+      <c r="AB242" s="21"/>
+      <c r="AC242" s="21"/>
+      <c r="AD242" s="21"/>
+      <c r="AE242" s="21" t="s">
+        <v>782</v>
+      </c>
+      <c r="AF242" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG242" s="21" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="243" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A243" s="28" t="s">
+        <v>299</v>
+      </c>
+      <c r="B243" s="31">
+        <v>1</v>
+      </c>
+      <c r="H243" s="22"/>
+      <c r="I243" s="22"/>
+      <c r="J243" s="21"/>
+      <c r="K243" s="21" t="s">
+        <v>796</v>
+      </c>
+      <c r="L243" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M243" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N243" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O243" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P243" s="21" t="s">
+        <v>797</v>
+      </c>
+      <c r="Q243" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R243" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S243" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T243" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U243" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V243" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W243" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X243" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y243" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z243" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA243" s="21"/>
+      <c r="AB243" s="21"/>
+      <c r="AC243" s="21"/>
+      <c r="AD243" s="21"/>
+      <c r="AE243" s="21" t="s">
+        <v>782</v>
+      </c>
+      <c r="AF243" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG243" s="21" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="244" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A244" s="28" t="s">
+        <v>300</v>
+      </c>
+      <c r="B244" s="31">
+        <v>1</v>
+      </c>
+      <c r="H244" s="22"/>
+      <c r="I244" s="22"/>
+      <c r="J244" s="21"/>
+      <c r="K244" s="21" t="s">
+        <v>798</v>
+      </c>
+      <c r="L244" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M244" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N244" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O244" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P244" s="21" t="s">
+        <v>799</v>
+      </c>
+      <c r="Q244" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R244" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S244" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T244" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U244" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V244" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W244" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X244" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y244" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z244" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA244" s="21"/>
+      <c r="AB244" s="21"/>
+      <c r="AC244" s="21"/>
+      <c r="AD244" s="21"/>
+      <c r="AE244" s="21" t="s">
+        <v>782</v>
+      </c>
+      <c r="AF244" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG244" s="21" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="245" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A245" s="28" t="s">
+        <v>301</v>
+      </c>
+      <c r="B245" s="31">
+        <v>1</v>
+      </c>
+      <c r="H245" s="22"/>
+      <c r="I245" s="22"/>
+      <c r="J245" s="21"/>
+      <c r="K245" s="21" t="s">
+        <v>800</v>
+      </c>
+      <c r="L245" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M245" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N245" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O245" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P245" s="21" t="s">
+        <v>801</v>
+      </c>
+      <c r="Q245" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R245" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S245" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T245" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U245" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V245" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W245" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X245" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y245" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z245" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA245" s="21"/>
+      <c r="AB245" s="21"/>
+      <c r="AC245" s="21"/>
+      <c r="AD245" s="21"/>
+      <c r="AE245" s="21" t="s">
+        <v>782</v>
+      </c>
+      <c r="AF245" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG245" s="21" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="246" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A246" s="28" t="s">
+        <v>302</v>
+      </c>
+      <c r="B246" s="31">
+        <v>1</v>
+      </c>
+      <c r="H246" s="22"/>
+      <c r="I246" s="22"/>
+      <c r="J246" s="21"/>
+      <c r="K246" s="21" t="s">
+        <v>802</v>
+      </c>
+      <c r="L246" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M246" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N246" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O246" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P246" s="21" t="s">
+        <v>803</v>
+      </c>
+      <c r="Q246" s="21" t="s">
+        <v>113</v>
+      </c>
+      <c r="R246" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S246" s="21" t="s">
+        <v>115</v>
+      </c>
+      <c r="T246" s="21" t="s">
+        <v>116</v>
+      </c>
+      <c r="U246" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="V246" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W246" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X246" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y246" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z246" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA246" s="21"/>
+      <c r="AB246" s="21"/>
+      <c r="AC246" s="21"/>
+      <c r="AD246" s="21" t="s">
+        <v>804</v>
+      </c>
+      <c r="AE246" s="21" t="s">
+        <v>538</v>
+      </c>
+      <c r="AF246" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG246" s="21" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="247" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A247" s="28" t="s">
+        <v>303</v>
+      </c>
+      <c r="B247" s="31">
+        <v>1</v>
+      </c>
+      <c r="H247" s="22"/>
+      <c r="I247" s="22"/>
+      <c r="J247" s="21"/>
+      <c r="K247" s="21" t="s">
+        <v>805</v>
+      </c>
+      <c r="L247" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M247" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N247" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O247" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P247" s="21" t="s">
+        <v>806</v>
+      </c>
+      <c r="Q247" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R247" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S247" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T247" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U247" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V247" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W247" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X247" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y247" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z247" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA247" s="21"/>
+      <c r="AB247" s="21"/>
+      <c r="AC247" s="21" t="s">
+        <v>575</v>
+      </c>
+      <c r="AD247" s="21" t="s">
+        <v>807</v>
+      </c>
+      <c r="AE247" s="21" t="s">
+        <v>782</v>
+      </c>
+      <c r="AF247" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG247" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="248" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A248" s="28" t="s">
+        <v>304</v>
+      </c>
+      <c r="B248" s="31">
+        <v>1</v>
+      </c>
+      <c r="H248" s="22"/>
+      <c r="I248" s="22"/>
+      <c r="J248" s="21"/>
+      <c r="K248" s="21" t="s">
+        <v>808</v>
+      </c>
+      <c r="L248" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M248" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N248" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O248" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P248" s="21" t="s">
+        <v>809</v>
+      </c>
+      <c r="Q248" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R248" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S248" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T248" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U248" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V248" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W248" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X248" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y248" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z248" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA248" s="21"/>
+      <c r="AB248" s="21"/>
+      <c r="AC248" s="21"/>
+      <c r="AD248" s="21" t="s">
+        <v>810</v>
+      </c>
+      <c r="AE248" s="21" t="s">
+        <v>782</v>
+      </c>
+      <c r="AF248" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG248" s="21" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="249" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A249" s="28" t="s">
+        <v>305</v>
+      </c>
+      <c r="B249" s="31">
+        <v>1</v>
+      </c>
+      <c r="H249" s="22"/>
+      <c r="I249" s="22"/>
+      <c r="J249" s="21"/>
+      <c r="K249" s="21" t="s">
+        <v>811</v>
+      </c>
+      <c r="L249" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M249" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N249" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O249" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P249" s="21" t="s">
+        <v>812</v>
+      </c>
+      <c r="Q249" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R249" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S249" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T249" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U249" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V249" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W249" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X249" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y249" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z249" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA249" s="21"/>
+      <c r="AB249" s="21"/>
+      <c r="AC249" s="21"/>
+      <c r="AD249" s="21"/>
+      <c r="AE249" s="21" t="s">
+        <v>782</v>
+      </c>
+      <c r="AF249" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG249" s="21" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="250" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A250" s="28" t="s">
+        <v>306</v>
+      </c>
+      <c r="B250" s="31">
+        <v>1</v>
+      </c>
+      <c r="H250" s="22"/>
+      <c r="I250" s="22"/>
+      <c r="J250" s="21"/>
+      <c r="K250" s="21" t="s">
+        <v>813</v>
+      </c>
+      <c r="L250" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M250" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N250" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O250" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P250" s="21" t="s">
+        <v>814</v>
+      </c>
+      <c r="Q250" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R250" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S250" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T250" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U250" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V250" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W250" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X250" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y250" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z250" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA250" s="21"/>
+      <c r="AB250" s="21"/>
+      <c r="AC250" s="21"/>
+      <c r="AD250" s="21"/>
+      <c r="AE250" s="21" t="s">
+        <v>782</v>
+      </c>
+      <c r="AF250" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG250" s="21" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="251" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A251" s="28" t="s">
+        <v>307</v>
+      </c>
+      <c r="B251" s="31">
+        <v>1</v>
+      </c>
+      <c r="H251" s="22"/>
+      <c r="I251" s="22"/>
+      <c r="J251" s="21"/>
+      <c r="K251" s="21" t="s">
+        <v>815</v>
+      </c>
+      <c r="L251" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M251" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N251" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O251" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P251" s="21" t="s">
+        <v>816</v>
+      </c>
+      <c r="Q251" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R251" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S251" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T251" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U251" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V251" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W251" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X251" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y251" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z251" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA251" s="21"/>
+      <c r="AB251" s="21"/>
+      <c r="AC251" s="21"/>
+      <c r="AD251" s="21"/>
+      <c r="AE251" s="21" t="s">
+        <v>782</v>
+      </c>
+      <c r="AF251" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG251" s="21" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="252" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A252" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="B252" s="31">
+        <v>1</v>
+      </c>
+      <c r="H252" s="22"/>
+      <c r="I252" s="22"/>
+      <c r="J252" s="21"/>
+      <c r="K252" s="21" t="s">
+        <v>817</v>
+      </c>
+      <c r="L252" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M252" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N252" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O252" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P252" s="21" t="s">
+        <v>818</v>
+      </c>
+      <c r="Q252" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R252" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S252" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T252" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U252" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V252" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W252" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X252" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y252" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z252" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA252" s="21"/>
+      <c r="AB252" s="21"/>
+      <c r="AC252" s="21"/>
+      <c r="AD252" s="21"/>
+      <c r="AE252" s="21" t="s">
+        <v>782</v>
+      </c>
+      <c r="AF252" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG252" s="21" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="253" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A253" s="28" t="s">
+        <v>309</v>
+      </c>
+      <c r="B253" s="31">
+        <v>1</v>
+      </c>
+      <c r="H253" s="22"/>
+      <c r="I253" s="22"/>
+      <c r="J253" s="21"/>
+      <c r="K253" s="21" t="s">
+        <v>819</v>
+      </c>
+      <c r="L253" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M253" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N253" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O253" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P253" s="21" t="s">
+        <v>820</v>
+      </c>
+      <c r="Q253" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R253" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S253" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T253" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U253" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V253" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W253" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X253" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y253" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z253" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA253" s="21"/>
+      <c r="AB253" s="21"/>
+      <c r="AC253" s="21"/>
+      <c r="AD253" s="21"/>
+      <c r="AE253" s="21" t="s">
+        <v>782</v>
+      </c>
+      <c r="AF253" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG253" s="21" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="254" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A254" s="28" t="s">
+        <v>310</v>
+      </c>
+      <c r="B254" s="31">
+        <v>1</v>
+      </c>
+      <c r="H254" s="22"/>
+      <c r="I254" s="22"/>
+      <c r="J254" s="21"/>
+      <c r="K254" s="21" t="s">
+        <v>821</v>
+      </c>
+      <c r="L254" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M254" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N254" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O254" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P254" s="21" t="s">
+        <v>822</v>
+      </c>
+      <c r="Q254" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R254" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S254" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T254" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U254" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V254" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W254" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X254" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y254" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z254" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA254" s="21"/>
+      <c r="AB254" s="21"/>
+      <c r="AC254" s="21"/>
+      <c r="AD254" s="21"/>
+      <c r="AE254" s="21" t="s">
+        <v>823</v>
+      </c>
+      <c r="AF254" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG254" s="21" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="255" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A255" s="28" t="s">
+        <v>311</v>
+      </c>
+      <c r="B255" s="31">
+        <v>1</v>
+      </c>
+      <c r="H255" s="22"/>
+      <c r="I255" s="22"/>
+      <c r="J255" s="21"/>
+      <c r="K255" s="21" t="s">
+        <v>824</v>
+      </c>
+      <c r="L255" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M255" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N255" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O255" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P255" s="21" t="s">
+        <v>825</v>
+      </c>
+      <c r="Q255" s="21" t="s">
+        <v>425</v>
+      </c>
+      <c r="R255" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S255" s="21" t="s">
+        <v>426</v>
+      </c>
+      <c r="T255" s="21" t="s">
+        <v>427</v>
+      </c>
+      <c r="U255" s="21" t="s">
+        <v>428</v>
+      </c>
+      <c r="V255" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W255" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X255" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y255" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z255" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA255" s="21"/>
+      <c r="AB255" s="21"/>
+      <c r="AC255" s="21" t="s">
+        <v>826</v>
+      </c>
+      <c r="AD255" s="21"/>
+      <c r="AE255" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF255" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG255" s="21" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="256" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A256" s="28" t="s">
+        <v>312</v>
+      </c>
+      <c r="B256" s="31">
+        <v>1</v>
+      </c>
+      <c r="H256" s="22"/>
+      <c r="I256" s="22"/>
+      <c r="J256" s="21"/>
+      <c r="K256" s="21" t="s">
+        <v>828</v>
+      </c>
+      <c r="L256" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M256" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N256" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O256" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P256" s="21" t="s">
+        <v>829</v>
+      </c>
+      <c r="Q256" s="21" t="s">
+        <v>113</v>
+      </c>
+      <c r="R256" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S256" s="21" t="s">
+        <v>115</v>
+      </c>
+      <c r="T256" s="21" t="s">
+        <v>116</v>
+      </c>
+      <c r="U256" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="V256" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W256" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X256" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y256" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z256" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA256" s="21"/>
+      <c r="AB256" s="21"/>
+      <c r="AC256" s="21"/>
+      <c r="AD256" s="21"/>
+      <c r="AE256" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF256" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG256" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="257" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A257" s="28" t="s">
+        <v>313</v>
+      </c>
+      <c r="B257" s="31">
+        <v>1</v>
+      </c>
+      <c r="H257" s="22"/>
+      <c r="I257" s="22"/>
+      <c r="J257" s="21"/>
+      <c r="K257" s="21" t="s">
+        <v>830</v>
+      </c>
+      <c r="L257" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M257" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N257" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O257" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P257" s="21" t="s">
+        <v>831</v>
+      </c>
+      <c r="Q257" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R257" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S257" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T257" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U257" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V257" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W257" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X257" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y257" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z257" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA257" s="21"/>
+      <c r="AB257" s="21"/>
+      <c r="AC257" s="21"/>
+      <c r="AD257" s="21"/>
+      <c r="AE257" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF257" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG257" s="21" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="258" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A258" s="28" t="s">
+        <v>314</v>
+      </c>
+      <c r="B258" s="31">
+        <v>1</v>
+      </c>
+      <c r="H258" s="22"/>
+      <c r="I258" s="22"/>
+      <c r="J258" s="21"/>
+      <c r="K258" s="21" t="s">
+        <v>832</v>
+      </c>
+      <c r="L258" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M258" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N258" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O258" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P258" s="21" t="s">
+        <v>833</v>
+      </c>
+      <c r="Q258" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R258" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S258" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T258" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U258" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V258" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W258" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X258" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y258" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z258" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA258" s="21"/>
+      <c r="AB258" s="21"/>
+      <c r="AC258" s="21" t="s">
+        <v>575</v>
+      </c>
+      <c r="AD258" s="21"/>
+      <c r="AE258" s="21" t="s">
+        <v>625</v>
+      </c>
+      <c r="AF258" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG258" s="21" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="259" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A259" s="28" t="s">
+        <v>315</v>
+      </c>
+      <c r="B259" s="31">
+        <v>1</v>
+      </c>
+      <c r="H259" s="22"/>
+      <c r="I259" s="22"/>
+      <c r="J259" s="21"/>
+      <c r="K259" s="21" t="s">
+        <v>834</v>
+      </c>
+      <c r="L259" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M259" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N259" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O259" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P259" s="21" t="s">
+        <v>835</v>
+      </c>
+      <c r="Q259" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R259" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S259" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T259" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U259" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V259" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W259" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X259" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y259" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z259" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA259" s="21"/>
+      <c r="AB259" s="21"/>
+      <c r="AC259" s="21" t="s">
+        <v>575</v>
+      </c>
+      <c r="AD259" s="21"/>
+      <c r="AE259" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF259" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG259" s="21" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="260" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A260" s="28" t="s">
+        <v>316</v>
+      </c>
+      <c r="B260" s="31">
+        <v>1</v>
+      </c>
+      <c r="H260" s="22"/>
+      <c r="I260" s="22"/>
+      <c r="J260" s="21"/>
+      <c r="K260" s="21" t="s">
+        <v>836</v>
+      </c>
+      <c r="L260" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M260" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N260" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O260" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P260" s="21" t="s">
+        <v>837</v>
+      </c>
+      <c r="Q260" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R260" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S260" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T260" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U260" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V260" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W260" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X260" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y260" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z260" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA260" s="21"/>
+      <c r="AB260" s="21"/>
+      <c r="AC260" s="21"/>
+      <c r="AD260" s="21"/>
+      <c r="AE260" s="21" t="s">
+        <v>576</v>
+      </c>
+      <c r="AF260" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG260" s="21" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="261" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A261" s="28" t="s">
+        <v>317</v>
+      </c>
+      <c r="B261" s="31">
+        <v>1</v>
+      </c>
+      <c r="H261" s="22"/>
+      <c r="I261" s="22"/>
+      <c r="J261" s="21"/>
+      <c r="K261" s="21" t="s">
+        <v>838</v>
+      </c>
+      <c r="L261" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M261" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N261" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O261" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P261" s="21" t="s">
+        <v>839</v>
+      </c>
+      <c r="Q261" s="21" t="s">
+        <v>840</v>
+      </c>
+      <c r="R261" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S261" s="21" t="s">
+        <v>841</v>
+      </c>
+      <c r="T261" s="21" t="s">
+        <v>842</v>
+      </c>
+      <c r="U261" s="21" t="s">
+        <v>843</v>
+      </c>
+      <c r="V261" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W261" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X261" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y261" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z261" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA261" s="21"/>
+      <c r="AB261" s="21"/>
+      <c r="AC261" s="21"/>
+      <c r="AD261" s="21"/>
+      <c r="AE261" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF261" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG261" s="21" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="262" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A262" s="28" t="s">
+        <v>318</v>
+      </c>
+      <c r="B262" s="31">
+        <v>1</v>
+      </c>
+      <c r="H262" s="22"/>
+      <c r="I262" s="22"/>
+      <c r="J262" s="21"/>
+      <c r="K262" s="21" t="s">
+        <v>845</v>
+      </c>
+      <c r="L262" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M262" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N262" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O262" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P262" s="21" t="s">
+        <v>846</v>
+      </c>
+      <c r="Q262" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R262" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S262" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T262" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U262" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V262" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W262" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X262" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y262" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z262" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA262" s="21"/>
+      <c r="AB262" s="21"/>
+      <c r="AC262" s="21" t="s">
+        <v>575</v>
+      </c>
+      <c r="AD262" s="21" t="s">
+        <v>847</v>
+      </c>
+      <c r="AE262" s="21" t="s">
+        <v>576</v>
+      </c>
+      <c r="AF262" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG262" s="21" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="263" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A263" s="28" t="s">
+        <v>319</v>
+      </c>
+      <c r="B263" s="31">
+        <v>1</v>
+      </c>
+      <c r="H263" s="22"/>
+      <c r="I263" s="22"/>
+      <c r="J263" s="21"/>
+      <c r="K263" s="21" t="s">
+        <v>848</v>
+      </c>
+      <c r="L263" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M263" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N263" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O263" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P263" s="21" t="s">
+        <v>849</v>
+      </c>
+      <c r="Q263" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="R263" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S263" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="T263" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="U263" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="V263" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W263" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X263" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y263" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z263" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA263" s="21"/>
+      <c r="AB263" s="21"/>
+      <c r="AC263" s="21"/>
+      <c r="AD263" s="21"/>
+      <c r="AE263" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF263" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG263" s="21" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="264" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A264" s="28" t="s">
+        <v>320</v>
+      </c>
+      <c r="B264" s="31">
+        <v>1</v>
+      </c>
+      <c r="H264" s="22"/>
+      <c r="I264" s="22"/>
+      <c r="J264" s="21"/>
+      <c r="K264" s="21" t="s">
+        <v>850</v>
+      </c>
+      <c r="L264" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M264" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N264" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O264" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P264" s="21" t="s">
+        <v>851</v>
+      </c>
+      <c r="Q264" s="21" t="s">
+        <v>614</v>
+      </c>
+      <c r="R264" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S264" s="21" t="s">
+        <v>615</v>
+      </c>
+      <c r="T264" s="21" t="s">
+        <v>616</v>
+      </c>
+      <c r="U264" s="21" t="s">
+        <v>617</v>
+      </c>
+      <c r="V264" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W264" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X264" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y264" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z264" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA264" s="21"/>
+      <c r="AB264" s="21"/>
+      <c r="AC264" s="21"/>
+      <c r="AD264" s="21"/>
+      <c r="AE264" s="21" t="s">
+        <v>743</v>
+      </c>
+      <c r="AF264" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG264" s="21" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="265" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A265" s="28" t="s">
+        <v>393</v>
+      </c>
+      <c r="I265" s="22">
+        <v>1</v>
+      </c>
+      <c r="J265" s="21"/>
+      <c r="K265" s="21" t="s">
+        <v>852</v>
+      </c>
+      <c r="L265" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M265" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N265" s="21" t="s">
+        <v>422</v>
+      </c>
+      <c r="O265" s="21" t="s">
+        <v>423</v>
+      </c>
+      <c r="P265" s="21" t="s">
+        <v>853</v>
+      </c>
+      <c r="Q265" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R265" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S265" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T265" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U265" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V265" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W265" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X265" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y265" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z265" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA265" s="21"/>
+      <c r="AB265" s="21"/>
+      <c r="AC265" s="21" t="s">
+        <v>854</v>
+      </c>
+      <c r="AD265" s="21"/>
+      <c r="AE265" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF265" s="21" t="s">
+        <v>431</v>
+      </c>
+      <c r="AG265" s="21" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="266" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A266" s="28" t="s">
+        <v>321</v>
+      </c>
+      <c r="B266" s="31">
+        <v>1</v>
+      </c>
+      <c r="H266" s="22"/>
+      <c r="I266" s="22"/>
+      <c r="J266" s="21"/>
+      <c r="K266" s="21" t="s">
+        <v>855</v>
+      </c>
+      <c r="L266" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M266" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N266" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O266" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P266" s="21" t="s">
+        <v>856</v>
+      </c>
+      <c r="Q266" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R266" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S266" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T266" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U266" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V266" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W266" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X266" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y266" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z266" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA266" s="21"/>
+      <c r="AB266" s="21"/>
+      <c r="AC266" s="21"/>
+      <c r="AD266" s="21"/>
+      <c r="AE266" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF266" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG266" s="21" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="267" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A267" s="28" t="s">
+        <v>322</v>
+      </c>
+      <c r="B267" s="31">
+        <v>1</v>
+      </c>
+      <c r="H267" s="22"/>
+      <c r="I267" s="22"/>
+      <c r="J267" s="21"/>
+      <c r="K267" s="21" t="s">
+        <v>857</v>
+      </c>
+      <c r="L267" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M267" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N267" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O267" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P267" s="21" t="s">
+        <v>858</v>
+      </c>
+      <c r="Q267" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R267" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S267" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T267" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U267" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V267" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W267" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X267" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y267" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z267" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA267" s="21"/>
+      <c r="AB267" s="21"/>
+      <c r="AC267" s="21"/>
+      <c r="AD267" s="21"/>
+      <c r="AE267" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF267" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG267" s="21" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="268" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A268" s="28" t="s">
+        <v>323</v>
+      </c>
+      <c r="B268" s="31">
+        <v>1</v>
+      </c>
+      <c r="H268" s="22"/>
+      <c r="I268" s="22"/>
+      <c r="J268" s="21"/>
+      <c r="K268" s="21" t="s">
+        <v>859</v>
+      </c>
+      <c r="L268" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M268" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N268" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O268" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P268" s="21" t="s">
+        <v>860</v>
+      </c>
+      <c r="Q268" s="21" t="s">
+        <v>119</v>
+      </c>
+      <c r="R268" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S268" s="21" t="s">
+        <v>120</v>
+      </c>
+      <c r="T268" s="21" t="s">
+        <v>121</v>
+      </c>
+      <c r="U268" s="21" t="s">
+        <v>122</v>
+      </c>
+      <c r="V268" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W268" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X268" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y268" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z268" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA268" s="21"/>
+      <c r="AB268" s="21"/>
+      <c r="AC268" s="21"/>
+      <c r="AD268" s="21"/>
+      <c r="AE268" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF268" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG268" s="21" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="269" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A269" s="28" t="s">
+        <v>324</v>
+      </c>
+      <c r="B269" s="31">
+        <v>1</v>
+      </c>
+      <c r="H269" s="22"/>
+      <c r="I269" s="22"/>
+      <c r="J269" s="21"/>
+      <c r="K269" s="21" t="s">
+        <v>862</v>
+      </c>
+      <c r="L269" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M269" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N269" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O269" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P269" s="21" t="s">
+        <v>863</v>
+      </c>
+      <c r="Q269" s="21" t="s">
+        <v>113</v>
+      </c>
+      <c r="R269" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S269" s="21" t="s">
+        <v>115</v>
+      </c>
+      <c r="T269" s="21" t="s">
+        <v>116</v>
+      </c>
+      <c r="U269" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="V269" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W269" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X269" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y269" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z269" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA269" s="21"/>
+      <c r="AB269" s="21"/>
+      <c r="AC269" s="21"/>
+      <c r="AD269" s="21" t="s">
+        <v>864</v>
+      </c>
+      <c r="AE269" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF269" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG269" s="21" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="270" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A270" s="28" t="s">
+        <v>325</v>
+      </c>
+      <c r="B270" s="31">
+        <v>1</v>
+      </c>
+      <c r="H270" s="22"/>
+      <c r="I270" s="22"/>
+      <c r="J270" s="21"/>
+      <c r="K270" s="21" t="s">
+        <v>865</v>
+      </c>
+      <c r="L270" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M270" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N270" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O270" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P270" s="21" t="s">
+        <v>866</v>
+      </c>
+      <c r="Q270" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R270" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S270" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T270" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U270" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V270" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W270" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X270" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y270" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z270" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA270" s="21"/>
+      <c r="AB270" s="21"/>
+      <c r="AC270" s="21"/>
+      <c r="AD270" s="21"/>
+      <c r="AE270" s="21" t="s">
+        <v>576</v>
+      </c>
+      <c r="AF270" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG270" s="21" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="271" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A271" s="28" t="s">
+        <v>326</v>
+      </c>
+      <c r="B271" s="31">
+        <v>1</v>
+      </c>
+      <c r="H271" s="22"/>
+      <c r="I271" s="22"/>
+      <c r="J271" s="21"/>
+      <c r="K271" s="21" t="s">
+        <v>867</v>
+      </c>
+      <c r="L271" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M271" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N271" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O271" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P271" s="21" t="s">
+        <v>868</v>
+      </c>
+      <c r="Q271" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R271" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S271" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T271" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U271" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V271" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W271" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X271" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y271" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z271" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA271" s="21"/>
+      <c r="AB271" s="21"/>
+      <c r="AC271" s="21"/>
+      <c r="AD271" s="21" t="s">
+        <v>869</v>
+      </c>
+      <c r="AE271" s="21" t="s">
+        <v>576</v>
+      </c>
+      <c r="AF271" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG271" s="21" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="272" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A272" s="51" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C272" s="31">
+        <v>1</v>
+      </c>
+      <c r="H272" s="22"/>
+      <c r="I272" s="22"/>
+      <c r="J272" s="21"/>
+      <c r="K272" s="21" t="s">
+        <v>2127</v>
+      </c>
+      <c r="L272" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M272" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N272" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O272" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P272" s="21" t="s">
+        <v>2128</v>
+      </c>
+      <c r="Q272" s="21" t="s">
+        <v>758</v>
+      </c>
+      <c r="R272" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S272" s="21" t="s">
+        <v>759</v>
+      </c>
+      <c r="T272" s="21" t="s">
+        <v>760</v>
+      </c>
+      <c r="U272" s="21" t="s">
+        <v>761</v>
+      </c>
+      <c r="V272" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W272" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X272" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y272" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z272" s="21" t="s">
+        <v>202</v>
+      </c>
+      <c r="AA272" s="21" t="s">
+        <v>2129</v>
+      </c>
+      <c r="AB272" s="21"/>
+      <c r="AC272" s="21" t="s">
+        <v>873</v>
+      </c>
+      <c r="AD272" s="21"/>
+      <c r="AE272" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF272" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG272" s="21" t="s">
+        <v>2130</v>
+      </c>
+    </row>
+    <row r="273" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A273" s="51" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C273" s="31">
+        <v>1</v>
+      </c>
+      <c r="H273" s="22"/>
+      <c r="I273" s="22"/>
+      <c r="J273" s="21"/>
+      <c r="K273" s="21" t="s">
+        <v>2131</v>
+      </c>
+      <c r="L273" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M273" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N273" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O273" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P273" s="21" t="s">
+        <v>2132</v>
+      </c>
+      <c r="Q273" s="21" t="s">
+        <v>170</v>
+      </c>
+      <c r="R273" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S273" s="21" t="s">
+        <v>171</v>
+      </c>
+      <c r="T273" s="21" t="s">
+        <v>172</v>
+      </c>
+      <c r="U273" s="21" t="s">
+        <v>173</v>
+      </c>
+      <c r="V273" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W273" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X273" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y273" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z273" s="21" t="s">
+        <v>202</v>
+      </c>
+      <c r="AA273" s="21" t="s">
+        <v>2133</v>
+      </c>
+      <c r="AB273" s="21"/>
+      <c r="AC273" s="21" t="s">
+        <v>873</v>
+      </c>
+      <c r="AD273" s="21"/>
+      <c r="AE273" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF273" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG273" s="21" t="s">
+        <v>2130</v>
+      </c>
+    </row>
+    <row r="274" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A274" s="51" t="s">
+        <v>1282</v>
+      </c>
+      <c r="C274" s="31">
+        <v>1</v>
+      </c>
+      <c r="H274" s="22"/>
+      <c r="I274" s="22"/>
+      <c r="J274" s="21"/>
+      <c r="K274" s="21" t="s">
+        <v>2134</v>
+      </c>
+      <c r="L274" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M274" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N274" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O274" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P274" s="21" t="s">
+        <v>2135</v>
+      </c>
+      <c r="Q274" s="21" t="s">
+        <v>1501</v>
+      </c>
+      <c r="R274" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S274" s="21" t="s">
+        <v>1502</v>
+      </c>
+      <c r="T274" s="21" t="s">
+        <v>1503</v>
+      </c>
+      <c r="U274" s="21" t="s">
+        <v>1504</v>
+      </c>
+      <c r="V274" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W274" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X274" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y274" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z274" s="21" t="s">
+        <v>202</v>
+      </c>
+      <c r="AA274" s="21" t="s">
+        <v>2136</v>
+      </c>
+      <c r="AB274" s="21"/>
+      <c r="AC274" s="21" t="s">
+        <v>873</v>
+      </c>
+      <c r="AD274" s="21"/>
+      <c r="AE274" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF274" s="21" t="s">
+        <v>1638</v>
+      </c>
+      <c r="AG274" s="21" t="s">
+        <v>2130</v>
+      </c>
+    </row>
+    <row r="275" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A275" s="51" t="s">
+        <v>1283</v>
+      </c>
+      <c r="C275" s="31">
+        <v>1</v>
+      </c>
+      <c r="H275" s="22"/>
+      <c r="I275" s="22"/>
+      <c r="J275" s="21"/>
+      <c r="K275" s="21" t="s">
+        <v>2137</v>
+      </c>
+      <c r="L275" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M275" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N275" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O275" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P275" s="21" t="s">
+        <v>2138</v>
+      </c>
+      <c r="Q275" s="21" t="s">
+        <v>170</v>
+      </c>
+      <c r="R275" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S275" s="21" t="s">
+        <v>171</v>
+      </c>
+      <c r="T275" s="21" t="s">
+        <v>172</v>
+      </c>
+      <c r="U275" s="21" t="s">
+        <v>173</v>
+      </c>
+      <c r="V275" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W275" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X275" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y275" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z275" s="21" t="s">
+        <v>202</v>
+      </c>
+      <c r="AA275" s="21" t="s">
+        <v>2139</v>
+      </c>
+      <c r="AB275" s="21"/>
+      <c r="AC275" s="21" t="s">
+        <v>873</v>
+      </c>
+      <c r="AD275" s="21"/>
+      <c r="AE275" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF275" s="21" t="s">
+        <v>1638</v>
+      </c>
+      <c r="AG275" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="276" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A276" s="51" t="s">
+        <v>1284</v>
+      </c>
+      <c r="C276" s="31">
+        <v>1</v>
+      </c>
+      <c r="H276" s="22"/>
+      <c r="I276" s="22"/>
+      <c r="J276" s="21"/>
+      <c r="K276" s="21" t="s">
+        <v>2140</v>
+      </c>
+      <c r="L276" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M276" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N276" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O276" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P276" s="21" t="s">
+        <v>2141</v>
+      </c>
+      <c r="Q276" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R276" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S276" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T276" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U276" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V276" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W276" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X276" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y276" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z276" s="21" t="s">
+        <v>202</v>
+      </c>
+      <c r="AA276" s="21" t="s">
+        <v>2142</v>
+      </c>
+      <c r="AB276" s="21"/>
+      <c r="AC276" s="21" t="s">
+        <v>873</v>
+      </c>
+      <c r="AD276" s="21"/>
+      <c r="AE276" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF276" s="21" t="s">
+        <v>1638</v>
+      </c>
+      <c r="AG276" s="21" t="s">
+        <v>2130</v>
+      </c>
+    </row>
+    <row r="277" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A277" s="51" t="s">
+        <v>1285</v>
+      </c>
+      <c r="C277" s="31">
+        <v>1</v>
+      </c>
+      <c r="H277" s="22"/>
+      <c r="I277" s="22"/>
+      <c r="J277" s="21"/>
+      <c r="K277" s="21" t="s">
+        <v>2143</v>
+      </c>
+      <c r="L277" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M277" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N277" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O277" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P277" s="21" t="s">
+        <v>2144</v>
+      </c>
+      <c r="Q277" s="21" t="s">
+        <v>425</v>
+      </c>
+      <c r="R277" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S277" s="21" t="s">
+        <v>426</v>
+      </c>
+      <c r="T277" s="21" t="s">
+        <v>427</v>
+      </c>
+      <c r="U277" s="21" t="s">
+        <v>428</v>
+      </c>
+      <c r="V277" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W277" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X277" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y277" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z277" s="21" t="s">
+        <v>202</v>
+      </c>
+      <c r="AA277" s="21" t="s">
+        <v>2145</v>
+      </c>
+      <c r="AB277" s="21"/>
+      <c r="AC277" s="21" t="s">
+        <v>873</v>
+      </c>
+      <c r="AD277" s="21"/>
+      <c r="AE277" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF277" s="21" t="s">
+        <v>1638</v>
+      </c>
+      <c r="AG277" s="21" t="s">
+        <v>2130</v>
+      </c>
+    </row>
+    <row r="278" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A278" s="28" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C278" s="31">
+        <v>1</v>
+      </c>
+      <c r="G278" s="31">
+        <v>1</v>
+      </c>
+      <c r="H278" s="22"/>
+      <c r="I278" s="22"/>
+      <c r="J278" s="21"/>
+      <c r="K278" s="21" t="s">
+        <v>2146</v>
+      </c>
+      <c r="L278" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M278" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N278" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O278" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P278" s="21" t="s">
+        <v>2147</v>
+      </c>
+      <c r="Q278" s="21" t="s">
+        <v>663</v>
+      </c>
+      <c r="R278" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S278" s="21" t="s">
+        <v>665</v>
+      </c>
+      <c r="T278" s="21" t="s">
+        <v>666</v>
+      </c>
+      <c r="U278" s="21" t="s">
+        <v>667</v>
+      </c>
+      <c r="V278" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W278" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X278" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y278" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z278" s="21" t="s">
+        <v>202</v>
+      </c>
+      <c r="AA278" s="21" t="s">
+        <v>2148</v>
+      </c>
+      <c r="AB278" s="21"/>
+      <c r="AC278" s="21" t="s">
+        <v>873</v>
+      </c>
+      <c r="AD278" s="21"/>
+      <c r="AE278" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF278" s="21" t="s">
+        <v>1638</v>
+      </c>
+      <c r="AG278" s="21" t="s">
+        <v>2130</v>
+      </c>
+    </row>
+    <row r="279" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A279" s="51" t="s">
+        <v>1339</v>
+      </c>
+      <c r="C279" s="31">
+        <v>1</v>
+      </c>
+      <c r="H279" s="22"/>
+      <c r="I279" s="22"/>
+      <c r="J279" s="21"/>
+      <c r="K279" s="21" t="s">
+        <v>2149</v>
+      </c>
+      <c r="L279" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M279" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N279" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O279" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="P279" s="21" t="s">
+        <v>2150</v>
+      </c>
+      <c r="Q279" s="21" t="s">
+        <v>2151</v>
+      </c>
+      <c r="R279" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S279" s="21" t="s">
+        <v>2152</v>
+      </c>
+      <c r="T279" s="21" t="s">
+        <v>2153</v>
+      </c>
+      <c r="U279" s="21" t="s">
+        <v>2154</v>
+      </c>
+      <c r="V279" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W279" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X279" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y279" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z279" s="21" t="s">
+        <v>202</v>
+      </c>
+      <c r="AA279" s="21" t="s">
+        <v>2155</v>
+      </c>
+      <c r="AB279" s="21"/>
+      <c r="AC279" s="21" t="s">
+        <v>873</v>
+      </c>
+      <c r="AD279" s="21"/>
+      <c r="AE279" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF279" s="21" t="s">
+        <v>1869</v>
+      </c>
+      <c r="AG279" s="21" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="280" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A280" s="28" t="s">
+        <v>1230</v>
+      </c>
+      <c r="C280" s="31">
+        <v>1</v>
+      </c>
+      <c r="G280" s="31">
+        <v>1</v>
+      </c>
+      <c r="H280" s="22"/>
+      <c r="I280" s="22"/>
+      <c r="J280" s="21"/>
+      <c r="K280" s="21" t="s">
+        <v>2156</v>
+      </c>
+      <c r="L280" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M280" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N280" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O280" s="21" t="s">
+        <v>1717</v>
+      </c>
+      <c r="P280" s="21" t="s">
+        <v>2157</v>
+      </c>
+      <c r="Q280" s="21" t="s">
+        <v>119</v>
+      </c>
+      <c r="R280" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S280" s="21" t="s">
+        <v>120</v>
+      </c>
+      <c r="T280" s="21" t="s">
+        <v>121</v>
+      </c>
+      <c r="U280" s="21" t="s">
+        <v>122</v>
+      </c>
+      <c r="V280" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W280" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X280" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y280" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z280" s="21" t="s">
+        <v>202</v>
+      </c>
+      <c r="AA280" s="21" t="s">
+        <v>2158</v>
+      </c>
+      <c r="AB280" s="21"/>
+      <c r="AC280" s="21" t="s">
+        <v>2159</v>
+      </c>
+      <c r="AD280" s="21"/>
+      <c r="AE280" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF280" s="21" t="s">
+        <v>1721</v>
+      </c>
+      <c r="AG280" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="281" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A281" s="51" t="s">
+        <v>1348</v>
+      </c>
+      <c r="C281" s="31">
+        <v>1</v>
+      </c>
+      <c r="H281" s="22"/>
+      <c r="I281" s="22"/>
+      <c r="J281" s="21"/>
+      <c r="K281" s="21" t="s">
+        <v>2160</v>
+      </c>
+      <c r="L281" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M281" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N281" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O281" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="P281" s="21" t="s">
+        <v>2161</v>
+      </c>
+      <c r="Q281" s="21" t="s">
+        <v>2162</v>
+      </c>
+      <c r="R281" s="21" t="s">
+        <v>2163</v>
+      </c>
+      <c r="S281" s="21" t="s">
+        <v>120</v>
+      </c>
+      <c r="T281" s="21" t="s">
+        <v>121</v>
+      </c>
+      <c r="U281" s="21" t="s">
+        <v>122</v>
+      </c>
+      <c r="V281" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W281" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X281" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y281" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z281" s="21" t="s">
+        <v>202</v>
+      </c>
+      <c r="AA281" s="21" t="s">
+        <v>2164</v>
+      </c>
+      <c r="AB281" s="21"/>
+      <c r="AC281" s="21" t="s">
+        <v>2165</v>
+      </c>
+      <c r="AD281" s="21"/>
+      <c r="AE281" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF281" s="21" t="s">
+        <v>1869</v>
+      </c>
+      <c r="AG281" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="282" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A282" s="51" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C282" s="31">
+        <v>1</v>
+      </c>
+      <c r="H282" s="22"/>
+      <c r="I282" s="22"/>
+      <c r="J282" s="21"/>
+      <c r="K282" s="21" t="s">
+        <v>2166</v>
+      </c>
+      <c r="L282" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M282" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N282" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O282" s="21" t="s">
+        <v>1206</v>
+      </c>
+      <c r="P282" s="21" t="s">
+        <v>2167</v>
+      </c>
+      <c r="Q282" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R282" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S282" s="21" t="s">
+        <v>125</v>
+      </c>
+      <c r="T282" s="21" t="s">
+        <v>126</v>
+      </c>
+      <c r="U282" s="21" t="s">
+        <v>127</v>
+      </c>
+      <c r="V282" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W282" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X282" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y282" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z282" s="21" t="s">
+        <v>202</v>
+      </c>
+      <c r="AA282" s="21" t="s">
+        <v>2168</v>
+      </c>
+      <c r="AB282" s="21"/>
+      <c r="AC282" s="21" t="s">
+        <v>2169</v>
+      </c>
+      <c r="AD282" s="21"/>
+      <c r="AE282" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF282" s="21" t="s">
+        <v>1597</v>
+      </c>
+      <c r="AG282" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="283" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A283" s="51" t="s">
+        <v>1249</v>
+      </c>
+      <c r="C283" s="31">
+        <v>1</v>
+      </c>
+      <c r="H283" s="22"/>
+      <c r="I283" s="22"/>
+      <c r="J283" s="21"/>
+      <c r="K283" s="21" t="s">
+        <v>2170</v>
+      </c>
+      <c r="L283" s="21" t="s">
+        <v>2171</v>
+      </c>
+      <c r="M283" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N283" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O283" s="21" t="s">
+        <v>2172</v>
+      </c>
+      <c r="P283" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q283" s="21" t="s">
+        <v>2173</v>
+      </c>
+      <c r="R283" s="21" t="s">
+        <v>2174</v>
+      </c>
+      <c r="S283" s="21" t="s">
+        <v>2175</v>
+      </c>
+      <c r="T283" s="21" t="s">
+        <v>2176</v>
+      </c>
+      <c r="U283" s="21" t="s">
+        <v>2177</v>
+      </c>
+      <c r="V283" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W283" s="21" t="s">
+        <v>2178</v>
+      </c>
+      <c r="X283" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y283" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z283" s="21" t="s">
+        <v>202</v>
+      </c>
+      <c r="AA283" s="21" t="s">
+        <v>2179</v>
+      </c>
+      <c r="AB283" s="21"/>
+      <c r="AC283" s="21" t="s">
+        <v>873</v>
+      </c>
+      <c r="AD283" s="21"/>
+      <c r="AE283" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF283" s="21" t="s">
+        <v>2180</v>
+      </c>
+      <c r="AG283" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="284" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A284" s="51" t="s">
+        <v>1297</v>
+      </c>
+      <c r="C284" s="31">
+        <v>1</v>
+      </c>
+      <c r="H284" s="22"/>
+      <c r="I284" s="22"/>
+      <c r="J284" s="21"/>
+      <c r="K284" s="21" t="s">
+        <v>2181</v>
+      </c>
+      <c r="L284" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M284" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N284" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O284" s="21" t="s">
+        <v>1194</v>
+      </c>
+      <c r="P284" s="21" t="s">
+        <v>2182</v>
+      </c>
+      <c r="Q284" s="21" t="s">
+        <v>1501</v>
+      </c>
+      <c r="R284" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S284" s="21" t="s">
+        <v>1502</v>
+      </c>
+      <c r="T284" s="21" t="s">
+        <v>1503</v>
+      </c>
+      <c r="U284" s="21" t="s">
+        <v>1504</v>
+      </c>
+      <c r="V284" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W284" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X284" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Y284" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z284" s="21" t="s">
+        <v>202</v>
+      </c>
+      <c r="AA284" s="21" t="s">
+        <v>2183</v>
+      </c>
+      <c r="AB284" s="21"/>
+      <c r="AC284" s="21" t="s">
+        <v>873</v>
+      </c>
+      <c r="AD284" s="21"/>
+      <c r="AE284" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF284" s="21" t="s">
+        <v>1547</v>
+      </c>
+      <c r="AG284" s="21" t="s">
+        <v>2130</v>
+      </c>
+    </row>
+    <row r="285" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A285" s="51" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C285" s="31">
+        <v>1</v>
+      </c>
+      <c r="H285" s="22"/>
+      <c r="I285" s="22"/>
+      <c r="J285" s="21"/>
+      <c r="K285" s="21" t="s">
+        <v>2184</v>
+      </c>
+      <c r="L285" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M285" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N285" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O285" s="21" t="s">
+        <v>1194</v>
+      </c>
+      <c r="P285" s="21" t="s">
+        <v>2185</v>
+      </c>
+      <c r="Q285" s="21" t="s">
+        <v>170</v>
+      </c>
+      <c r="R285" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S285" s="21" t="s">
+        <v>171</v>
+      </c>
+      <c r="T285" s="21" t="s">
+        <v>172</v>
+      </c>
+      <c r="U285" s="21" t="s">
+        <v>173</v>
+      </c>
+      <c r="V285" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W285" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X285" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y285" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z285" s="21" t="s">
+        <v>202</v>
+      </c>
+      <c r="AA285" s="21" t="s">
+        <v>2186</v>
+      </c>
+      <c r="AB285" s="21"/>
+      <c r="AC285" s="21" t="s">
+        <v>873</v>
+      </c>
+      <c r="AD285" s="21"/>
+      <c r="AE285" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF285" s="21" t="s">
+        <v>1547</v>
+      </c>
+      <c r="AG285" s="21" t="s">
+        <v>2130</v>
+      </c>
+    </row>
+    <row r="286" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A286" s="51" t="s">
+        <v>1299</v>
+      </c>
+      <c r="C286" s="31">
+        <v>1</v>
+      </c>
+      <c r="H286" s="22"/>
+      <c r="I286" s="22"/>
+      <c r="J286" s="21"/>
+      <c r="K286" s="21" t="s">
+        <v>2187</v>
+      </c>
+      <c r="L286" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M286" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N286" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O286" s="21" t="s">
+        <v>1194</v>
+      </c>
+      <c r="P286" s="21" t="s">
+        <v>2188</v>
+      </c>
+      <c r="Q286" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R286" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S286" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T286" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U286" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V286" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W286" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X286" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y286" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z286" s="21" t="s">
+        <v>202</v>
+      </c>
+      <c r="AA286" s="21" t="s">
+        <v>2189</v>
+      </c>
+      <c r="AB286" s="21"/>
+      <c r="AC286" s="21" t="s">
+        <v>873</v>
+      </c>
+      <c r="AD286" s="21"/>
+      <c r="AE286" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF286" s="21" t="s">
+        <v>1547</v>
+      </c>
+      <c r="AG286" s="21" t="s">
+        <v>2190</v>
+      </c>
+    </row>
+    <row r="287" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A287" s="51" t="s">
+        <v>1300</v>
+      </c>
+      <c r="C287" s="31">
+        <v>1</v>
+      </c>
+      <c r="H287" s="22"/>
+      <c r="I287" s="22"/>
+      <c r="J287" s="21"/>
+      <c r="K287" s="21" t="s">
+        <v>2191</v>
+      </c>
+      <c r="L287" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M287" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N287" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O287" s="21" t="s">
+        <v>1194</v>
+      </c>
+      <c r="P287" s="21" t="s">
+        <v>2192</v>
+      </c>
+      <c r="Q287" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R287" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S287" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T287" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U287" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V287" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W287" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X287" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y287" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z287" s="21" t="s">
+        <v>202</v>
+      </c>
+      <c r="AA287" s="21" t="s">
+        <v>2193</v>
+      </c>
+      <c r="AB287" s="21"/>
+      <c r="AC287" s="21" t="s">
+        <v>873</v>
+      </c>
+      <c r="AD287" s="21"/>
+      <c r="AE287" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF287" s="21" t="s">
+        <v>1547</v>
+      </c>
+      <c r="AG287" s="21" t="s">
+        <v>2130</v>
+      </c>
+    </row>
+    <row r="288" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A288" s="51" t="s">
+        <v>1301</v>
+      </c>
+      <c r="C288" s="31">
+        <v>1</v>
+      </c>
+      <c r="H288" s="22"/>
+      <c r="I288" s="22"/>
+      <c r="J288" s="21"/>
+      <c r="K288" s="21" t="s">
+        <v>2194</v>
+      </c>
+      <c r="L288" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M288" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N288" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O288" s="21" t="s">
+        <v>1194</v>
+      </c>
+      <c r="P288" s="21" t="s">
+        <v>2195</v>
+      </c>
+      <c r="Q288" s="21" t="s">
+        <v>113</v>
+      </c>
+      <c r="R288" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S288" s="21" t="s">
+        <v>115</v>
+      </c>
+      <c r="T288" s="21" t="s">
+        <v>116</v>
+      </c>
+      <c r="U288" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="V288" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W288" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X288" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y288" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z288" s="21" t="s">
+        <v>202</v>
+      </c>
+      <c r="AA288" s="21" t="s">
+        <v>2196</v>
+      </c>
+      <c r="AB288" s="21"/>
+      <c r="AC288" s="21" t="s">
+        <v>873</v>
+      </c>
+      <c r="AD288" s="21"/>
+      <c r="AE288" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF288" s="21" t="s">
+        <v>1547</v>
+      </c>
+      <c r="AG288" s="21" t="s">
+        <v>2130</v>
+      </c>
+    </row>
+    <row r="289" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A289" s="28" t="s">
+        <v>1231</v>
+      </c>
+      <c r="C289" s="31">
+        <v>1</v>
+      </c>
+      <c r="G289" s="31">
+        <v>1</v>
+      </c>
+      <c r="H289" s="22"/>
+      <c r="I289" s="22"/>
+      <c r="J289" s="21"/>
+      <c r="K289" s="21" t="s">
+        <v>2197</v>
+      </c>
+      <c r="L289" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M289" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N289" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O289" s="21" t="s">
+        <v>1194</v>
+      </c>
+      <c r="P289" s="21" t="s">
+        <v>2198</v>
+      </c>
+      <c r="Q289" s="21" t="s">
+        <v>119</v>
+      </c>
+      <c r="R289" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S289" s="21" t="s">
+        <v>120</v>
+      </c>
+      <c r="T289" s="21" t="s">
+        <v>121</v>
+      </c>
+      <c r="U289" s="21" t="s">
+        <v>122</v>
+      </c>
+      <c r="V289" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W289" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X289" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y289" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z289" s="21" t="s">
+        <v>202</v>
+      </c>
+      <c r="AA289" s="21" t="s">
+        <v>2199</v>
+      </c>
+      <c r="AB289" s="21"/>
+      <c r="AC289" s="21" t="s">
+        <v>873</v>
+      </c>
+      <c r="AD289" s="21"/>
+      <c r="AE289" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF289" s="21" t="s">
+        <v>1547</v>
+      </c>
+      <c r="AG289" s="21" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="290" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A290" s="51" t="s">
+        <v>1302</v>
+      </c>
+      <c r="C290" s="31">
+        <v>1</v>
+      </c>
+      <c r="H290" s="22"/>
+      <c r="I290" s="22"/>
+      <c r="J290" s="21"/>
+      <c r="K290" s="21" t="s">
+        <v>2200</v>
+      </c>
+      <c r="L290" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M290" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N290" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O290" s="21" t="s">
+        <v>1194</v>
+      </c>
+      <c r="P290" s="21" t="s">
+        <v>2201</v>
+      </c>
+      <c r="Q290" s="21" t="s">
+        <v>119</v>
+      </c>
+      <c r="R290" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S290" s="21" t="s">
+        <v>120</v>
+      </c>
+      <c r="T290" s="21" t="s">
+        <v>121</v>
+      </c>
+      <c r="U290" s="21" t="s">
+        <v>122</v>
+      </c>
+      <c r="V290" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W290" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X290" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y290" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z290" s="21" t="s">
+        <v>202</v>
+      </c>
+      <c r="AA290" s="21" t="s">
+        <v>2202</v>
+      </c>
+      <c r="AB290" s="21"/>
+      <c r="AC290" s="21" t="s">
+        <v>873</v>
+      </c>
+      <c r="AD290" s="21"/>
+      <c r="AE290" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF290" s="21" t="s">
+        <v>1547</v>
+      </c>
+      <c r="AG290" s="21" t="s">
+        <v>2130</v>
+      </c>
+    </row>
+    <row r="291" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A291" s="28" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C291" s="31">
+        <v>1</v>
+      </c>
+      <c r="G291" s="31">
+        <v>1</v>
+      </c>
+      <c r="H291" s="22"/>
+      <c r="I291" s="22"/>
+      <c r="J291" s="21"/>
+      <c r="K291" s="21" t="s">
+        <v>2203</v>
+      </c>
+      <c r="L291" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M291" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N291" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O291" s="21" t="s">
+        <v>1196</v>
+      </c>
+      <c r="P291" s="21" t="s">
+        <v>2204</v>
+      </c>
+      <c r="Q291" s="21" t="s">
+        <v>1988</v>
+      </c>
+      <c r="R291" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S291" s="21" t="s">
+        <v>1989</v>
+      </c>
+      <c r="T291" s="21" t="s">
+        <v>1990</v>
+      </c>
+      <c r="U291" s="21" t="s">
+        <v>1991</v>
+      </c>
+      <c r="V291" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W291" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X291" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y291" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z291" s="21" t="s">
+        <v>202</v>
+      </c>
+      <c r="AA291" s="21" t="s">
+        <v>2205</v>
+      </c>
+      <c r="AB291" s="21"/>
+      <c r="AC291" s="21" t="s">
+        <v>873</v>
+      </c>
+      <c r="AD291" s="21"/>
+      <c r="AE291" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF291" s="21" t="s">
+        <v>1608</v>
+      </c>
+      <c r="AG291" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="292" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A292" s="28" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C292" s="31">
+        <v>1</v>
+      </c>
+      <c r="G292" s="31">
+        <v>1</v>
+      </c>
+      <c r="H292" s="22"/>
+      <c r="I292" s="22"/>
+      <c r="J292" s="21"/>
+      <c r="K292" s="21" t="s">
+        <v>2206</v>
+      </c>
+      <c r="L292" s="21" t="s">
+        <v>2207</v>
+      </c>
+      <c r="M292" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N292" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O292" s="21" t="s">
+        <v>1196</v>
+      </c>
+      <c r="P292" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q292" s="21" t="s">
+        <v>544</v>
+      </c>
+      <c r="R292" s="21" t="s">
+        <v>2208</v>
+      </c>
+      <c r="S292" s="21" t="s">
+        <v>545</v>
+      </c>
+      <c r="T292" s="21" t="s">
+        <v>546</v>
+      </c>
+      <c r="U292" s="21" t="s">
+        <v>547</v>
+      </c>
+      <c r="V292" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W292" s="21" t="s">
+        <v>2209</v>
+      </c>
+      <c r="X292" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y292" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z292" s="21" t="s">
+        <v>202</v>
+      </c>
+      <c r="AA292" s="21" t="s">
+        <v>2210</v>
+      </c>
+      <c r="AB292" s="21"/>
+      <c r="AC292" s="21" t="s">
+        <v>873</v>
+      </c>
+      <c r="AD292" s="21"/>
+      <c r="AE292" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF292" s="21" t="s">
+        <v>1608</v>
+      </c>
+      <c r="AG292" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="293" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A293" s="51" t="s">
+        <v>1349</v>
+      </c>
+      <c r="C293" s="31">
+        <v>1</v>
+      </c>
+      <c r="H293" s="22"/>
+      <c r="I293" s="22"/>
+      <c r="J293" s="21"/>
+      <c r="K293" s="21" t="s">
+        <v>2211</v>
+      </c>
+      <c r="L293" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M293" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N293" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O293" s="21" t="s">
+        <v>1196</v>
+      </c>
+      <c r="P293" s="21" t="s">
+        <v>2212</v>
+      </c>
+      <c r="Q293" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R293" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S293" s="21" t="s">
+        <v>125</v>
+      </c>
+      <c r="T293" s="21" t="s">
+        <v>126</v>
+      </c>
+      <c r="U293" s="21" t="s">
+        <v>127</v>
+      </c>
+      <c r="V293" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W293" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X293" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y293" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z293" s="21" t="s">
+        <v>202</v>
+      </c>
+      <c r="AA293" s="21" t="s">
+        <v>2213</v>
+      </c>
+      <c r="AB293" s="21"/>
+      <c r="AC293" s="21" t="s">
+        <v>2169</v>
+      </c>
+      <c r="AD293" s="21"/>
+      <c r="AE293" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF293" s="21" t="s">
+        <v>1608</v>
+      </c>
+      <c r="AG293" s="21" t="s">
+        <v>2214</v>
+      </c>
+    </row>
+    <row r="294" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A294" s="51" t="s">
+        <v>1350</v>
+      </c>
+      <c r="C294" s="31">
+        <v>1</v>
+      </c>
+      <c r="H294" s="22"/>
+      <c r="I294" s="22"/>
+      <c r="J294" s="21"/>
+      <c r="K294" s="21" t="s">
+        <v>2215</v>
+      </c>
+      <c r="L294" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M294" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N294" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O294" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="P294" s="21" t="s">
+        <v>2216</v>
+      </c>
+      <c r="Q294" s="21" t="s">
+        <v>734</v>
+      </c>
+      <c r="R294" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S294" s="21" t="s">
+        <v>735</v>
+      </c>
+      <c r="T294" s="21" t="s">
+        <v>172</v>
+      </c>
+      <c r="U294" s="21" t="s">
+        <v>736</v>
+      </c>
+      <c r="V294" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W294" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X294" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y294" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z294" s="21" t="s">
+        <v>202</v>
+      </c>
+      <c r="AA294" s="21" t="s">
+        <v>2217</v>
+      </c>
+      <c r="AB294" s="21"/>
+      <c r="AC294" s="21" t="s">
+        <v>2218</v>
+      </c>
+      <c r="AD294" s="21"/>
+      <c r="AE294" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF294" s="21" t="s">
+        <v>1869</v>
+      </c>
+      <c r="AG294" s="21" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="295" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A295" s="51" t="s">
+        <v>1351</v>
+      </c>
+      <c r="C295" s="31">
+        <v>1</v>
+      </c>
+      <c r="H295" s="22"/>
+      <c r="I295" s="22"/>
+      <c r="J295" s="21"/>
+      <c r="K295" s="21" t="s">
+        <v>2219</v>
+      </c>
+      <c r="L295" s="21" t="s">
+        <v>2220</v>
+      </c>
+      <c r="M295" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N295" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O295" s="21" t="s">
+        <v>1196</v>
+      </c>
+      <c r="P295" s="21" t="s">
+        <v>2221</v>
+      </c>
+      <c r="Q295" s="21" t="s">
+        <v>2162</v>
+      </c>
+      <c r="R295" s="21" t="s">
+        <v>2222</v>
+      </c>
+      <c r="S295" s="21" t="s">
+        <v>2223</v>
+      </c>
+      <c r="T295" s="21" t="s">
+        <v>2224</v>
+      </c>
+      <c r="U295" s="21" t="s">
+        <v>2225</v>
+      </c>
+      <c r="V295" s="21" t="s">
+        <v>2226</v>
+      </c>
+      <c r="W295" s="21" t="s">
+        <v>2227</v>
+      </c>
+      <c r="X295" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y295" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z295" s="21" t="s">
+        <v>202</v>
+      </c>
+      <c r="AA295" s="21" t="s">
+        <v>2228</v>
+      </c>
+      <c r="AB295" s="21"/>
+      <c r="AC295" s="21" t="s">
+        <v>2229</v>
+      </c>
+      <c r="AD295" s="21"/>
+      <c r="AE295" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF295" s="21" t="s">
+        <v>1608</v>
+      </c>
+      <c r="AG295" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="296" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A296" s="51" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C296" s="31">
+        <v>1</v>
+      </c>
+      <c r="H296" s="22"/>
+      <c r="I296" s="22"/>
+      <c r="J296" s="21"/>
+      <c r="K296" s="21" t="s">
+        <v>2230</v>
+      </c>
+      <c r="L296" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M296" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N296" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O296" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P296" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q296" s="21" t="s">
+        <v>2231</v>
+      </c>
+      <c r="R296" s="21" t="s">
+        <v>2232</v>
+      </c>
+      <c r="S296" s="21" t="s">
+        <v>2233</v>
+      </c>
+      <c r="T296" s="21" t="s">
+        <v>2234</v>
+      </c>
+      <c r="U296" s="21" t="s">
+        <v>2235</v>
+      </c>
+      <c r="V296" s="21" t="s">
+        <v>2236</v>
+      </c>
+      <c r="W296" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X296" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y296" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z296" s="21" t="s">
+        <v>2237</v>
+      </c>
+      <c r="AA296" s="21" t="s">
+        <v>2238</v>
+      </c>
+      <c r="AB296" s="21"/>
+      <c r="AC296" s="21" t="s">
+        <v>2239</v>
+      </c>
+      <c r="AD296" s="21"/>
+      <c r="AE296" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF296" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG296" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="297" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A297" s="51" t="s">
+        <v>1338</v>
+      </c>
+      <c r="C297" s="31">
+        <v>1</v>
+      </c>
+      <c r="H297" s="22"/>
+      <c r="I297" s="22"/>
+      <c r="J297" s="21"/>
+      <c r="K297" s="21" t="s">
+        <v>2240</v>
+      </c>
+      <c r="L297" s="21" t="s">
+        <v>2241</v>
+      </c>
+      <c r="M297" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N297" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O297" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="P297" s="21" t="s">
+        <v>2242</v>
+      </c>
+      <c r="Q297" s="21" t="s">
+        <v>2231</v>
+      </c>
+      <c r="R297" s="21" t="s">
+        <v>2243</v>
+      </c>
+      <c r="S297" s="21" t="s">
+        <v>2233</v>
+      </c>
+      <c r="T297" s="21" t="s">
+        <v>2234</v>
+      </c>
+      <c r="U297" s="21" t="s">
+        <v>2235</v>
+      </c>
+      <c r="V297" s="21" t="s">
+        <v>1905</v>
+      </c>
+      <c r="W297" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X297" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y297" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z297" s="21" t="s">
+        <v>2237</v>
+      </c>
+      <c r="AA297" s="21" t="s">
+        <v>2244</v>
+      </c>
+      <c r="AB297" s="21"/>
+      <c r="AC297" s="21" t="s">
+        <v>2239</v>
+      </c>
+      <c r="AD297" s="21"/>
+      <c r="AE297" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF297" s="21" t="s">
+        <v>1869</v>
+      </c>
+      <c r="AG297" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="298" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A298" s="51" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C298" s="31">
+        <v>1</v>
+      </c>
+      <c r="H298" s="22"/>
+      <c r="I298" s="22"/>
+      <c r="J298" s="21"/>
+      <c r="K298" s="21" t="s">
+        <v>2245</v>
+      </c>
+      <c r="L298" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M298" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N298" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O298" s="21" t="s">
+        <v>1206</v>
+      </c>
+      <c r="P298" s="21" t="s">
+        <v>2246</v>
+      </c>
+      <c r="Q298" s="21" t="s">
+        <v>170</v>
+      </c>
+      <c r="R298" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S298" s="21" t="s">
+        <v>171</v>
+      </c>
+      <c r="T298" s="21" t="s">
+        <v>172</v>
+      </c>
+      <c r="U298" s="21" t="s">
+        <v>173</v>
+      </c>
+      <c r="V298" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W298" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X298" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y298" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z298" s="21" t="s">
+        <v>202</v>
+      </c>
+      <c r="AA298" s="21" t="s">
+        <v>2247</v>
+      </c>
+      <c r="AB298" s="21"/>
+      <c r="AC298" s="21" t="s">
+        <v>873</v>
+      </c>
+      <c r="AD298" s="21"/>
+      <c r="AE298" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF298" s="21" t="s">
+        <v>1597</v>
+      </c>
+      <c r="AG298" s="21" t="s">
+        <v>2130</v>
+      </c>
+    </row>
+    <row r="299" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A299" s="51" t="s">
+        <v>1364</v>
+      </c>
+      <c r="C299" s="31">
+        <v>1</v>
+      </c>
+      <c r="H299" s="22"/>
+      <c r="I299" s="22"/>
+      <c r="J299" s="21"/>
+      <c r="K299" s="21" t="s">
+        <v>2245</v>
+      </c>
+      <c r="L299" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M299" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N299" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O299" s="21" t="s">
+        <v>1206</v>
+      </c>
+      <c r="P299" s="21" t="s">
+        <v>2246</v>
+      </c>
+      <c r="Q299" s="21" t="s">
+        <v>170</v>
+      </c>
+      <c r="R299" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S299" s="21" t="s">
+        <v>171</v>
+      </c>
+      <c r="T299" s="21" t="s">
+        <v>172</v>
+      </c>
+      <c r="U299" s="21" t="s">
+        <v>173</v>
+      </c>
+      <c r="V299" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W299" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X299" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y299" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z299" s="21" t="s">
+        <v>202</v>
+      </c>
+      <c r="AA299" s="21" t="s">
+        <v>2247</v>
+      </c>
+      <c r="AB299" s="21"/>
+      <c r="AC299" s="21" t="s">
+        <v>873</v>
+      </c>
+      <c r="AD299" s="21"/>
+      <c r="AE299" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF299" s="21" t="s">
+        <v>1597</v>
+      </c>
+      <c r="AG299" s="21" t="s">
+        <v>2130</v>
+      </c>
+    </row>
+    <row r="300" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A300" s="51" t="s">
+        <v>1365</v>
+      </c>
+      <c r="C300" s="31">
+        <v>1</v>
+      </c>
+      <c r="H300" s="22"/>
+      <c r="I300" s="22"/>
+      <c r="J300" s="21"/>
+      <c r="K300" s="21" t="s">
+        <v>2245</v>
+      </c>
+      <c r="L300" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M300" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N300" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O300" s="21" t="s">
+        <v>1206</v>
+      </c>
+      <c r="P300" s="21" t="s">
+        <v>2246</v>
+      </c>
+      <c r="Q300" s="21" t="s">
+        <v>170</v>
+      </c>
+      <c r="R300" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S300" s="21" t="s">
+        <v>171</v>
+      </c>
+      <c r="T300" s="21" t="s">
+        <v>172</v>
+      </c>
+      <c r="U300" s="21" t="s">
+        <v>173</v>
+      </c>
+      <c r="V300" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W300" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X300" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y300" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z300" s="21" t="s">
+        <v>202</v>
+      </c>
+      <c r="AA300" s="21" t="s">
+        <v>2247</v>
+      </c>
+      <c r="AB300" s="21"/>
+      <c r="AC300" s="21" t="s">
+        <v>873</v>
+      </c>
+      <c r="AD300" s="21"/>
+      <c r="AE300" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF300" s="21" t="s">
+        <v>1597</v>
+      </c>
+      <c r="AG300" s="21" t="s">
+        <v>2130</v>
+      </c>
+    </row>
+    <row r="301" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A301" s="28" t="s">
+        <v>415</v>
+      </c>
+      <c r="C301" s="31">
+        <v>1</v>
+      </c>
+      <c r="F301" s="31">
+        <v>1</v>
+      </c>
+      <c r="H301" s="22"/>
+      <c r="I301" s="22"/>
+      <c r="J301" s="21"/>
+      <c r="K301" s="21" t="s">
+        <v>870</v>
+      </c>
+      <c r="L301" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M301" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N301" s="21" t="s">
+        <v>871</v>
+      </c>
+      <c r="O301" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="P301" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q301" s="21" t="s">
+        <v>840</v>
+      </c>
+      <c r="R301" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S301" s="21" t="s">
+        <v>841</v>
+      </c>
+      <c r="T301" s="21" t="s">
+        <v>842</v>
+      </c>
+      <c r="U301" s="21" t="s">
+        <v>843</v>
+      </c>
+      <c r="V301" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W301" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X301" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="Y301" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z301" s="21" t="s">
+        <v>202</v>
+      </c>
+      <c r="AA301" s="21" t="s">
+        <v>872</v>
+      </c>
+      <c r="AB301" s="21"/>
+      <c r="AC301" s="21" t="s">
+        <v>873</v>
+      </c>
+      <c r="AD301" s="21"/>
+      <c r="AE301" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF301" s="21" t="s">
+        <v>874</v>
+      </c>
+      <c r="AG301" s="21" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="302" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A302" s="51" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C302" s="31">
+        <v>1</v>
+      </c>
+      <c r="H302" s="22"/>
+      <c r="I302" s="22"/>
+      <c r="J302" s="21"/>
+      <c r="K302" s="21" t="s">
+        <v>2248</v>
+      </c>
+      <c r="L302" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M302" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N302" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O302" s="21" t="s">
+        <v>2172</v>
+      </c>
+      <c r="P302" s="21" t="s">
+        <v>2249</v>
+      </c>
+      <c r="Q302" s="21" t="s">
+        <v>131</v>
+      </c>
+      <c r="R302" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S302" s="21" t="s">
+        <v>132</v>
+      </c>
+      <c r="T302" s="21" t="s">
+        <v>133</v>
+      </c>
+      <c r="U302" s="21" t="s">
+        <v>134</v>
+      </c>
+      <c r="V302" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W302" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X302" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y302" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z302" s="21" t="s">
+        <v>202</v>
+      </c>
+      <c r="AA302" s="21" t="s">
+        <v>2250</v>
+      </c>
+      <c r="AB302" s="21"/>
+      <c r="AC302" s="21" t="s">
+        <v>873</v>
+      </c>
+      <c r="AD302" s="21"/>
+      <c r="AE302" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF302" s="21" t="s">
+        <v>2180</v>
+      </c>
+      <c r="AG302" s="21" t="s">
+        <v>2130</v>
+      </c>
+    </row>
+    <row r="303" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A303" s="51" t="s">
+        <v>1251</v>
+      </c>
+      <c r="C303" s="31">
+        <v>1</v>
+      </c>
+      <c r="H303" s="22"/>
+      <c r="I303" s="22"/>
+      <c r="J303" s="21"/>
+      <c r="K303" s="21" t="s">
+        <v>2251</v>
+      </c>
+      <c r="L303" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M303" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N303" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O303" s="21" t="s">
+        <v>2172</v>
+      </c>
+      <c r="P303" s="21" t="s">
+        <v>2252</v>
+      </c>
+      <c r="Q303" s="21" t="s">
+        <v>131</v>
+      </c>
+      <c r="R303" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S303" s="21" t="s">
+        <v>132</v>
+      </c>
+      <c r="T303" s="21" t="s">
+        <v>133</v>
+      </c>
+      <c r="U303" s="21" t="s">
+        <v>134</v>
+      </c>
+      <c r="V303" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W303" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X303" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y303" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z303" s="21" t="s">
+        <v>202</v>
+      </c>
+      <c r="AA303" s="21" t="s">
+        <v>2253</v>
+      </c>
+      <c r="AB303" s="21"/>
+      <c r="AC303" s="21" t="s">
+        <v>873</v>
+      </c>
+      <c r="AD303" s="21"/>
+      <c r="AE303" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF303" s="21" t="s">
+        <v>2180</v>
+      </c>
+      <c r="AG303" s="21" t="s">
+        <v>2130</v>
+      </c>
+    </row>
+    <row r="304" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A304" s="28" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C304" s="31">
+        <v>1</v>
+      </c>
+      <c r="G304" s="31">
+        <v>1</v>
+      </c>
+      <c r="H304" s="22"/>
+      <c r="I304" s="22"/>
+      <c r="J304" s="21"/>
+      <c r="K304" s="21" t="s">
+        <v>2254</v>
+      </c>
+      <c r="L304" s="21" t="s">
+        <v>2255</v>
+      </c>
+      <c r="M304" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N304" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O304" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="P304" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q304" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R304" s="21" t="s">
+        <v>2256</v>
+      </c>
+      <c r="S304" s="21" t="s">
+        <v>2257</v>
+      </c>
+      <c r="T304" s="21" t="s">
+        <v>2258</v>
+      </c>
+      <c r="U304" s="21" t="s">
+        <v>148</v>
+      </c>
+      <c r="V304" s="21" t="s">
+        <v>1999</v>
+      </c>
+      <c r="W304" s="21" t="s">
+        <v>2259</v>
+      </c>
+      <c r="X304" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="Y304" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="Z304" s="21" t="s">
+        <v>740</v>
+      </c>
+      <c r="AA304" s="21"/>
+      <c r="AB304" s="21"/>
+      <c r="AC304" s="21" t="s">
+        <v>2260</v>
+      </c>
+      <c r="AD304" s="21"/>
+      <c r="AE304" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF304" s="21" t="s">
+        <v>1471</v>
+      </c>
+      <c r="AG304" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="305" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A305" s="28" t="s">
+        <v>327</v>
+      </c>
+      <c r="B305" s="31">
+        <v>1</v>
+      </c>
+      <c r="H305" s="22"/>
+      <c r="I305" s="22"/>
+      <c r="J305" s="21"/>
+      <c r="K305" s="21" t="s">
+        <v>876</v>
+      </c>
+      <c r="L305" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M305" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N305" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O305" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P305" s="21" t="s">
+        <v>877</v>
+      </c>
+      <c r="Q305" s="21" t="s">
+        <v>113</v>
+      </c>
+      <c r="R305" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S305" s="21" t="s">
+        <v>115</v>
+      </c>
+      <c r="T305" s="21" t="s">
+        <v>116</v>
+      </c>
+      <c r="U305" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="V305" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W305" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X305" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y305" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z305" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA305" s="21"/>
+      <c r="AB305" s="21"/>
+      <c r="AC305" s="21"/>
+      <c r="AD305" s="21"/>
+      <c r="AE305" s="21" t="s">
+        <v>878</v>
+      </c>
+      <c r="AF305" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG305" s="21" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="306" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A306" s="28" t="s">
+        <v>328</v>
+      </c>
+      <c r="B306" s="31">
+        <v>1</v>
+      </c>
+      <c r="H306" s="22"/>
+      <c r="I306" s="22"/>
+      <c r="J306" s="21"/>
+      <c r="K306" s="21" t="s">
+        <v>879</v>
+      </c>
+      <c r="L306" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M306" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N306" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O306" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P306" s="21" t="s">
+        <v>880</v>
+      </c>
+      <c r="Q306" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="R306" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S306" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="T306" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="U306" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="V306" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W306" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X306" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y306" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z306" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA306" s="21"/>
+      <c r="AB306" s="21"/>
+      <c r="AC306" s="21"/>
+      <c r="AD306" s="21"/>
+      <c r="AE306" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF306" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG306" s="21" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="307" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A307" s="28" t="s">
+        <v>329</v>
+      </c>
+      <c r="B307" s="31">
+        <v>1</v>
+      </c>
+      <c r="H307" s="22"/>
+      <c r="I307" s="22"/>
+      <c r="J307" s="21"/>
+      <c r="K307" s="21" t="s">
+        <v>882</v>
+      </c>
+      <c r="L307" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M307" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N307" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O307" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P307" s="21" t="s">
+        <v>883</v>
+      </c>
+      <c r="Q307" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R307" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S307" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T307" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U307" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V307" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W307" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X307" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y307" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z307" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA307" s="21"/>
+      <c r="AB307" s="21"/>
+      <c r="AC307" s="21" t="s">
+        <v>575</v>
+      </c>
+      <c r="AD307" s="21" t="s">
+        <v>884</v>
+      </c>
+      <c r="AE307" s="21" t="s">
+        <v>622</v>
+      </c>
+      <c r="AF307" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG307" s="21" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="308" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A308" s="28" t="s">
+        <v>330</v>
+      </c>
+      <c r="B308" s="31">
+        <v>1</v>
+      </c>
+      <c r="H308" s="22"/>
+      <c r="I308" s="22"/>
+      <c r="J308" s="21"/>
+      <c r="K308" s="21" t="s">
+        <v>885</v>
+      </c>
+      <c r="L308" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M308" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N308" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O308" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P308" s="21" t="s">
+        <v>886</v>
+      </c>
+      <c r="Q308" s="21" t="s">
+        <v>614</v>
+      </c>
+      <c r="R308" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S308" s="21" t="s">
+        <v>615</v>
+      </c>
+      <c r="T308" s="21" t="s">
+        <v>616</v>
+      </c>
+      <c r="U308" s="21" t="s">
+        <v>617</v>
+      </c>
+      <c r="V308" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W308" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X308" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y308" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z308" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA308" s="21"/>
+      <c r="AB308" s="21"/>
+      <c r="AC308" s="21"/>
+      <c r="AD308" s="21"/>
+      <c r="AE308" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF308" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG308" s="21" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="309" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A309" s="28" t="s">
+        <v>331</v>
+      </c>
+      <c r="B309" s="31">
+        <v>1</v>
+      </c>
+      <c r="H309" s="22"/>
+      <c r="I309" s="22"/>
+      <c r="J309" s="21"/>
+      <c r="K309" s="21" t="s">
+        <v>887</v>
+      </c>
+      <c r="L309" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M309" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N309" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O309" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P309" s="21" t="s">
+        <v>888</v>
+      </c>
+      <c r="Q309" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R309" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S309" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T309" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U309" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V309" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W309" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X309" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y309" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z309" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA309" s="21"/>
+      <c r="AB309" s="21"/>
+      <c r="AC309" s="21"/>
+      <c r="AD309" s="21"/>
+      <c r="AE309" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF309" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG309" s="21" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="310" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A310" s="28" t="s">
+        <v>332</v>
+      </c>
+      <c r="B310" s="31">
+        <v>1</v>
+      </c>
+      <c r="H310" s="22"/>
+      <c r="I310" s="22"/>
+      <c r="J310" s="21"/>
+      <c r="K310" s="21" t="s">
+        <v>889</v>
+      </c>
+      <c r="L310" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M310" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N310" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O310" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P310" s="21" t="s">
+        <v>890</v>
+      </c>
+      <c r="Q310" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R310" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S310" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T310" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U310" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V310" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W310" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X310" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y310" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z310" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA310" s="21"/>
+      <c r="AB310" s="21"/>
+      <c r="AC310" s="21"/>
+      <c r="AD310" s="21" t="s">
+        <v>891</v>
+      </c>
+      <c r="AE310" s="21" t="s">
+        <v>881</v>
+      </c>
+      <c r="AF310" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG310" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="311" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A311" s="28" t="s">
+        <v>333</v>
+      </c>
+      <c r="B311" s="31">
+        <v>1</v>
+      </c>
+      <c r="H311" s="22"/>
+      <c r="I311" s="22"/>
+      <c r="J311" s="21"/>
+      <c r="K311" s="21" t="s">
+        <v>892</v>
+      </c>
+      <c r="L311" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M311" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N311" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O311" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P311" s="21" t="s">
+        <v>893</v>
+      </c>
+      <c r="Q311" s="21" t="s">
+        <v>113</v>
+      </c>
+      <c r="R311" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S311" s="21" t="s">
+        <v>115</v>
+      </c>
+      <c r="T311" s="21" t="s">
+        <v>116</v>
+      </c>
+      <c r="U311" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="V311" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W311" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X311" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y311" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z311" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA311" s="21"/>
+      <c r="AB311" s="21"/>
+      <c r="AC311" s="21"/>
+      <c r="AD311" s="21" t="s">
+        <v>894</v>
+      </c>
+      <c r="AE311" s="21" t="s">
+        <v>538</v>
+      </c>
+      <c r="AF311" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG311" s="21" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="312" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A312" s="28" t="s">
+        <v>334</v>
+      </c>
+      <c r="B312" s="31">
+        <v>1</v>
+      </c>
+      <c r="H312" s="22"/>
+      <c r="I312" s="22"/>
+      <c r="J312" s="21"/>
+      <c r="K312" s="21" t="s">
+        <v>895</v>
+      </c>
+      <c r="L312" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M312" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N312" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O312" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P312" s="21" t="s">
+        <v>896</v>
+      </c>
+      <c r="Q312" s="21" t="s">
+        <v>425</v>
+      </c>
+      <c r="R312" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S312" s="21" t="s">
+        <v>426</v>
+      </c>
+      <c r="T312" s="21" t="s">
+        <v>427</v>
+      </c>
+      <c r="U312" s="21" t="s">
+        <v>428</v>
+      </c>
+      <c r="V312" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W312" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X312" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y312" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z312" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA312" s="21"/>
+      <c r="AB312" s="21"/>
+      <c r="AC312" s="21"/>
+      <c r="AD312" s="21"/>
+      <c r="AE312" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF312" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG312" s="21" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="313" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A313" s="28" t="s">
+        <v>335</v>
+      </c>
+      <c r="B313" s="31">
+        <v>1</v>
+      </c>
+      <c r="H313" s="22"/>
+      <c r="I313" s="22"/>
+      <c r="J313" s="21"/>
+      <c r="K313" s="21" t="s">
+        <v>897</v>
+      </c>
+      <c r="L313" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M313" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N313" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O313" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P313" s="21" t="s">
+        <v>898</v>
+      </c>
+      <c r="Q313" s="21" t="s">
+        <v>113</v>
+      </c>
+      <c r="R313" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S313" s="21" t="s">
+        <v>115</v>
+      </c>
+      <c r="T313" s="21" t="s">
+        <v>116</v>
+      </c>
+      <c r="U313" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="V313" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W313" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X313" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y313" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z313" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA313" s="21"/>
+      <c r="AB313" s="21"/>
+      <c r="AC313" s="21"/>
+      <c r="AD313" s="21"/>
+      <c r="AE313" s="21" t="s">
+        <v>878</v>
+      </c>
+      <c r="AF313" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG313" s="21" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="314" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A314" s="28" t="s">
+        <v>336</v>
+      </c>
+      <c r="B314" s="31">
+        <v>1</v>
+      </c>
+      <c r="H314" s="22"/>
+      <c r="I314" s="22"/>
+      <c r="J314" s="21"/>
+      <c r="K314" s="21" t="s">
+        <v>900</v>
+      </c>
+      <c r="L314" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M314" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N314" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O314" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P314" s="21" t="s">
+        <v>901</v>
+      </c>
+      <c r="Q314" s="21" t="s">
+        <v>177</v>
+      </c>
+      <c r="R314" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S314" s="21" t="s">
+        <v>178</v>
+      </c>
+      <c r="T314" s="21" t="s">
+        <v>179</v>
+      </c>
+      <c r="U314" s="21" t="s">
+        <v>180</v>
+      </c>
+      <c r="V314" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W314" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X314" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y314" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z314" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA314" s="21"/>
+      <c r="AB314" s="21"/>
+      <c r="AC314" s="21"/>
+      <c r="AD314" s="21"/>
+      <c r="AE314" s="21" t="s">
+        <v>902</v>
+      </c>
+      <c r="AF314" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG314" s="21" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="315" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A315" s="28" t="s">
+        <v>337</v>
+      </c>
+      <c r="B315" s="31">
+        <v>1</v>
+      </c>
+      <c r="D315" s="31">
+        <v>1</v>
+      </c>
+      <c r="H315" s="22"/>
+      <c r="I315" s="22"/>
+      <c r="J315" s="21"/>
+      <c r="K315" s="21" t="s">
+        <v>903</v>
+      </c>
+      <c r="L315" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M315" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N315" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O315" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P315" s="21" t="s">
+        <v>904</v>
+      </c>
+      <c r="Q315" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R315" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S315" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T315" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U315" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V315" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W315" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X315" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y315" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z315" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA315" s="21"/>
+      <c r="AB315" s="21"/>
+      <c r="AC315" s="21"/>
+      <c r="AD315" s="21" t="s">
+        <v>905</v>
+      </c>
+      <c r="AE315" s="21" t="s">
+        <v>576</v>
+      </c>
+      <c r="AF315" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG315" s="21" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="316" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A316" s="28" t="s">
+        <v>338</v>
+      </c>
+      <c r="B316" s="31">
+        <v>1</v>
+      </c>
+      <c r="H316" s="22"/>
+      <c r="I316" s="22"/>
+      <c r="J316" s="21"/>
+      <c r="K316" s="21" t="s">
+        <v>906</v>
+      </c>
+      <c r="L316" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M316" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N316" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O316" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P316" s="21" t="s">
+        <v>907</v>
+      </c>
+      <c r="Q316" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R316" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S316" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T316" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U316" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V316" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W316" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X316" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y316" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z316" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA316" s="21"/>
+      <c r="AB316" s="21"/>
+      <c r="AC316" s="21"/>
+      <c r="AD316" s="21"/>
+      <c r="AE316" s="21" t="s">
+        <v>908</v>
+      </c>
+      <c r="AF316" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG316" s="21" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="317" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A317" s="28" t="s">
+        <v>339</v>
+      </c>
+      <c r="B317" s="31">
+        <v>1</v>
+      </c>
+      <c r="H317" s="22"/>
+      <c r="I317" s="22"/>
+      <c r="J317" s="21"/>
+      <c r="K317" s="21" t="s">
+        <v>910</v>
+      </c>
+      <c r="L317" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M317" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N317" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O317" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P317" s="21" t="s">
+        <v>911</v>
+      </c>
+      <c r="Q317" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="R317" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S317" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="T317" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="U317" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="V317" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W317" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X317" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y317" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z317" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA317" s="21"/>
+      <c r="AB317" s="21"/>
+      <c r="AC317" s="21"/>
+      <c r="AD317" s="21"/>
+      <c r="AE317" s="21" t="s">
+        <v>902</v>
+      </c>
+      <c r="AF317" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG317" s="21" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="318" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A318" s="28" t="s">
+        <v>340</v>
+      </c>
+      <c r="B318" s="31">
+        <v>1</v>
+      </c>
+      <c r="H318" s="22"/>
+      <c r="I318" s="22"/>
+      <c r="J318" s="21"/>
+      <c r="K318" s="21" t="s">
+        <v>912</v>
+      </c>
+      <c r="L318" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M318" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N318" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O318" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P318" s="21" t="s">
+        <v>913</v>
+      </c>
+      <c r="Q318" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="R318" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S318" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="T318" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="U318" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="V318" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W318" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X318" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y318" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z318" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA318" s="21"/>
+      <c r="AB318" s="21"/>
+      <c r="AC318" s="21"/>
+      <c r="AD318" s="21"/>
+      <c r="AE318" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF318" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG318" s="21" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="319" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A319" s="28" t="s">
+        <v>341</v>
+      </c>
+      <c r="B319" s="31">
+        <v>1</v>
+      </c>
+      <c r="H319" s="22"/>
+      <c r="I319" s="22"/>
+      <c r="J319" s="21"/>
+      <c r="K319" s="21" t="s">
+        <v>914</v>
+      </c>
+      <c r="L319" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M319" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N319" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O319" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P319" s="21" t="s">
+        <v>915</v>
+      </c>
+      <c r="Q319" s="21" t="s">
+        <v>113</v>
+      </c>
+      <c r="R319" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S319" s="21" t="s">
+        <v>115</v>
+      </c>
+      <c r="T319" s="21" t="s">
+        <v>116</v>
+      </c>
+      <c r="U319" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="V319" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W319" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X319" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y319" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z319" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA319" s="21"/>
+      <c r="AB319" s="21"/>
+      <c r="AC319" s="21"/>
+      <c r="AD319" s="21" t="s">
+        <v>916</v>
+      </c>
+      <c r="AE319" s="21" t="s">
+        <v>917</v>
+      </c>
+      <c r="AF319" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG319" s="21" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="320" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A320" s="28" t="s">
+        <v>342</v>
+      </c>
+      <c r="B320" s="31">
+        <v>1</v>
+      </c>
+      <c r="H320" s="22"/>
+      <c r="I320" s="22"/>
+      <c r="J320" s="21"/>
+      <c r="K320" s="21" t="s">
+        <v>918</v>
+      </c>
+      <c r="L320" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M320" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N320" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O320" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P320" s="21" t="s">
+        <v>919</v>
+      </c>
+      <c r="Q320" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R320" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S320" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T320" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U320" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V320" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W320" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X320" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y320" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z320" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA320" s="21"/>
+      <c r="AB320" s="21"/>
+      <c r="AC320" s="21"/>
+      <c r="AD320" s="21" t="s">
+        <v>920</v>
+      </c>
+      <c r="AE320" s="21" t="s">
+        <v>576</v>
+      </c>
+      <c r="AF320" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG320" s="21" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="321" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A321" s="28" t="s">
+        <v>343</v>
+      </c>
+      <c r="B321" s="31">
+        <v>1</v>
+      </c>
+      <c r="H321" s="22"/>
+      <c r="I321" s="22"/>
+      <c r="J321" s="21"/>
+      <c r="K321" s="21" t="s">
+        <v>921</v>
+      </c>
+      <c r="L321" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M321" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N321" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O321" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P321" s="21" t="s">
+        <v>922</v>
+      </c>
+      <c r="Q321" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R321" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S321" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T321" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U321" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V321" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W321" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X321" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y321" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z321" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA321" s="21"/>
+      <c r="AB321" s="21"/>
+      <c r="AC321" s="21"/>
+      <c r="AD321" s="21"/>
+      <c r="AE321" s="21" t="s">
+        <v>576</v>
+      </c>
+      <c r="AF321" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG321" s="21" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="322" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A322" s="28" t="s">
+        <v>344</v>
+      </c>
+      <c r="B322" s="31">
+        <v>1</v>
+      </c>
+      <c r="H322" s="22"/>
+      <c r="I322" s="22"/>
+      <c r="J322" s="21"/>
+      <c r="K322" s="21" t="s">
+        <v>923</v>
+      </c>
+      <c r="L322" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M322" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N322" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O322" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P322" s="21" t="s">
+        <v>924</v>
+      </c>
+      <c r="Q322" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R322" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S322" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T322" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U322" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V322" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W322" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X322" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y322" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z322" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA322" s="21"/>
+      <c r="AB322" s="21"/>
+      <c r="AC322" s="21"/>
+      <c r="AD322" s="21" t="s">
+        <v>925</v>
+      </c>
+      <c r="AE322" s="21" t="s">
+        <v>576</v>
+      </c>
+      <c r="AF322" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG322" s="21" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="323" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A323" s="28" t="s">
+        <v>345</v>
+      </c>
+      <c r="B323" s="31">
+        <v>1</v>
+      </c>
+      <c r="H323" s="22"/>
+      <c r="I323" s="22"/>
+      <c r="J323" s="21"/>
+      <c r="K323" s="21" t="s">
+        <v>926</v>
+      </c>
+      <c r="L323" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M323" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N323" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O323" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P323" s="21" t="s">
+        <v>927</v>
+      </c>
+      <c r="Q323" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R323" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S323" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T323" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U323" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V323" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W323" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X323" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y323" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z323" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA323" s="21"/>
+      <c r="AB323" s="21"/>
+      <c r="AC323" s="21" t="s">
+        <v>575</v>
+      </c>
+      <c r="AD323" s="21" t="s">
+        <v>928</v>
+      </c>
+      <c r="AE323" s="21" t="s">
+        <v>782</v>
+      </c>
+      <c r="AF323" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG323" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="324" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A324" s="28" t="s">
+        <v>346</v>
+      </c>
+      <c r="B324" s="31">
+        <v>1</v>
+      </c>
+      <c r="H324" s="22"/>
+      <c r="I324" s="22"/>
+      <c r="J324" s="21"/>
+      <c r="K324" s="21" t="s">
+        <v>929</v>
+      </c>
+      <c r="L324" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M324" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N324" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O324" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P324" s="21" t="s">
+        <v>930</v>
+      </c>
+      <c r="Q324" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R324" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S324" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T324" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U324" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V324" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W324" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X324" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y324" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z324" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA324" s="21"/>
+      <c r="AB324" s="21"/>
+      <c r="AC324" s="21"/>
+      <c r="AD324" s="21"/>
+      <c r="AE324" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF324" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG324" s="21" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="325" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A325" s="28" t="s">
+        <v>347</v>
+      </c>
+      <c r="B325" s="31">
+        <v>1</v>
+      </c>
+      <c r="H325" s="22"/>
+      <c r="I325" s="22"/>
+      <c r="J325" s="21"/>
+      <c r="K325" s="21" t="s">
+        <v>931</v>
+      </c>
+      <c r="L325" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M325" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N325" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O325" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P325" s="21" t="s">
+        <v>932</v>
+      </c>
+      <c r="Q325" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R325" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S325" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T325" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U325" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V325" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W325" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X325" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y325" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z325" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA325" s="21"/>
+      <c r="AB325" s="21"/>
+      <c r="AC325" s="21"/>
+      <c r="AD325" s="21"/>
+      <c r="AE325" s="21" t="s">
+        <v>746</v>
+      </c>
+      <c r="AF325" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG325" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="326" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A326" s="28" t="s">
+        <v>348</v>
+      </c>
+      <c r="B326" s="31">
+        <v>1</v>
+      </c>
+      <c r="H326" s="22"/>
+      <c r="I326" s="22"/>
+      <c r="J326" s="21"/>
+      <c r="K326" s="21" t="s">
+        <v>933</v>
+      </c>
+      <c r="L326" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M326" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N326" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O326" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P326" s="21" t="s">
+        <v>934</v>
+      </c>
+      <c r="Q326" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R326" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S326" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T326" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U326" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V326" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W326" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X326" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y326" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z326" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA326" s="21"/>
+      <c r="AB326" s="21"/>
+      <c r="AC326" s="21"/>
+      <c r="AD326" s="21"/>
+      <c r="AE326" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF326" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG326" s="21" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="327" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A327" s="28" t="s">
+        <v>349</v>
+      </c>
+      <c r="B327" s="31">
+        <v>1</v>
+      </c>
+      <c r="H327" s="22"/>
+      <c r="I327" s="22"/>
+      <c r="J327" s="21"/>
+      <c r="K327" s="21" t="s">
+        <v>935</v>
+      </c>
+      <c r="L327" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M327" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N327" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O327" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P327" s="21" t="s">
+        <v>936</v>
+      </c>
+      <c r="Q327" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R327" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S327" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T327" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U327" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V327" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W327" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X327" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y327" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z327" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA327" s="21"/>
+      <c r="AB327" s="21"/>
+      <c r="AC327" s="21"/>
+      <c r="AD327" s="21"/>
+      <c r="AE327" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF327" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG327" s="21" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="328" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A328" s="28" t="s">
+        <v>350</v>
+      </c>
+      <c r="B328" s="31">
+        <v>1</v>
+      </c>
+      <c r="H328" s="22"/>
+      <c r="I328" s="22"/>
+      <c r="J328" s="21"/>
+      <c r="K328" s="21" t="s">
+        <v>937</v>
+      </c>
+      <c r="L328" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M328" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N328" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O328" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P328" s="21" t="s">
+        <v>938</v>
+      </c>
+      <c r="Q328" s="21" t="s">
+        <v>113</v>
+      </c>
+      <c r="R328" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S328" s="21" t="s">
+        <v>115</v>
+      </c>
+      <c r="T328" s="21" t="s">
+        <v>116</v>
+      </c>
+      <c r="U328" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="V328" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W328" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X328" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y328" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z328" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA328" s="21"/>
+      <c r="AB328" s="21"/>
+      <c r="AC328" s="21"/>
+      <c r="AD328" s="21"/>
+      <c r="AE328" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF328" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG328" s="21" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="329" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A329" s="28" t="s">
+        <v>351</v>
+      </c>
+      <c r="B329" s="31">
+        <v>1</v>
+      </c>
+      <c r="H329" s="22"/>
+      <c r="I329" s="22"/>
+      <c r="J329" s="21"/>
+      <c r="K329" s="21" t="s">
+        <v>939</v>
+      </c>
+      <c r="L329" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M329" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N329" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O329" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P329" s="21" t="s">
+        <v>940</v>
+      </c>
+      <c r="Q329" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R329" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S329" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T329" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U329" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V329" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W329" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X329" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y329" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z329" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA329" s="21"/>
+      <c r="AB329" s="21"/>
+      <c r="AC329" s="21"/>
+      <c r="AD329" s="21"/>
+      <c r="AE329" s="21" t="s">
+        <v>746</v>
+      </c>
+      <c r="AF329" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG329" s="21" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="330" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A330" s="28" t="s">
+        <v>352</v>
+      </c>
+      <c r="B330" s="31">
+        <v>1</v>
+      </c>
+      <c r="H330" s="22"/>
+      <c r="I330" s="22"/>
+      <c r="J330" s="21"/>
+      <c r="K330" s="21" t="s">
+        <v>941</v>
+      </c>
+      <c r="L330" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M330" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N330" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O330" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P330" s="21" t="s">
+        <v>942</v>
+      </c>
+      <c r="Q330" s="21" t="s">
+        <v>113</v>
+      </c>
+      <c r="R330" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S330" s="21" t="s">
+        <v>115</v>
+      </c>
+      <c r="T330" s="21" t="s">
+        <v>116</v>
+      </c>
+      <c r="U330" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="V330" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W330" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X330" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y330" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z330" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA330" s="21"/>
+      <c r="AB330" s="21"/>
+      <c r="AC330" s="21"/>
+      <c r="AD330" s="21"/>
+      <c r="AE330" s="21" t="s">
+        <v>917</v>
+      </c>
+      <c r="AF330" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG330" s="21" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="331" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A331" s="28" t="s">
+        <v>353</v>
+      </c>
+      <c r="B331" s="31">
+        <v>1</v>
+      </c>
+      <c r="H331" s="22"/>
+      <c r="I331" s="22"/>
+      <c r="J331" s="21"/>
+      <c r="K331" s="21" t="s">
+        <v>943</v>
+      </c>
+      <c r="L331" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M331" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N331" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O331" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P331" s="21" t="s">
+        <v>944</v>
+      </c>
+      <c r="Q331" s="21" t="s">
+        <v>177</v>
+      </c>
+      <c r="R331" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S331" s="21" t="s">
+        <v>178</v>
+      </c>
+      <c r="T331" s="21" t="s">
+        <v>179</v>
+      </c>
+      <c r="U331" s="21" t="s">
+        <v>180</v>
+      </c>
+      <c r="V331" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W331" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X331" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y331" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z331" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA331" s="21"/>
+      <c r="AB331" s="21"/>
+      <c r="AC331" s="21"/>
+      <c r="AD331" s="21"/>
+      <c r="AE331" s="21" t="s">
+        <v>902</v>
+      </c>
+      <c r="AF331" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG331" s="21" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="332" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A332" s="28" t="s">
+        <v>354</v>
+      </c>
+      <c r="B332" s="31">
+        <v>1</v>
+      </c>
+      <c r="H332" s="22"/>
+      <c r="I332" s="22"/>
+      <c r="J332" s="21"/>
+      <c r="K332" s="21" t="s">
+        <v>945</v>
+      </c>
+      <c r="L332" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M332" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N332" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O332" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P332" s="21" t="s">
+        <v>946</v>
+      </c>
+      <c r="Q332" s="21" t="s">
+        <v>170</v>
+      </c>
+      <c r="R332" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S332" s="21" t="s">
+        <v>171</v>
+      </c>
+      <c r="T332" s="21" t="s">
+        <v>172</v>
+      </c>
+      <c r="U332" s="21" t="s">
+        <v>173</v>
+      </c>
+      <c r="V332" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W332" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X332" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y332" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z332" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA332" s="21"/>
+      <c r="AB332" s="21"/>
+      <c r="AC332" s="21"/>
+      <c r="AD332" s="21"/>
+      <c r="AE332" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF332" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG332" s="21" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="333" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A333" s="28" t="s">
+        <v>355</v>
+      </c>
+      <c r="B333" s="31">
+        <v>1</v>
+      </c>
+      <c r="H333" s="22"/>
+      <c r="I333" s="22"/>
+      <c r="J333" s="21"/>
+      <c r="K333" s="21" t="s">
+        <v>947</v>
+      </c>
+      <c r="L333" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M333" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N333" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O333" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P333" s="21" t="s">
+        <v>948</v>
+      </c>
+      <c r="Q333" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R333" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S333" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T333" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U333" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V333" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W333" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X333" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y333" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z333" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA333" s="21"/>
+      <c r="AB333" s="21"/>
+      <c r="AC333" s="21"/>
+      <c r="AD333" s="21"/>
+      <c r="AE333" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF333" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG333" s="21" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="334" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A334" s="28" t="s">
+        <v>356</v>
+      </c>
+      <c r="B334" s="31">
+        <v>1</v>
+      </c>
+      <c r="H334" s="22"/>
+      <c r="I334" s="22"/>
+      <c r="J334" s="21"/>
+      <c r="K334" s="21" t="s">
+        <v>950</v>
+      </c>
+      <c r="L334" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M334" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N334" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O334" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P334" s="21" t="s">
+        <v>951</v>
+      </c>
+      <c r="Q334" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R334" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S334" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T334" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U334" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V334" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W334" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X334" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y334" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z334" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA334" s="21"/>
+      <c r="AB334" s="21"/>
+      <c r="AC334" s="21"/>
+      <c r="AD334" s="21"/>
+      <c r="AE334" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF334" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG334" s="21" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="335" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A335" s="28" t="s">
+        <v>357</v>
+      </c>
+      <c r="B335" s="31">
+        <v>1</v>
+      </c>
+      <c r="H335" s="22"/>
+      <c r="I335" s="22"/>
+      <c r="J335" s="21"/>
+      <c r="K335" s="21" t="s">
+        <v>952</v>
+      </c>
+      <c r="L335" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M335" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N335" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O335" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P335" s="21" t="s">
+        <v>953</v>
+      </c>
+      <c r="Q335" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R335" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S335" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T335" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U335" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V335" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W335" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X335" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y335" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z335" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA335" s="21"/>
+      <c r="AB335" s="21"/>
+      <c r="AC335" s="21"/>
+      <c r="AD335" s="21"/>
+      <c r="AE335" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF335" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG335" s="21" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="336" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A336" s="28" t="s">
+        <v>358</v>
+      </c>
+      <c r="B336" s="31">
+        <v>1</v>
+      </c>
+      <c r="H336" s="22"/>
+      <c r="I336" s="22"/>
+      <c r="J336" s="21"/>
+      <c r="K336" s="21" t="s">
+        <v>955</v>
+      </c>
+      <c r="L336" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M336" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N336" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O336" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P336" s="21" t="s">
+        <v>956</v>
+      </c>
+      <c r="Q336" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R336" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S336" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T336" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U336" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V336" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W336" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X336" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y336" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z336" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA336" s="21"/>
+      <c r="AB336" s="21"/>
+      <c r="AC336" s="21"/>
+      <c r="AD336" s="21"/>
+      <c r="AE336" s="21" t="s">
+        <v>622</v>
+      </c>
+      <c r="AF336" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG336" s="21" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="337" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A337" s="28" t="s">
+        <v>359</v>
+      </c>
+      <c r="B337" s="31">
+        <v>1</v>
+      </c>
+      <c r="H337" s="22"/>
+      <c r="I337" s="22"/>
+      <c r="J337" s="21"/>
+      <c r="K337" s="21" t="s">
+        <v>957</v>
+      </c>
+      <c r="L337" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M337" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N337" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O337" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P337" s="21" t="s">
+        <v>958</v>
+      </c>
+      <c r="Q337" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R337" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S337" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T337" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U337" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V337" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W337" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X337" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y337" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z337" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA337" s="21"/>
+      <c r="AB337" s="21"/>
+      <c r="AC337" s="21"/>
+      <c r="AD337" s="21"/>
+      <c r="AE337" s="21" t="s">
+        <v>622</v>
+      </c>
+      <c r="AF337" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG337" s="21" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="338" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A338" s="28" t="s">
+        <v>360</v>
+      </c>
+      <c r="B338" s="31">
+        <v>1</v>
+      </c>
+      <c r="H338" s="22"/>
+      <c r="I338" s="22"/>
+      <c r="J338" s="21"/>
+      <c r="K338" s="21" t="s">
+        <v>959</v>
+      </c>
+      <c r="L338" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M338" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N338" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O338" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P338" s="21" t="s">
+        <v>960</v>
+      </c>
+      <c r="Q338" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R338" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S338" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T338" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U338" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V338" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W338" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X338" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y338" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z338" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA338" s="21"/>
+      <c r="AB338" s="21"/>
+      <c r="AC338" s="21"/>
+      <c r="AD338" s="21"/>
+      <c r="AE338" s="21" t="s">
+        <v>746</v>
+      </c>
+      <c r="AF338" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG338" s="21" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="339" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A339" s="28" t="s">
+        <v>361</v>
+      </c>
+      <c r="B339" s="31">
+        <v>1</v>
+      </c>
+      <c r="H339" s="22"/>
+      <c r="I339" s="22"/>
+      <c r="J339" s="21"/>
+      <c r="K339" s="21" t="s">
+        <v>961</v>
+      </c>
+      <c r="L339" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M339" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N339" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O339" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P339" s="21" t="s">
+        <v>962</v>
+      </c>
+      <c r="Q339" s="21" t="s">
+        <v>113</v>
+      </c>
+      <c r="R339" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S339" s="21" t="s">
+        <v>115</v>
+      </c>
+      <c r="T339" s="21" t="s">
+        <v>116</v>
+      </c>
+      <c r="U339" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="V339" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W339" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X339" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y339" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z339" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA339" s="21"/>
+      <c r="AB339" s="21"/>
+      <c r="AC339" s="21"/>
+      <c r="AD339" s="21"/>
+      <c r="AE339" s="21" t="s">
+        <v>917</v>
+      </c>
+      <c r="AF339" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG339" s="21" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="340" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A340" s="28" t="s">
+        <v>362</v>
+      </c>
+      <c r="B340" s="31">
+        <v>1</v>
+      </c>
+      <c r="H340" s="22"/>
+      <c r="I340" s="22"/>
+      <c r="J340" s="21"/>
+      <c r="K340" s="21" t="s">
+        <v>963</v>
+      </c>
+      <c r="L340" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M340" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N340" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O340" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P340" s="21" t="s">
+        <v>964</v>
+      </c>
+      <c r="Q340" s="21" t="s">
+        <v>614</v>
+      </c>
+      <c r="R340" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S340" s="21" t="s">
+        <v>615</v>
+      </c>
+      <c r="T340" s="21" t="s">
+        <v>616</v>
+      </c>
+      <c r="U340" s="21" t="s">
+        <v>617</v>
+      </c>
+      <c r="V340" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W340" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X340" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y340" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z340" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA340" s="21"/>
+      <c r="AB340" s="21"/>
+      <c r="AC340" s="21"/>
+      <c r="AD340" s="21"/>
+      <c r="AE340" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF340" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG340" s="21" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="341" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A341" s="28" t="s">
+        <v>363</v>
+      </c>
+      <c r="B341" s="31">
+        <v>1</v>
+      </c>
+      <c r="H341" s="22"/>
+      <c r="I341" s="22"/>
+      <c r="J341" s="21"/>
+      <c r="K341" s="21" t="s">
+        <v>965</v>
+      </c>
+      <c r="L341" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M341" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N341" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O341" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P341" s="21" t="s">
+        <v>966</v>
+      </c>
+      <c r="Q341" s="21" t="s">
+        <v>170</v>
+      </c>
+      <c r="R341" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S341" s="21" t="s">
+        <v>171</v>
+      </c>
+      <c r="T341" s="21" t="s">
+        <v>172</v>
+      </c>
+      <c r="U341" s="21" t="s">
+        <v>173</v>
+      </c>
+      <c r="V341" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W341" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X341" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y341" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z341" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA341" s="21"/>
+      <c r="AB341" s="21"/>
+      <c r="AC341" s="21"/>
+      <c r="AD341" s="21"/>
+      <c r="AE341" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF341" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG341" s="21" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="342" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A342" s="28" t="s">
+        <v>364</v>
+      </c>
+      <c r="B342" s="31">
+        <v>1</v>
+      </c>
+      <c r="H342" s="22"/>
+      <c r="I342" s="22"/>
+      <c r="J342" s="21"/>
+      <c r="K342" s="21" t="s">
+        <v>967</v>
+      </c>
+      <c r="L342" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M342" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N342" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O342" s="21" t="s">
+        <v>463</v>
+      </c>
+      <c r="P342" s="21" t="s">
+        <v>968</v>
+      </c>
+      <c r="Q342" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R342" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S342" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T342" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U342" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V342" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W342" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X342" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y342" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z342" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA342" s="21"/>
+      <c r="AB342" s="21"/>
+      <c r="AC342" s="21"/>
+      <c r="AD342" s="21" t="s">
+        <v>969</v>
+      </c>
+      <c r="AE342" s="21" t="s">
+        <v>625</v>
+      </c>
+      <c r="AF342" s="21" t="s">
+        <v>467</v>
+      </c>
+      <c r="AG342" s="21" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="343" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A343" s="28" t="s">
+        <v>365</v>
+      </c>
+      <c r="B343" s="31">
+        <v>1</v>
+      </c>
+      <c r="H343" s="22"/>
+      <c r="I343" s="22"/>
+      <c r="J343" s="21"/>
+      <c r="K343" s="21" t="s">
+        <v>970</v>
+      </c>
+      <c r="L343" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M343" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N343" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O343" s="21" t="s">
+        <v>536</v>
+      </c>
+      <c r="P343" s="21" t="s">
+        <v>971</v>
+      </c>
+      <c r="Q343" s="21" t="s">
+        <v>183</v>
+      </c>
+      <c r="R343" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S343" s="21" t="s">
+        <v>184</v>
+      </c>
+      <c r="T343" s="21" t="s">
+        <v>185</v>
+      </c>
+      <c r="U343" s="21" t="s">
+        <v>186</v>
+      </c>
+      <c r="V343" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W343" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X343" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y343" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z343" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA343" s="21"/>
+      <c r="AB343" s="21"/>
+      <c r="AC343" s="21"/>
+      <c r="AD343" s="21"/>
+      <c r="AE343" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF343" s="21" t="s">
+        <v>539</v>
+      </c>
+      <c r="AG343" s="21" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="344" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A344" s="28" t="s">
+        <v>366</v>
+      </c>
+      <c r="B344" s="31">
+        <v>1</v>
+      </c>
+      <c r="H344" s="22"/>
+      <c r="I344" s="22"/>
+      <c r="J344" s="21"/>
+      <c r="K344" s="21" t="s">
+        <v>973</v>
+      </c>
+      <c r="L344" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M344" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N344" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O344" s="21" t="s">
+        <v>536</v>
+      </c>
+      <c r="P344" s="21" t="s">
+        <v>974</v>
+      </c>
+      <c r="Q344" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="R344" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S344" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="T344" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="U344" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="V344" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W344" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X344" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y344" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z344" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA344" s="21"/>
+      <c r="AB344" s="21"/>
+      <c r="AC344" s="21"/>
+      <c r="AD344" s="21"/>
+      <c r="AE344" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF344" s="21" t="s">
+        <v>539</v>
+      </c>
+      <c r="AG344" s="21" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="345" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A345" s="28" t="s">
+        <v>367</v>
+      </c>
+      <c r="B345" s="31">
+        <v>1</v>
+      </c>
+      <c r="H345" s="22"/>
+      <c r="I345" s="22"/>
+      <c r="J345" s="21"/>
+      <c r="K345" s="21" t="s">
+        <v>975</v>
+      </c>
+      <c r="L345" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M345" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N345" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O345" s="21" t="s">
+        <v>536</v>
+      </c>
+      <c r="P345" s="21" t="s">
+        <v>976</v>
+      </c>
+      <c r="Q345" s="21" t="s">
+        <v>614</v>
+      </c>
+      <c r="R345" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S345" s="21" t="s">
+        <v>615</v>
+      </c>
+      <c r="T345" s="21" t="s">
+        <v>616</v>
+      </c>
+      <c r="U345" s="21" t="s">
+        <v>617</v>
+      </c>
+      <c r="V345" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W345" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X345" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y345" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z345" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA345" s="21"/>
+      <c r="AB345" s="21"/>
+      <c r="AC345" s="21"/>
+      <c r="AD345" s="21"/>
+      <c r="AE345" s="21" t="s">
+        <v>977</v>
+      </c>
+      <c r="AF345" s="21" t="s">
+        <v>539</v>
+      </c>
+      <c r="AG345" s="21" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="346" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A346" s="28" t="s">
+        <v>368</v>
+      </c>
+      <c r="B346" s="31">
+        <v>1</v>
+      </c>
+      <c r="H346" s="22"/>
+      <c r="I346" s="22"/>
+      <c r="J346" s="21"/>
+      <c r="K346" s="21" t="s">
+        <v>978</v>
+      </c>
+      <c r="L346" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M346" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N346" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O346" s="21" t="s">
+        <v>536</v>
+      </c>
+      <c r="P346" s="21" t="s">
+        <v>979</v>
+      </c>
+      <c r="Q346" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="R346" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S346" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="T346" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="U346" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="V346" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W346" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X346" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y346" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z346" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA346" s="21"/>
+      <c r="AB346" s="21"/>
+      <c r="AC346" s="21"/>
+      <c r="AD346" s="21"/>
+      <c r="AE346" s="21" t="s">
+        <v>980</v>
+      </c>
+      <c r="AF346" s="21" t="s">
+        <v>539</v>
+      </c>
+      <c r="AG346" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="347" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A347" s="28" t="s">
+        <v>369</v>
+      </c>
+      <c r="B347" s="31">
+        <v>1</v>
+      </c>
+      <c r="D347" s="31">
+        <v>1</v>
+      </c>
+      <c r="H347" s="22"/>
+      <c r="I347" s="22"/>
+      <c r="J347" s="21"/>
+      <c r="K347" s="21" t="s">
+        <v>981</v>
+      </c>
+      <c r="L347" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M347" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N347" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O347" s="21" t="s">
+        <v>536</v>
+      </c>
+      <c r="P347" s="21" t="s">
+        <v>982</v>
+      </c>
+      <c r="Q347" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R347" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S347" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T347" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U347" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V347" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W347" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X347" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y347" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z347" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA347" s="21"/>
+      <c r="AB347" s="21"/>
+      <c r="AC347" s="21" t="s">
+        <v>575</v>
+      </c>
+      <c r="AD347" s="21"/>
+      <c r="AE347" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF347" s="21" t="s">
+        <v>539</v>
+      </c>
+      <c r="AG347" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="348" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A348" s="28" t="s">
+        <v>370</v>
+      </c>
+      <c r="B348" s="31">
+        <v>1</v>
+      </c>
+      <c r="H348" s="22"/>
+      <c r="I348" s="22"/>
+      <c r="J348" s="21"/>
+      <c r="K348" s="21" t="s">
+        <v>983</v>
+      </c>
+      <c r="L348" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M348" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N348" s="21" t="s">
+        <v>462</v>
+      </c>
+      <c r="O348" s="21" t="s">
+        <v>536</v>
+      </c>
+      <c r="P348" s="21" t="s">
+        <v>984</v>
+      </c>
+      <c r="Q348" s="21" t="s">
+        <v>183</v>
+      </c>
+      <c r="R348" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S348" s="21" t="s">
+        <v>184</v>
+      </c>
+      <c r="T348" s="21" t="s">
+        <v>185</v>
+      </c>
+      <c r="U348" s="21" t="s">
+        <v>186</v>
+      </c>
+      <c r="V348" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W348" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X348" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y348" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z348" s="21" t="s">
+        <v>659</v>
+      </c>
+      <c r="AA348" s="21"/>
+      <c r="AB348" s="21"/>
+      <c r="AC348" s="21"/>
+      <c r="AD348" s="21"/>
+      <c r="AE348" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF348" s="21" t="s">
+        <v>539</v>
+      </c>
+      <c r="AG348" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="349" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A349" s="28" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C349" s="31">
+        <v>1</v>
+      </c>
+      <c r="G349" s="31">
+        <v>1</v>
+      </c>
+      <c r="H349" s="22"/>
+      <c r="I349" s="22"/>
+      <c r="J349" s="21"/>
+      <c r="K349" s="21" t="s">
+        <v>2261</v>
+      </c>
+      <c r="L349" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M349" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N349" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O349" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P349" s="21" t="s">
+        <v>2262</v>
+      </c>
+      <c r="Q349" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="R349" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S349" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="T349" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="U349" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="V349" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W349" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X349" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Y349" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z349" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA349" s="21" t="s">
+        <v>2263</v>
+      </c>
+      <c r="AB349" s="21"/>
+      <c r="AC349" s="21" t="s">
+        <v>1962</v>
+      </c>
+      <c r="AD349" s="21"/>
+      <c r="AE349" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF349" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG349" s="21" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="350" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A350" s="28" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C350" s="31">
+        <v>1</v>
+      </c>
+      <c r="G350" s="31">
+        <v>1</v>
+      </c>
+      <c r="H350" s="22"/>
+      <c r="I350" s="22"/>
+      <c r="J350" s="21"/>
+      <c r="K350" s="21" t="s">
+        <v>2264</v>
+      </c>
+      <c r="L350" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M350" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N350" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O350" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="P350" s="21" t="s">
+        <v>2265</v>
+      </c>
+      <c r="Q350" s="21" t="s">
+        <v>840</v>
+      </c>
+      <c r="R350" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S350" s="21" t="s">
+        <v>841</v>
+      </c>
+      <c r="T350" s="21" t="s">
+        <v>842</v>
+      </c>
+      <c r="U350" s="21" t="s">
+        <v>843</v>
+      </c>
+      <c r="V350" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W350" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X350" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Y350" s="21" t="s">
+        <v>1586</v>
+      </c>
+      <c r="Z350" s="21" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA350" s="21"/>
+      <c r="AB350" s="21"/>
+      <c r="AC350" s="21" t="s">
+        <v>2266</v>
+      </c>
+      <c r="AD350" s="21"/>
+      <c r="AE350" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF350" s="21" t="s">
+        <v>1869</v>
+      </c>
+      <c r="AG350" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="351" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A351" s="51" t="s">
+        <v>1363</v>
+      </c>
+      <c r="C351" s="31">
+        <v>1</v>
+      </c>
+      <c r="H351" s="22"/>
+      <c r="I351" s="22"/>
+      <c r="J351" s="21"/>
+      <c r="K351" s="21" t="s">
+        <v>2267</v>
+      </c>
+      <c r="L351" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M351" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N351" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O351" s="21" t="s">
+        <v>1185</v>
+      </c>
+      <c r="P351" s="21" t="s">
+        <v>2111</v>
+      </c>
+      <c r="Q351" s="21" t="s">
+        <v>1995</v>
+      </c>
+      <c r="R351" s="21" t="s">
+        <v>2112</v>
+      </c>
+      <c r="S351" s="21" t="s">
+        <v>2113</v>
+      </c>
+      <c r="T351" s="21" t="s">
+        <v>681</v>
+      </c>
+      <c r="U351" s="21" t="s">
+        <v>2114</v>
+      </c>
+      <c r="V351" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W351" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X351" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y351" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z351" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="AA351" s="21"/>
+      <c r="AB351" s="21"/>
+      <c r="AC351" s="21" t="s">
+        <v>2268</v>
+      </c>
+      <c r="AD351" s="21"/>
+      <c r="AE351" s="21" t="s">
+        <v>2269</v>
+      </c>
+      <c r="AF351" s="21" t="s">
+        <v>2117</v>
+      </c>
+      <c r="AG351" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="352" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A352" s="51" t="s">
+        <v>1333</v>
+      </c>
+      <c r="C352" s="31">
+        <v>1</v>
+      </c>
+      <c r="H352" s="22"/>
+      <c r="I352" s="22"/>
+      <c r="J352" s="21"/>
+      <c r="K352" s="21" t="s">
+        <v>2270</v>
+      </c>
+      <c r="L352" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M352" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="N352" s="21" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O352" s="21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P352" s="21" t="s">
+        <v>2271</v>
+      </c>
+      <c r="Q352" s="21" t="s">
+        <v>2231</v>
+      </c>
+      <c r="R352" s="21" t="s">
+        <v>2272</v>
+      </c>
+      <c r="S352" s="21" t="s">
+        <v>2233</v>
+      </c>
+      <c r="T352" s="21" t="s">
+        <v>2234</v>
+      </c>
+      <c r="U352" s="21" t="s">
+        <v>2235</v>
+      </c>
+      <c r="V352" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W352" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X352" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y352" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z352" s="21" t="s">
+        <v>2237</v>
+      </c>
+      <c r="AA352" s="21" t="s">
+        <v>2273</v>
+      </c>
+      <c r="AB352" s="21"/>
+      <c r="AC352" s="21" t="s">
+        <v>2274</v>
+      </c>
+      <c r="AD352" s="21"/>
+      <c r="AE352" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF352" s="21" t="s">
+        <v>1518</v>
+      </c>
+      <c r="AG352" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="353" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A353" s="28" t="s">
+        <v>43</v>
+      </c>
+      <c r="H353" s="27">
+        <v>1</v>
+      </c>
+      <c r="I353" s="27"/>
+      <c r="J353" s="21"/>
+      <c r="K353" s="21" t="s">
+        <v>985</v>
+      </c>
+      <c r="L353" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M353" s="21" t="s">
         <v>91</v>
       </c>
-      <c r="AB3" s="48" t="s">
-[...8 lines deleted...]
-      <c r="AE3" s="49" t="s">
+      <c r="N353" s="21" t="s">
+        <v>92</v>
+      </c>
+      <c r="O353" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="P353" s="21" t="s">
+        <v>176</v>
+      </c>
+      <c r="Q353" s="21" t="s">
+        <v>177</v>
+      </c>
+      <c r="R353" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S353" s="21" t="s">
+        <v>178</v>
+      </c>
+      <c r="T353" s="21" t="s">
+        <v>179</v>
+      </c>
+      <c r="U353" s="21" t="s">
+        <v>180</v>
+      </c>
+      <c r="V353" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W353" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X353" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Y353" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z353" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="AA353" s="21" t="s">
+        <v>181</v>
+      </c>
+      <c r="AB353" s="21"/>
+      <c r="AC353" s="21"/>
+      <c r="AD353" s="21"/>
+      <c r="AE353" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF353" s="21" t="s">
         <v>198</v>
       </c>
-    </row>
-[...47 lines deleted...]
-      <c r="V4" s="28" t="s">
+      <c r="AG353" s="21" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="354" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A354" s="28" t="s">
+        <v>44</v>
+      </c>
+      <c r="H354" s="27">
+        <v>1</v>
+      </c>
+      <c r="I354" s="27"/>
+      <c r="J354" s="21"/>
+      <c r="K354" s="21" t="s">
+        <v>986</v>
+      </c>
+      <c r="L354" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M354" s="21" t="s">
+        <v>91</v>
+      </c>
+      <c r="N354" s="21" t="s">
+        <v>92</v>
+      </c>
+      <c r="O354" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="P354" s="21" t="s">
+        <v>182</v>
+      </c>
+      <c r="Q354" s="21" t="s">
+        <v>183</v>
+      </c>
+      <c r="R354" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S354" s="21" t="s">
+        <v>184</v>
+      </c>
+      <c r="T354" s="21" t="s">
+        <v>185</v>
+      </c>
+      <c r="U354" s="21" t="s">
+        <v>186</v>
+      </c>
+      <c r="V354" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W354" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X354" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Y354" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z354" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="AA354" s="21" t="s">
+        <v>187</v>
+      </c>
+      <c r="AB354" s="21"/>
+      <c r="AC354" s="21"/>
+      <c r="AD354" s="21"/>
+      <c r="AE354" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF354" s="21" t="s">
+        <v>198</v>
+      </c>
+      <c r="AG354" s="21" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="355" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A355" s="28" t="s">
+        <v>45</v>
+      </c>
+      <c r="H355" s="27">
+        <v>1</v>
+      </c>
+      <c r="I355" s="27"/>
+      <c r="J355" s="21"/>
+      <c r="K355" s="21" t="s">
+        <v>987</v>
+      </c>
+      <c r="L355" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M355" s="21" t="s">
+        <v>91</v>
+      </c>
+      <c r="N355" s="21" t="s">
+        <v>92</v>
+      </c>
+      <c r="O355" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="P355" s="21" t="s">
+        <v>188</v>
+      </c>
+      <c r="Q355" s="21" t="s">
+        <v>170</v>
+      </c>
+      <c r="R355" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S355" s="21" t="s">
+        <v>171</v>
+      </c>
+      <c r="T355" s="21" t="s">
+        <v>172</v>
+      </c>
+      <c r="U355" s="21" t="s">
+        <v>173</v>
+      </c>
+      <c r="V355" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W355" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X355" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="Y355" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z355" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="AA355" s="21" t="s">
+        <v>189</v>
+      </c>
+      <c r="AB355" s="21"/>
+      <c r="AC355" s="21"/>
+      <c r="AD355" s="21"/>
+      <c r="AE355" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF355" s="21" t="s">
+        <v>198</v>
+      </c>
+      <c r="AG355" s="21" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="356" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A356" s="28" t="s">
+        <v>46</v>
+      </c>
+      <c r="H356" s="27">
+        <v>1</v>
+      </c>
+      <c r="I356" s="27"/>
+      <c r="J356" s="21"/>
+      <c r="K356" s="21" t="s">
+        <v>988</v>
+      </c>
+      <c r="L356" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M356" s="21" t="s">
+        <v>91</v>
+      </c>
+      <c r="N356" s="21" t="s">
+        <v>92</v>
+      </c>
+      <c r="O356" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="P356" s="21" t="s">
+        <v>190</v>
+      </c>
+      <c r="Q356" s="21" t="s">
+        <v>177</v>
+      </c>
+      <c r="R356" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S356" s="21" t="s">
+        <v>178</v>
+      </c>
+      <c r="T356" s="21" t="s">
+        <v>179</v>
+      </c>
+      <c r="U356" s="21" t="s">
+        <v>180</v>
+      </c>
+      <c r="V356" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W356" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X356" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="Y356" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z356" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="AA356" s="21" t="s">
+        <v>191</v>
+      </c>
+      <c r="AB356" s="21"/>
+      <c r="AC356" s="21"/>
+      <c r="AD356" s="21"/>
+      <c r="AE356" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF356" s="21" t="s">
+        <v>198</v>
+      </c>
+      <c r="AG356" s="21" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="357" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A357" s="28" t="s">
+        <v>31</v>
+      </c>
+      <c r="H357" s="27">
+        <v>1</v>
+      </c>
+      <c r="I357" s="27"/>
+      <c r="J357" s="21"/>
+      <c r="K357" s="21" t="s">
+        <v>989</v>
+      </c>
+      <c r="L357" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M357" s="21" t="s">
+        <v>91</v>
+      </c>
+      <c r="N357" s="21" t="s">
+        <v>92</v>
+      </c>
+      <c r="O357" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="P357" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q357" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R357" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S357" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="T357" s="21" t="s">
+        <v>106</v>
+      </c>
+      <c r="U357" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="V357" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W357" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X357" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="Y357" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z357" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="AA357" s="21" t="s">
+        <v>111</v>
+      </c>
+      <c r="AB357" s="21"/>
+      <c r="AC357" s="21" t="s">
+        <v>112</v>
+      </c>
+      <c r="AD357" s="21"/>
+      <c r="AE357" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF357" s="21" t="s">
+        <v>198</v>
+      </c>
+      <c r="AG357" s="21" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="358" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A358" s="28" t="s">
+        <v>32</v>
+      </c>
+      <c r="H358" s="27">
+        <v>1</v>
+      </c>
+      <c r="I358" s="27"/>
+      <c r="J358" s="21"/>
+      <c r="K358" s="21" t="s">
+        <v>990</v>
+      </c>
+      <c r="L358" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M358" s="21" t="s">
+        <v>91</v>
+      </c>
+      <c r="N358" s="21" t="s">
+        <v>92</v>
+      </c>
+      <c r="O358" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="P358" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q358" s="21" t="s">
+        <v>113</v>
+      </c>
+      <c r="R358" s="21" t="s">
+        <v>114</v>
+      </c>
+      <c r="S358" s="21" t="s">
+        <v>115</v>
+      </c>
+      <c r="T358" s="21" t="s">
+        <v>116</v>
+      </c>
+      <c r="U358" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="V358" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W358" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X358" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y358" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z358" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="AA358" s="21" t="s">
+        <v>118</v>
+      </c>
+      <c r="AB358" s="21"/>
+      <c r="AC358" s="21"/>
+      <c r="AD358" s="21"/>
+      <c r="AE358" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF358" s="21" t="s">
+        <v>198</v>
+      </c>
+      <c r="AG358" s="21" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="359" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A359" s="28" t="s">
+        <v>33</v>
+      </c>
+      <c r="H359" s="27">
+        <v>1</v>
+      </c>
+      <c r="I359" s="27"/>
+      <c r="J359" s="21"/>
+      <c r="K359" s="21" t="s">
+        <v>991</v>
+      </c>
+      <c r="L359" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M359" s="21" t="s">
+        <v>91</v>
+      </c>
+      <c r="N359" s="21" t="s">
+        <v>92</v>
+      </c>
+      <c r="O359" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="P359" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q359" s="21" t="s">
+        <v>119</v>
+      </c>
+      <c r="R359" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S359" s="21" t="s">
+        <v>120</v>
+      </c>
+      <c r="T359" s="21" t="s">
+        <v>121</v>
+      </c>
+      <c r="U359" s="21" t="s">
+        <v>122</v>
+      </c>
+      <c r="V359" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W359" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X359" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="Y359" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z359" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="AA359" s="21" t="s">
+        <v>123</v>
+      </c>
+      <c r="AB359" s="21"/>
+      <c r="AC359" s="21"/>
+      <c r="AD359" s="21"/>
+      <c r="AE359" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF359" s="21" t="s">
+        <v>198</v>
+      </c>
+      <c r="AG359" s="21" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="360" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A360" s="28" t="s">
+        <v>38</v>
+      </c>
+      <c r="H360" s="27">
+        <v>1</v>
+      </c>
+      <c r="I360" s="27"/>
+      <c r="J360" s="21"/>
+      <c r="K360" s="21" t="s">
+        <v>992</v>
+      </c>
+      <c r="L360" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M360" s="21" t="s">
+        <v>91</v>
+      </c>
+      <c r="N360" s="21" t="s">
+        <v>92</v>
+      </c>
+      <c r="O360" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="P360" s="21" t="s">
+        <v>124</v>
+      </c>
+      <c r="Q360" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="R360" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S360" s="21" t="s">
+        <v>125</v>
+      </c>
+      <c r="T360" s="21" t="s">
+        <v>126</v>
+      </c>
+      <c r="U360" s="21" t="s">
+        <v>127</v>
+      </c>
+      <c r="V360" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W360" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X360" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="Y360" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z360" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="AA360" s="21" t="s">
+        <v>128</v>
+      </c>
+      <c r="AB360" s="21"/>
+      <c r="AC360" s="21" t="s">
+        <v>129</v>
+      </c>
+      <c r="AD360" s="21"/>
+      <c r="AE360" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF360" s="21" t="s">
+        <v>198</v>
+      </c>
+      <c r="AG360" s="21" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="361" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A361" s="28" t="s">
+        <v>39</v>
+      </c>
+      <c r="H361" s="27">
+        <v>1</v>
+      </c>
+      <c r="I361" s="27"/>
+      <c r="J361" s="21"/>
+      <c r="K361" s="21" t="s">
+        <v>993</v>
+      </c>
+      <c r="L361" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M361" s="21" t="s">
+        <v>91</v>
+      </c>
+      <c r="N361" s="21" t="s">
+        <v>92</v>
+      </c>
+      <c r="O361" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="P361" s="21" t="s">
+        <v>130</v>
+      </c>
+      <c r="Q361" s="21" t="s">
+        <v>131</v>
+      </c>
+      <c r="R361" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S361" s="21" t="s">
+        <v>132</v>
+      </c>
+      <c r="T361" s="21" t="s">
+        <v>133</v>
+      </c>
+      <c r="U361" s="21" t="s">
+        <v>134</v>
+      </c>
+      <c r="V361" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W361" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X361" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="Y361" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z361" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="AA361" s="21" t="s">
+        <v>135</v>
+      </c>
+      <c r="AB361" s="21"/>
+      <c r="AC361" s="21"/>
+      <c r="AD361" s="21"/>
+      <c r="AE361" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF361" s="21" t="s">
+        <v>198</v>
+      </c>
+      <c r="AG361" s="21" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="362" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A362" s="28" t="s">
+        <v>40</v>
+      </c>
+      <c r="H362" s="27">
+        <v>1</v>
+      </c>
+      <c r="I362" s="27"/>
+      <c r="J362" s="21"/>
+      <c r="K362" s="21" t="s">
+        <v>994</v>
+      </c>
+      <c r="L362" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="M362" s="21" t="s">
+        <v>91</v>
+      </c>
+      <c r="N362" s="21" t="s">
+        <v>92</v>
+      </c>
+      <c r="O362" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="P362" s="21" t="s">
+        <v>136</v>
+      </c>
+      <c r="Q362" s="21" t="s">
+        <v>137</v>
+      </c>
+      <c r="R362" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="S362" s="21" t="s">
+        <v>138</v>
+      </c>
+      <c r="T362" s="21" t="s">
+        <v>139</v>
+      </c>
+      <c r="U362" s="21" t="s">
+        <v>140</v>
+      </c>
+      <c r="V362" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W362" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="X362" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y362" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z362" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="AA362" s="21" t="s">
+        <v>142</v>
+      </c>
+      <c r="AB362" s="21"/>
+      <c r="AC362" s="21"/>
+      <c r="AD362" s="21"/>
+      <c r="AE362" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF362" s="21" t="s">
+        <v>198</v>
+      </c>
+      <c r="AG362" s="21" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="363" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A363" s="28" t="s">
+        <v>34</v>
+      </c>
+      <c r="H363" s="27">
+        <v>1</v>
+      </c>
+      <c r="I363" s="27"/>
+      <c r="J363" s="21"/>
+      <c r="K363" s="21" t="s">
+        <v>995</v>
+      </c>
+      <c r="L363" s="21" t="s">
         <v>143</v>
       </c>
-      <c r="W4" s="28" t="s">
-[...670 lines deleted...]
-      <c r="J13" s="28" t="s">
+      <c r="M363" s="21" t="s">
+        <v>91</v>
+      </c>
+      <c r="N363" s="21" t="s">
         <v>92</v>
       </c>
-      <c r="K13" s="28" t="s">
-[...2364 lines deleted...]
-      <c r="R43" s="28" t="s">
+      <c r="O363" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="P363" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q363" s="21" t="s">
+        <v>144</v>
+      </c>
+      <c r="R363" s="21" t="s">
+        <v>145</v>
+      </c>
+      <c r="S363" s="21" t="s">
+        <v>146</v>
+      </c>
+      <c r="T363" s="21" t="s">
+        <v>147</v>
+      </c>
+      <c r="U363" s="21" t="s">
+        <v>148</v>
+      </c>
+      <c r="V363" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W363" s="21" t="s">
+        <v>149</v>
+      </c>
+      <c r="X363" s="21" t="s">
         <v>108</v>
       </c>
-      <c r="S43" s="28" t="s">
-[...77 lines deleted...]
-      <c r="R44" s="28" t="s">
+      <c r="Y363" s="21" t="s">
         <v>108</v>
       </c>
-      <c r="S44" s="28" t="s">
-[...1081 lines deleted...]
-      <c r="R58" s="28" t="s">
+      <c r="Z363" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="AA363" s="21" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB363" s="21"/>
+      <c r="AC363" s="21" t="s">
+        <v>151</v>
+      </c>
+      <c r="AD363" s="21"/>
+      <c r="AE363" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="AF363" s="21" t="s">
+        <v>198</v>
+      </c>
+      <c r="AG363" s="21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="364" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A364" s="28" t="s">
+        <v>35</v>
+      </c>
+      <c r="H364" s="27">
+        <v>1</v>
+      </c>
+      <c r="I364" s="27"/>
+      <c r="J364" s="21"/>
+      <c r="K364" s="21" t="s">
+        <v>996</v>
+      </c>
+      <c r="L364" s="21" t="s">
+        <v>152</v>
+      </c>
+      <c r="M364" s="21" t="s">
+        <v>91</v>
+      </c>
+      <c r="N364" s="21" t="s">
+        <v>92</v>
+      </c>
+      <c r="O364" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="P364" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q364" s="21" t="s">
+        <v>144</v>
+      </c>
+      <c r="R364" s="21" t="s">
+        <v>153</v>
+      </c>
+      <c r="S364" s="21" t="s">
+        <v>154</v>
+      </c>
+      <c r="T364" s="21" t="s">
+        <v>155</v>
+      </c>
+      <c r="U364" s="21" t="s">
+        <v>148</v>
+      </c>
+      <c r="V364" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="W364" s="21" t="s">
+        <v>149</v>
+      </c>
+      <c r="X364" s="21" t="s">
         <v>108</v>
       </c>
-      <c r="S58" s="28" t="s">
-[...74 lines deleted...]
-      <c r="R59" s="28" t="s">
+      <c r="Y364" s="21" t="s">
         <v>108</v>
       </c>
-      <c r="S59" s="28" t="s">
-[...6640 lines deleted...]
-      <c r="V144" s="28" t="s">
+      <c r="Z364" s="21" t="s">
         <v>110</v>
       </c>
-      <c r="W144" s="28" t="s">
-[...3671 lines deleted...]
-      <c r="V191" s="28" t="s">
+      <c r="AA364" s="21" t="s">
+        <v>156</v>
+      </c>
+      <c r="AB364" s="21"/>
+      <c r="AC364" s="21"/>
+      <c r="AD364" s="21"/>
+      <c r="AE364" s="21" t="s">
         <v>110</v>
       </c>
-      <c r="W191" s="28" t="s">
-[...75 lines deleted...]
-      <c r="V192" s="28" t="s">
+      <c r="AF364" s="21" t="s">
+        <v>198</v>
+      </c>
+      <c r="AG364" s="21" t="s">
         <v>110</v>
       </c>
-      <c r="W192" s="28" t="s">
-[...1493 lines deleted...]
-      <c r="G409" s="29"/>
+    </row>
+    <row r="365" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A365" s="51"/>
+      <c r="J365" s="21"/>
+    </row>
+    <row r="366" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A366" s="51"/>
+      <c r="J366" s="21"/>
+    </row>
+    <row r="367" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A367" s="51"/>
+      <c r="H367" s="22"/>
+      <c r="I367" s="22"/>
+      <c r="J367" s="21"/>
+    </row>
+    <row r="368" spans="1:33" x14ac:dyDescent="0.25">
+      <c r="A368" s="51"/>
+      <c r="H368" s="22"/>
+      <c r="I368" s="22"/>
+      <c r="J368" s="21"/>
+    </row>
+    <row r="369" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A369" s="51"/>
+      <c r="H369" s="22"/>
+      <c r="I369" s="22"/>
+      <c r="J369" s="21"/>
+    </row>
+    <row r="370" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A370" s="51"/>
+      <c r="H370" s="22"/>
+      <c r="I370" s="22"/>
+      <c r="J370" s="21"/>
+    </row>
+    <row r="371" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A371" s="51"/>
+      <c r="H371" s="22"/>
+      <c r="I371" s="22"/>
+      <c r="J371" s="21"/>
+    </row>
+    <row r="372" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A372" s="51"/>
+      <c r="H372" s="22"/>
+      <c r="I372" s="22"/>
+      <c r="J372" s="21"/>
+    </row>
+    <row r="373" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A373" s="51"/>
+      <c r="H373" s="22"/>
+      <c r="I373" s="22"/>
+      <c r="J373" s="21"/>
+    </row>
+    <row r="374" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A374" s="51"/>
+      <c r="H374" s="22"/>
+      <c r="I374" s="22"/>
+    </row>
+    <row r="375" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A375" s="51"/>
+      <c r="H375" s="22"/>
+      <c r="I375" s="22"/>
+    </row>
+    <row r="376" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A376" s="51"/>
+      <c r="H376" s="22"/>
+      <c r="I376" s="22"/>
+    </row>
+    <row r="377" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A377" s="51"/>
+      <c r="H377" s="22"/>
+      <c r="I377" s="22"/>
+    </row>
+    <row r="378" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A378" s="51"/>
+      <c r="H378" s="22"/>
+      <c r="I378" s="22"/>
+    </row>
+    <row r="379" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A379" s="51"/>
+    </row>
+    <row r="380" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A380" s="51"/>
+    </row>
+    <row r="381" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A381" s="51"/>
+      <c r="H381" s="22"/>
+      <c r="I381" s="22"/>
+    </row>
+    <row r="382" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A382" s="51"/>
+      <c r="H382" s="22"/>
+      <c r="I382" s="22"/>
+    </row>
+    <row r="383" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="H383" s="22"/>
+      <c r="I383" s="22"/>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:AE200">
-    <sortCondition ref="A4:A200"/>
+  <autoFilter ref="A3:AG364" xr:uid="{A5CCCB69-03E0-47BD-9CD8-BEC57327DA7F}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:AG364">
+      <sortCondition ref="A3:A364"/>
+    </sortState>
+  </autoFilter>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:AG364">
+    <sortCondition ref="D4:D364"/>
+    <sortCondition ref="E4:E364"/>
+    <sortCondition ref="F4:F364"/>
+    <sortCondition ref="G4:G364"/>
+    <sortCondition ref="H4:H364"/>
+    <sortCondition ref="I4:I364"/>
   </sortState>
   <mergeCells count="1">
-    <mergeCell ref="I1:AE2"/>
+    <mergeCell ref="K1:AG2"/>
   </mergeCells>
-  <phoneticPr fontId="14" type="noConversion"/>
+  <phoneticPr fontId="13" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{346CC01F-A501-46DA-9585-F81AEBA8800B}">
-  <dimension ref="A2:K21"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ADB351E3-F185-473C-BA0A-DBCDA3D9A237}">
+  <dimension ref="A1:N47"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane xSplit="2" ySplit="2" topLeftCell="P3" activePane="bottomRight" state="frozen"/>
-[...3 lines deleted...]
-      <selection pane="bottomRight" activeCell="J5" sqref="J5"/>
+      <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
+      <selection pane="topRight" activeCell="B1" sqref="B1"/>
+      <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
+      <selection pane="bottomRight" activeCell="B2" sqref="B2"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="2" width="14.7109375" customWidth="1"/>
+    <col min="3" max="3" width="17.7109375" customWidth="1"/>
+    <col min="4" max="4" width="20.28515625" customWidth="1"/>
+    <col min="5" max="5" width="16.5703125" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="15.28515625" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="12.140625" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:14" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="B1" s="19" t="s">
+        <v>1239</v>
+      </c>
+      <c r="C1" s="19" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D1" s="19" t="s">
+        <v>1241</v>
+      </c>
+      <c r="E1" s="19" t="s">
+        <v>1242</v>
+      </c>
+    </row>
+    <row r="2" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A2" s="28" t="s">
+        <v>1187</v>
+      </c>
+      <c r="B2" s="20" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C2" s="20" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D2" s="20" t="s">
+        <v>1054</v>
+      </c>
+      <c r="E2" s="20" t="s">
+        <v>1052</v>
+      </c>
+      <c r="F2" s="31"/>
+      <c r="G2" s="22"/>
+      <c r="H2" s="22"/>
+      <c r="I2" s="20"/>
+      <c r="N2" s="20"/>
+    </row>
+    <row r="3" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A3" s="28" t="s">
+        <v>1237</v>
+      </c>
+      <c r="B3" s="20" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C3" s="20" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D3" s="20" t="s">
+        <v>1123</v>
+      </c>
+      <c r="E3" s="20" t="s">
+        <v>1121</v>
+      </c>
+      <c r="F3" s="31"/>
+      <c r="G3" s="22"/>
+      <c r="H3" s="22"/>
+      <c r="I3" s="20"/>
+      <c r="N3" s="20"/>
+    </row>
+    <row r="4" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A4" s="28" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B4" s="20" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C4" s="20" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D4" s="20" t="s">
+        <v>1073</v>
+      </c>
+      <c r="E4" s="20" t="s">
+        <v>1071</v>
+      </c>
+      <c r="F4" s="31"/>
+      <c r="G4" s="22"/>
+      <c r="H4" s="22"/>
+      <c r="I4" s="20"/>
+      <c r="N4" s="20"/>
+    </row>
+    <row r="5" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A5" s="28" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B5" s="20" t="s">
+        <v>1120</v>
+      </c>
+      <c r="C5" s="20" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D5" s="20" t="s">
+        <v>1119</v>
+      </c>
+      <c r="E5" s="20" t="s">
+        <v>1117</v>
+      </c>
+      <c r="F5" s="31"/>
+      <c r="G5" s="22"/>
+      <c r="H5" s="22"/>
+      <c r="I5" s="20"/>
+      <c r="N5" s="20"/>
+    </row>
+    <row r="6" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A6" s="28" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B6" s="20" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C6" s="20" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D6" s="20" t="s">
+        <v>1115</v>
+      </c>
+      <c r="E6" s="20" t="s">
+        <v>1113</v>
+      </c>
+      <c r="F6" s="31"/>
+      <c r="G6" s="22"/>
+      <c r="H6" s="22"/>
+      <c r="I6" s="20"/>
+      <c r="N6" s="20"/>
+    </row>
+    <row r="7" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A7" s="28" t="s">
+        <v>1193</v>
+      </c>
+      <c r="B7" s="20" t="s">
+        <v>1112</v>
+      </c>
+      <c r="C7" s="20" t="s">
+        <v>1110</v>
+      </c>
+      <c r="D7" s="20" t="s">
+        <v>1111</v>
+      </c>
+      <c r="E7" s="20" t="s">
+        <v>1109</v>
+      </c>
+      <c r="F7" s="31"/>
+      <c r="G7" s="22"/>
+      <c r="H7" s="22"/>
+      <c r="I7" s="20"/>
+      <c r="N7" s="20"/>
+    </row>
+    <row r="8" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A8" s="28" t="s">
+        <v>1195</v>
+      </c>
+      <c r="B8" s="20" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C8" s="20" t="s">
+        <v>1183</v>
+      </c>
+      <c r="D8" s="20" t="s">
+        <v>1184</v>
+      </c>
+      <c r="E8" s="20" t="s">
+        <v>1182</v>
+      </c>
+      <c r="F8" s="31"/>
+      <c r="G8" s="22"/>
+      <c r="H8" s="22"/>
+      <c r="I8" s="20"/>
+      <c r="N8" s="20"/>
+    </row>
+    <row r="9" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A9" s="28" t="s">
+        <v>1197</v>
+      </c>
+      <c r="B9" s="20" t="s">
+        <v>1162</v>
+      </c>
+      <c r="C9" s="20" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D9" s="20" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E9" s="20" t="s">
+        <v>1159</v>
+      </c>
+      <c r="F9" s="31"/>
+      <c r="G9" s="22"/>
+      <c r="H9" s="22"/>
+      <c r="I9" s="20"/>
+      <c r="N9" s="20"/>
+    </row>
+    <row r="10" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A10" s="28" t="s">
+        <v>1198</v>
+      </c>
+      <c r="B10" s="20" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C10" s="20" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D10" s="20" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E10" s="20" t="s">
+        <v>1173</v>
+      </c>
+      <c r="F10" s="31"/>
+      <c r="G10" s="22"/>
+      <c r="H10" s="22"/>
+      <c r="I10" s="20"/>
+      <c r="N10" s="20"/>
+    </row>
+    <row r="11" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A11" s="28" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B11" s="20" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C11" s="20" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D11" s="20" t="s">
+        <v>1147</v>
+      </c>
+      <c r="E11" s="20" t="s">
+        <v>1145</v>
+      </c>
+      <c r="F11" s="31"/>
+      <c r="G11" s="22"/>
+      <c r="H11" s="22"/>
+      <c r="I11" s="20"/>
+      <c r="N11" s="20"/>
+    </row>
+    <row r="12" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A12" s="28" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B12" s="20" t="s">
+        <v>1068</v>
+      </c>
+      <c r="C12" s="20" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D12" s="20" t="s">
+        <v>1143</v>
+      </c>
+      <c r="E12" s="20" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F12" s="31"/>
+      <c r="G12" s="22"/>
+      <c r="H12" s="22"/>
+      <c r="I12" s="20"/>
+      <c r="N12" s="20"/>
+    </row>
+    <row r="13" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A13" s="28" t="s">
+        <v>1201</v>
+      </c>
+      <c r="B13" s="20" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C13" s="20" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D13" s="20" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E13" s="20" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F13" s="31"/>
+      <c r="G13" s="22"/>
+      <c r="H13" s="22"/>
+      <c r="I13" s="20"/>
+      <c r="N13" s="20"/>
+    </row>
+    <row r="14" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A14" s="28" t="s">
+        <v>1202</v>
+      </c>
+      <c r="B14" s="20" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C14" s="20" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D14" s="20" t="s">
+        <v>1027</v>
+      </c>
+      <c r="E14" s="20" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F14" s="31"/>
+      <c r="G14" s="22"/>
+      <c r="H14" s="22"/>
+      <c r="I14" s="20"/>
+      <c r="N14" s="20"/>
+    </row>
+    <row r="15" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A15" s="28" t="s">
+        <v>1204</v>
+      </c>
+      <c r="B15" s="20" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C15" s="20" t="s">
+        <v>1171</v>
+      </c>
+      <c r="D15" s="20" t="s">
+        <v>1172</v>
+      </c>
+      <c r="E15" s="20" t="s">
+        <v>1170</v>
+      </c>
+      <c r="F15" s="31"/>
+      <c r="G15" s="22"/>
+      <c r="H15" s="22"/>
+      <c r="I15" s="20"/>
+      <c r="N15" s="20"/>
+    </row>
+    <row r="16" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A16" s="28" t="s">
+        <v>1205</v>
+      </c>
+      <c r="B16" s="20" t="s">
+        <v>1140</v>
+      </c>
+      <c r="C16" s="20" t="s">
+        <v>1168</v>
+      </c>
+      <c r="D16" s="20" t="s">
+        <v>1169</v>
+      </c>
+      <c r="E16" s="20" t="s">
+        <v>1167</v>
+      </c>
+      <c r="F16" s="31"/>
+      <c r="G16" s="22"/>
+      <c r="H16" s="22"/>
+      <c r="I16" s="20"/>
+      <c r="N16" s="20"/>
+    </row>
+    <row r="17" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A17" s="28" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B17" s="20" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C17" s="20" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D17" s="20" t="s">
+        <v>1181</v>
+      </c>
+      <c r="E17" s="20" t="s">
+        <v>1179</v>
+      </c>
+      <c r="F17" s="31"/>
+      <c r="G17" s="22"/>
+      <c r="H17" s="22"/>
+      <c r="I17" s="20"/>
+      <c r="N17" s="20"/>
+    </row>
+    <row r="18" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A18" s="28" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B18" s="20" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C18" s="20" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D18" s="20" t="s">
+        <v>1023</v>
+      </c>
+      <c r="E18" s="20" t="s">
+        <v>1021</v>
+      </c>
+      <c r="F18" s="31"/>
+      <c r="G18" s="22"/>
+      <c r="H18" s="22"/>
+      <c r="I18" s="20"/>
+      <c r="N18" s="20"/>
+    </row>
+    <row r="19" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A19" s="28" t="s">
+        <v>1209</v>
+      </c>
+      <c r="B19" s="20" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C19" s="20" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D19" s="20" t="s">
+        <v>1044</v>
+      </c>
+      <c r="E19" s="20" t="s">
+        <v>1042</v>
+      </c>
+      <c r="F19" s="31"/>
+      <c r="G19" s="22"/>
+      <c r="H19" s="22"/>
+      <c r="I19" s="20"/>
+      <c r="N19" s="20"/>
+    </row>
+    <row r="20" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A20" s="28" t="s">
+        <v>1210</v>
+      </c>
+      <c r="B20" s="20" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C20" s="20" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D20" s="20" t="s">
+        <v>1040</v>
+      </c>
+      <c r="E20" s="20" t="s">
+        <v>1038</v>
+      </c>
+      <c r="F20" s="31"/>
+      <c r="G20" s="22"/>
+      <c r="H20" s="22"/>
+      <c r="I20" s="20"/>
+      <c r="N20" s="20"/>
+    </row>
+    <row r="21" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A21" s="28" t="s">
+        <v>1211</v>
+      </c>
+      <c r="B21" s="20" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C21" s="20" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D21" s="20" t="s">
+        <v>1036</v>
+      </c>
+      <c r="E21" s="20" t="s">
+        <v>1034</v>
+      </c>
+      <c r="F21" s="31"/>
+      <c r="G21" s="22"/>
+      <c r="H21" s="22"/>
+      <c r="I21" s="20"/>
+      <c r="N21" s="20"/>
+    </row>
+    <row r="22" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A22" s="28" t="s">
+        <v>1212</v>
+      </c>
+      <c r="B22" s="20" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C22" s="20" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D22" s="20" t="s">
+        <v>1139</v>
+      </c>
+      <c r="E22" s="20" t="s">
+        <v>1137</v>
+      </c>
+      <c r="F22" s="31"/>
+      <c r="G22" s="22"/>
+      <c r="H22" s="22"/>
+      <c r="I22" s="20"/>
+      <c r="N22" s="20"/>
+    </row>
+    <row r="23" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A23" s="28" t="s">
+        <v>1213</v>
+      </c>
+      <c r="B23" s="20" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C23" s="20" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D23" s="20" t="s">
+        <v>1136</v>
+      </c>
+      <c r="E23" s="20" t="s">
+        <v>1134</v>
+      </c>
+      <c r="F23" s="31"/>
+      <c r="G23" s="22"/>
+      <c r="H23" s="22"/>
+      <c r="I23" s="20"/>
+      <c r="N23" s="20"/>
+    </row>
+    <row r="24" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A24" s="28" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B24" s="20" t="s">
+        <v>1067</v>
+      </c>
+      <c r="C24" s="20" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D24" s="20" t="s">
+        <v>1065</v>
+      </c>
+      <c r="E24" s="20" t="s">
+        <v>1063</v>
+      </c>
+      <c r="F24" s="31"/>
+      <c r="G24" s="22"/>
+      <c r="H24" s="22"/>
+      <c r="I24" s="20"/>
+      <c r="N24" s="20"/>
+    </row>
+    <row r="25" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A25" s="28" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B25" s="20" t="s">
+        <v>1125</v>
+      </c>
+      <c r="C25" s="20" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D25" s="20" t="s">
+        <v>1178</v>
+      </c>
+      <c r="E25" s="20" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F25" s="31"/>
+      <c r="G25" s="22"/>
+      <c r="H25" s="22"/>
+      <c r="I25" s="20"/>
+      <c r="N25" s="20"/>
+    </row>
+    <row r="26" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A26" s="28" t="s">
+        <v>1216</v>
+      </c>
+      <c r="B26" s="20" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C26" s="20" t="s">
+        <v>1157</v>
+      </c>
+      <c r="D26" s="20" t="s">
+        <v>1158</v>
+      </c>
+      <c r="E26" s="20" t="s">
+        <v>1156</v>
+      </c>
+      <c r="F26" s="31"/>
+      <c r="G26" s="22"/>
+      <c r="H26" s="22"/>
+      <c r="I26" s="20"/>
+      <c r="N26" s="20"/>
+    </row>
+    <row r="27" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A27" s="28" t="s">
+        <v>1217</v>
+      </c>
+      <c r="B27" s="20" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C27" s="20" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D27" s="20" t="s">
+        <v>1019</v>
+      </c>
+      <c r="E27" s="20" t="s">
+        <v>1017</v>
+      </c>
+      <c r="F27" s="31"/>
+      <c r="G27" s="22"/>
+      <c r="H27" s="22"/>
+      <c r="I27" s="20"/>
+      <c r="N27" s="20"/>
+    </row>
+    <row r="28" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A28" s="28" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B28" s="20" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C28" s="20" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D28" s="20" t="s">
+        <v>1015</v>
+      </c>
+      <c r="E28" s="20" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F28" s="31"/>
+      <c r="G28" s="22"/>
+      <c r="H28" s="22"/>
+      <c r="I28" s="20"/>
+      <c r="N28" s="20"/>
+    </row>
+    <row r="29" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A29" s="28" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B29" s="20" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C29" s="20" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D29" s="20" t="s">
+        <v>1011</v>
+      </c>
+      <c r="E29" s="20" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F29" s="31"/>
+      <c r="G29" s="22"/>
+      <c r="H29" s="22"/>
+      <c r="I29" s="20"/>
+      <c r="N29" s="20"/>
+    </row>
+    <row r="30" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A30" s="28" t="s">
+        <v>1186</v>
+      </c>
+      <c r="B30" s="20" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C30" s="20" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D30" s="20" t="s">
+        <v>1128</v>
+      </c>
+      <c r="E30" s="20" t="s">
+        <v>1126</v>
+      </c>
+      <c r="F30" s="31"/>
+      <c r="G30" s="22"/>
+      <c r="H30" s="22"/>
+      <c r="I30" s="20"/>
+      <c r="N30" s="20"/>
+    </row>
+    <row r="31" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A31" s="28" t="s">
+        <v>1220</v>
+      </c>
+      <c r="B31" s="20" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C31" s="20" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D31" s="20" t="s">
+        <v>1062</v>
+      </c>
+      <c r="E31" s="20" t="s">
+        <v>1060</v>
+      </c>
+      <c r="F31" s="31"/>
+      <c r="G31" s="22"/>
+      <c r="H31" s="22"/>
+      <c r="I31" s="20"/>
+      <c r="N31" s="20"/>
+    </row>
+    <row r="32" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A32" s="28" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B32" s="20" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C32" s="20" t="s">
+        <v>1006</v>
+      </c>
+      <c r="D32" s="20" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E32" s="20" t="s">
+        <v>1005</v>
+      </c>
+      <c r="F32" s="31"/>
+      <c r="G32" s="22"/>
+      <c r="H32" s="22"/>
+      <c r="I32" s="20"/>
+      <c r="N32" s="20"/>
+    </row>
+    <row r="33" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A33" s="28" t="s">
+        <v>1222</v>
+      </c>
+      <c r="B33" s="20" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C33" s="20" t="s">
+        <v>1002</v>
+      </c>
+      <c r="D33" s="20" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E33" s="20" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F33" s="31"/>
+      <c r="G33" s="22"/>
+      <c r="H33" s="22"/>
+      <c r="I33" s="20"/>
+      <c r="N33" s="20"/>
+    </row>
+    <row r="34" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A34" s="28" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B34" s="20" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C34" s="20" t="s">
+        <v>1106</v>
+      </c>
+      <c r="D34" s="20" t="s">
+        <v>1107</v>
+      </c>
+      <c r="E34" s="20" t="s">
+        <v>1105</v>
+      </c>
+      <c r="F34" s="31"/>
+      <c r="G34" s="22"/>
+      <c r="H34" s="22"/>
+      <c r="I34" s="20"/>
+      <c r="N34" s="20"/>
+    </row>
+    <row r="35" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A35" s="28" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B35" s="20" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C35" s="20" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D35" s="20" t="s">
+        <v>1103</v>
+      </c>
+      <c r="E35" s="20" t="s">
+        <v>1101</v>
+      </c>
+      <c r="F35" s="31"/>
+      <c r="G35" s="22"/>
+      <c r="H35" s="22"/>
+      <c r="I35" s="20"/>
+      <c r="N35" s="20"/>
+    </row>
+    <row r="36" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A36" s="28" t="s">
+        <v>1225</v>
+      </c>
+      <c r="B36" s="20" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C36" s="20" t="s">
+        <v>1098</v>
+      </c>
+      <c r="D36" s="20" t="s">
+        <v>1099</v>
+      </c>
+      <c r="E36" s="20" t="s">
+        <v>1097</v>
+      </c>
+      <c r="F36" s="31"/>
+      <c r="G36" s="22"/>
+      <c r="H36" s="22"/>
+      <c r="I36" s="20"/>
+      <c r="N36" s="20"/>
+    </row>
+    <row r="37" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A37" s="28" t="s">
+        <v>1226</v>
+      </c>
+      <c r="B37" s="20" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C37" s="20" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D37" s="20" t="s">
+        <v>1096</v>
+      </c>
+      <c r="E37" s="20" t="s">
+        <v>1094</v>
+      </c>
+      <c r="F37" s="31"/>
+      <c r="G37" s="22"/>
+      <c r="H37" s="22"/>
+      <c r="I37" s="20"/>
+      <c r="N37" s="20"/>
+    </row>
+    <row r="38" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A38" s="28" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B38" s="20" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C38" s="20" t="s">
+        <v>1092</v>
+      </c>
+      <c r="D38" s="20" t="s">
+        <v>1093</v>
+      </c>
+      <c r="E38" s="20" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F38" s="31"/>
+      <c r="G38" s="22"/>
+      <c r="H38" s="22"/>
+      <c r="I38" s="20"/>
+      <c r="N38" s="20"/>
+    </row>
+    <row r="39" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A39" s="28" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B39" s="20" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C39" s="20" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D39" s="20" t="s">
+        <v>1166</v>
+      </c>
+      <c r="E39" s="20" t="s">
+        <v>1164</v>
+      </c>
+      <c r="F39" s="31"/>
+      <c r="G39" s="22"/>
+      <c r="H39" s="22"/>
+      <c r="I39" s="20"/>
+      <c r="N39" s="20"/>
+    </row>
+    <row r="40" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A40" s="28" t="s">
+        <v>1229</v>
+      </c>
+      <c r="B40" s="20" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C40" s="20" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D40" s="20" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E40" s="20" t="s">
+        <v>1088</v>
+      </c>
+      <c r="F40" s="31"/>
+      <c r="G40" s="22"/>
+      <c r="H40" s="22"/>
+      <c r="I40" s="20"/>
+      <c r="N40" s="20"/>
+    </row>
+    <row r="41" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A41" s="28" t="s">
+        <v>1230</v>
+      </c>
+      <c r="B41" s="20" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C41" s="20" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D41" s="20" t="s">
+        <v>1058</v>
+      </c>
+      <c r="E41" s="20" t="s">
+        <v>1056</v>
+      </c>
+      <c r="F41" s="31"/>
+      <c r="G41" s="22"/>
+      <c r="H41" s="22"/>
+      <c r="I41" s="20"/>
+      <c r="N41" s="20"/>
+    </row>
+    <row r="42" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A42" s="28" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B42" s="20" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C42" s="20" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D42" s="20" t="s">
+        <v>1083</v>
+      </c>
+      <c r="E42" s="20" t="s">
+        <v>1081</v>
+      </c>
+      <c r="F42" s="31"/>
+      <c r="G42" s="22"/>
+      <c r="H42" s="22"/>
+      <c r="I42" s="20"/>
+      <c r="N42" s="20"/>
+    </row>
+    <row r="43" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A43" s="28" t="s">
+        <v>1232</v>
+      </c>
+      <c r="B43" s="20" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C43" s="20" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D43" s="20" t="s">
+        <v>1154</v>
+      </c>
+      <c r="E43" s="20" t="s">
+        <v>1152</v>
+      </c>
+      <c r="F43" s="31"/>
+      <c r="G43" s="22"/>
+      <c r="H43" s="22"/>
+      <c r="I43" s="20"/>
+      <c r="N43" s="20"/>
+    </row>
+    <row r="44" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A44" s="28" t="s">
+        <v>1233</v>
+      </c>
+      <c r="B44" s="20" t="s">
+        <v>1151</v>
+      </c>
+      <c r="C44" s="20" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D44" s="20" t="s">
+        <v>1150</v>
+      </c>
+      <c r="E44" s="20" t="s">
+        <v>1148</v>
+      </c>
+      <c r="F44" s="31"/>
+      <c r="G44" s="22"/>
+      <c r="H44" s="22"/>
+      <c r="I44" s="20"/>
+      <c r="N44" s="20"/>
+    </row>
+    <row r="45" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A45" s="28" t="s">
+        <v>1234</v>
+      </c>
+      <c r="B45" s="20" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C45" s="20" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D45" s="20" t="s">
+        <v>1049</v>
+      </c>
+      <c r="E45" s="20" t="s">
+        <v>1047</v>
+      </c>
+      <c r="F45" s="31"/>
+      <c r="G45" s="22"/>
+      <c r="H45" s="22"/>
+      <c r="I45" s="20"/>
+      <c r="N45" s="20"/>
+    </row>
+    <row r="46" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A46" s="28" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B46" s="20" t="s">
+        <v>1077</v>
+      </c>
+      <c r="C46" s="20" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D46" s="20" t="s">
+        <v>1087</v>
+      </c>
+      <c r="E46" s="20" t="s">
+        <v>1085</v>
+      </c>
+      <c r="F46" s="31"/>
+      <c r="G46" s="22"/>
+      <c r="H46" s="22"/>
+      <c r="I46" s="20"/>
+      <c r="N46" s="20"/>
+    </row>
+    <row r="47" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A47" s="28" t="s">
+        <v>1236</v>
+      </c>
+      <c r="B47" s="20" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C47" s="20" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D47" s="20" t="s">
+        <v>1133</v>
+      </c>
+      <c r="E47" s="20" t="s">
+        <v>1131</v>
+      </c>
+      <c r="F47" s="31"/>
+      <c r="G47" s="22"/>
+      <c r="H47" s="22"/>
+      <c r="I47" s="20"/>
+      <c r="N47" s="20"/>
+    </row>
+  </sheetData>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:N47">
+    <sortCondition ref="A2:A47"/>
+  </sortState>
+  <phoneticPr fontId="13" type="noConversion"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{346CC01F-A501-46DA-9585-F81AEBA8800B}">
+  <dimension ref="A2:E32"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <pane xSplit="1" ySplit="2" topLeftCell="B3" activePane="bottomRight" state="frozen"/>
+      <selection pane="topRight" activeCell="B1" sqref="B1"/>
+      <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
+      <selection pane="bottomRight" activeCell="I12" sqref="I12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="17.140625" customWidth="1"/>
-    <col min="2" max="2" width="18.5703125" customWidth="1"/>
-    <col min="5" max="5" width="13.5703125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="23.42578125" customWidth="1"/>
+    <col min="3" max="3" width="15.28515625" customWidth="1"/>
+    <col min="4" max="4" width="16.28515625" customWidth="1"/>
+    <col min="5" max="5" width="15" customWidth="1"/>
     <col min="6" max="6" width="10.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="7.140625" bestFit="1" customWidth="1"/>
-[...13 lines deleted...]
-    <col min="23" max="23" width="34.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="10.28515625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="13.5703125" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="17.28515625" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="8.5703125" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="26.42578125" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="11" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="13.140625" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="10.28515625" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="10" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="9.7109375" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="9.28515625" bestFit="1" customWidth="1"/>
+    <col min="19" max="20" width="12.42578125" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="12" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="34.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:11" ht="30" x14ac:dyDescent="0.25">
-      <c r="A2" s="25" t="s">
+    <row r="2" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A2" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="B2" s="26" t="s">
+      <c r="B2" s="19" t="s">
+        <v>1463</v>
+      </c>
+      <c r="C2" s="19" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D2" s="19" t="s">
+        <v>1241</v>
+      </c>
+      <c r="E2" s="19" t="s">
+        <v>1242</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A3" s="54" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" s="8" t="s">
         <v>52</v>
       </c>
-      <c r="C2" s="23"/>
-[...2 lines deleted...]
-      <c r="A3" s="24" t="s">
+      <c r="C3" t="s">
+        <v>1416</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1417</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1415</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A4" s="52" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" s="53" t="s">
+        <v>61</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1395</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1396</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1394</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A5" s="52" t="s">
+        <v>37</v>
+      </c>
+      <c r="B5" s="53" t="s">
+        <v>62</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1392</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1393</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1391</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A6" s="70" t="s">
+        <v>41</v>
+      </c>
+      <c r="B6" s="71" t="s">
+        <v>63</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1410</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1411</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1409</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A7" s="70"/>
+      <c r="B7" s="71"/>
+      <c r="C7" t="s">
+        <v>1413</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1414</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1412</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A8" s="52" t="s">
+        <v>42</v>
+      </c>
+      <c r="B8" s="53" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1407</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1408</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1406</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A9" s="70" t="s">
+        <v>43</v>
+      </c>
+      <c r="B9" s="72" t="s">
+        <v>65</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1383</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1384</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1382</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="70"/>
+      <c r="B10" s="72"/>
+      <c r="C10" t="s">
+        <v>1386</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1387</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1385</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="70" t="s">
+        <v>44</v>
+      </c>
+      <c r="B11" s="72" t="s">
+        <v>66</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1401</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1402</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A12" s="70"/>
+      <c r="B12" s="72"/>
+      <c r="C12" t="s">
+        <v>1404</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1405</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1403</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="52" t="s">
+        <v>45</v>
+      </c>
+      <c r="B13" s="53" t="s">
+        <v>67</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1389</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1390</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1388</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="52" t="s">
+        <v>46</v>
+      </c>
+      <c r="B14" s="53" t="s">
+        <v>68</v>
+      </c>
+      <c r="C14" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1399</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1397</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="52" t="s">
         <v>31</v>
       </c>
-      <c r="B3" s="20" t="s">
+      <c r="B15" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="C15" t="s">
+        <v>1461</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1462</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1460</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="70" t="s">
+        <v>32</v>
+      </c>
+      <c r="B16" s="73" t="s">
         <v>54</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B4" s="20" t="s">
+      <c r="C16" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1435</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1433</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="70"/>
+      <c r="B17" s="73"/>
+      <c r="C17" t="s">
+        <v>1458</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1459</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1457</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="70" t="s">
+        <v>33</v>
+      </c>
+      <c r="B18" s="73" t="s">
         <v>55</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B5" s="20" t="s">
+      <c r="C18" t="s">
+        <v>1428</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1429</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A19" s="70"/>
+      <c r="B19" s="73"/>
+      <c r="C19" t="s">
+        <v>1431</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1432</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1430</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A20" s="70"/>
+      <c r="B20" s="73"/>
+      <c r="C20" t="s">
+        <v>1446</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1447</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1445</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="70" t="s">
+        <v>38</v>
+      </c>
+      <c r="B21" s="71" t="s">
         <v>56</v>
       </c>
-      <c r="J5" t="s">
-[...7 lines deleted...]
-      <c r="A6" s="24" t="s">
+      <c r="C21" t="s">
+        <v>1422</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1423</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1421</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="70"/>
+      <c r="B22" s="71"/>
+      <c r="C22" t="s">
+        <v>1425</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1426</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1424</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A23" s="52" t="s">
+        <v>39</v>
+      </c>
+      <c r="B23" s="53" t="s">
+        <v>57</v>
+      </c>
+      <c r="C23" t="s">
+        <v>1443</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1444</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1442</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="70" t="s">
+        <v>40</v>
+      </c>
+      <c r="B24" s="71" t="s">
+        <v>58</v>
+      </c>
+      <c r="C24" t="s">
+        <v>1440</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1441</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1439</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A25" s="70"/>
+      <c r="B25" s="71"/>
+      <c r="C25" t="s">
+        <v>1455</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1456</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1454</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="70" t="s">
         <v>34</v>
       </c>
-      <c r="B6" s="20" t="s">
-[...15 lines deleted...]
-      <c r="B8" s="21" t="s">
+      <c r="B26" s="71" t="s">
         <v>59</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B9" s="21" t="s">
+      <c r="C26" t="s">
+        <v>1419</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1420</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1418</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A27" s="70"/>
+      <c r="B27" s="71"/>
+      <c r="C27" t="s">
+        <v>1452</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1453</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1451</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A28" s="70" t="s">
+        <v>35</v>
+      </c>
+      <c r="B28" s="71" t="s">
         <v>60</v>
       </c>
-    </row>
-[...86 lines deleted...]
-      <c r="B21" s="14"/>
+      <c r="C28" t="s">
+        <v>1437</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1438</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1436</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A29" s="70"/>
+      <c r="B29" s="71"/>
+      <c r="C29" t="s">
+        <v>1449</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1450</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1448</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A32" s="43" t="s">
+        <v>1464</v>
+      </c>
     </row>
   </sheetData>
+  <mergeCells count="18">
+    <mergeCell ref="A18:A20"/>
+    <mergeCell ref="B18:B20"/>
+    <mergeCell ref="A21:A22"/>
+    <mergeCell ref="B21:B22"/>
+    <mergeCell ref="A6:A7"/>
+    <mergeCell ref="A16:A17"/>
+    <mergeCell ref="A9:A10"/>
+    <mergeCell ref="B9:B10"/>
+    <mergeCell ref="B6:B7"/>
+    <mergeCell ref="B16:B17"/>
+    <mergeCell ref="A11:A12"/>
+    <mergeCell ref="B11:B12"/>
+    <mergeCell ref="A28:A29"/>
+    <mergeCell ref="B28:B29"/>
+    <mergeCell ref="A24:A25"/>
+    <mergeCell ref="B24:B25"/>
+    <mergeCell ref="A26:A27"/>
+    <mergeCell ref="B26:B27"/>
+  </mergeCells>
+  <phoneticPr fontId="13" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A I 4 G A A B Q S w M E F A A C A A g A z I I 8 X O R q I S a m A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y + x D o I w G I R f h X S n L W A M k l I G V z A m J s a 1 K R U a 4 c f Q Y n k 3 B x / J V x C j q J v j 3 X 2 X 3 N 2 v N 5 a N b e N d V G 9 0 B y k K M E W e A t m V G q o U D f b o x y j j b C v k S V T K m 2 A w y W h 0 i m p r z w k h z j n s I t z 1 F Q k p D c i h y H e y V q 3 w N R g r Q C r 0 a Z X / W 4 i z / W s M D 3 G w o H i 5 i i N M G Z l d V m j 4 E u E 0 + J n + m G w 9 N H b o F Y f G 3 + S M z J K R 9 w n + A F B L A w Q U A A I A C A D M g j x c D 8 r p q 6 Q A A A D p A A A A E w A c A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A b Y 5 L D s I w D E S v E n m f u r B A C D V l A d y A C 0 T B / Y j m o 8 Z F 4 W w s O B J X I G 1 3 i K V n 5 n n m 8 3 p X x 2 Q H 8 a A x 9 t 4 p 2 B Q l C H L G 3 3 r X K p i 4 k X s 4 1 t X 1 G S i K H H V R Q c c c D o j R d G R 1 L H w g l 5 3 G j 1 Z z P s c W g z Z 3 3 R J u y 3 K H x j s m x 5 L n H 1 B X Z 2 r 0 N L C 4 p C y v t R k H c V p z c 5 U C p s S 4 y P i X s D 9 5 H c L Q G 8 3 Z x C R t l H Y h c R l e f w F Q S w M E F A A C A A g A z I I 8 X F S l 2 O G G A w A A t w 0 A A B M A H A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A N 2 W 3 2 / a M B D H n 4 f U / y F K X 0 C K U K G j 0 z b x w K D T O n W 0 I + y p T J G T m N S t Y 2 e 2 Q 0 F V / / d d f p Q g b E M f 9 j R e Q v w 5 n 7 8 + 3 5 0 j c a Q I Z 4 5 f P X u f T 1 o n L X m P B I 6 d U 9 c X a J a z O Q o p d t q 9 f s d 1 h g 7 F 6 q T l w M / n u Y g w j I z l q j v h U Z 5 i p t p f C c X d M W c K X m T b H X 9 a / J J Y y M U T e W C P Z 2 e 9 x Y Q / M c p R L B f 7 3 r u R X L k d 7 2 6 C K U m J w m L o e q 7 n j D n N U y a H 5 x 8 8 5 5 J F P C Y s G f b 6 g 7 7 n / M y 5 w r 7 a U D x s / n a n n O H f H a 9 S e e r e C p 4 C i 5 1 v G M U g p d h E u W i 3 J v V 4 u 9 q Q 5 9 z V 4 y N K / Q h R J O R Q i X z X 5 f g e s Q Q 8 z j c Z b t z N B W J y y U V a K S 6 g b B v W 9 5 6 f X d g 4 b E 2 B i a P w W r 1 4 z r M 7 k h J t K p 8 a W i V + x t U 1 L m Z d M X X x v l v Y l e w L k l g a h g m H l R / g X D V v g H y U Z l R f Z 0 t + 8 B h T H W + U a a k x n D U W z h S l u k e I B a 1 y K 5 g g t e U x / K 8 5 k z B d m z c Z z U f + / G Z 2 6 S w h o 5 Q p K I 1 J J v i K Q G w P m A i c g A b N I M a r Q C q U 6 N 4 v 1 x k W J D V p S z A P K I 8 C B h s O I p 4 z J T Z v M o I n U 4 Q d 8 6 n B K y Y h A 4 1 a r k k o k N i Y g 1 / D a 7 T h u X W q j + s D s h q U d a H R G 5 E g R m S q g V u K V F E G G p j B S p C s + 3 m g I M o l j w S G 1 y C 2 8 R V U T 6 V z L w G r n D X H w J + N H F / l s X 5 C i k i Z 6 x N W S B B I O D 2 T c 6 o I Q P 1 0 J t o Q k Z z u 7 G I 7 P u V 7 g y + d k x Z h x r 6 y 2 4 q L G h A 4 4 0 I F E K M 4 E D k L b m f f p 6 N e / + J j / + L 8 n / b l Y 4 t 1 l d a n 3 + 3 0 6 c H g P + r T x d 5 R F G E p T Q U i i 7 w 6 x D E U f A w l F B y 1 L D P 4 b a 6 O m e J t 5 z r k L w 9 T U q I D R g q t A x L r 9 S Y j A t 7 J k l j 6 F d n 2 q y C z N Y M d m 9 R 4 2 d C q + 5 h X Y D w l D N G A Y p a o e + t c a u 5 8 r x g U Q J U m e q 1 v D c y t b 4 u t r b M s n L L r 6 9 E L o Q f a W F R e p e Y 9 L 4 m Q E N A 8 p C T S 7 l G K g O V Z 8 R 5 r c C c j F F G G e 7 9 K z 0 M M U Y L k w V Q z G p T 1 Y y R L E P w n C O s v C h N L 4 4 G F L F V m I U i C I G S B C T S J t X 7 Y Z S k o i J t F T c N N i h p q U t V Q i 7 L G 4 K i 6 o o y Q n s x S o K 3 w / T o F Z N Q M 4 0 a 1 M G 7 T C c i m s G 5 I x m M O B X + 0 J X Q 9 0 Z x 2 r x U u 4 R P N U g r V 9 4 K e 7 i F K j d s r x s 1 H X J A D 6 Q Y X Y i C 4 q T a a w 7 H b F M G 2 0 l K r k R 7 6 N P g L U E s B A i 0 A F A A C A A g A z I I 8 X O R q I S a m A A A A 9 w A A A B I A A A A A A A A A A A A A A A A A A A A A A E N v b m Z p Z y 9 Q Y W N r Y W d l L n h t b F B L A Q I t A B Q A A g A I A M y C P F w P y u m r p A A A A O k A A A A T A A A A A A A A A A A A A A A A A P I A A A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s U E s B A i 0 A F A A C A A g A z I I 8 X F S l 2 O G G A w A A t w 0 A A B M A A A A A A A A A A A A A A A A A 4 w E A A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 1 Q S w U G A A A A A A M A A w D C A A A A t g U A A A A A E A E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P F B l c m 1 p c 3 N p b 2 5 M a X N 0 I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i P j x D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P m Z h b H N l P C 9 D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P j x G a X J l d 2 F s b E V u Y W J s Z W Q + d H J 1 Z T w v R m l y Z X d h b G x F b m F i b G V k P j w v U G V y b W l z c 2 l v b k x p c 3 Q + 6 F U A A A A A A A D G V Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i P j x J d G V t c z 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 B b G x G b 3 J t d W x h c z w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o I C 8 + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 N y Y V J 1 b l R h Y m x l J T I w K D E y K T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I k l z U H J p d m F 0 Z S I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s T 2 J q Z W N 0 V H l w Z S I g V m F s d W U 9 I n N D b 2 5 u Z W N 0 a W 9 u T 2 5 s e S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R v R G F 0 Y U 1 v Z G V s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J R d W V y e U l E I i B W Y W x 1 Z T 0 i c z g 5 O T Y w Y m Y z L T A 3 M T k t N G Z i O C 1 i M T U 0 L T A y Y j d h Y j Y w Y T g 5 Y i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q n V m Z m V y T m V 4 d F J l Z n J l c 2 g i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V z d W x 0 V H l w Z S I g V m F s d W U 9 I n N U Y W J s Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i T m F t Z V V w Z G F 0 Z W R B Z n R l c k Z p b G w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b G V k Q 2 9 t c G x l d G V S Z X N 1 b H R U b 1 d v c m t z a G V l d C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J B Z G R l Z F R v R G F 0 Y U 1 v Z G V s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 3 V u d C I g V m F s d W U 9 I m w 2 O T k i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v Z G U i I F Z h b H V l P S J z V W 5 r b m 9 3 b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 1 b n Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M j Y t M D E t M j h U M T I 6 M j E 6 N T Q u M j Q 1 N j E 3 M V o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 U e X B l c y I g V m F s d W U 9 I n N C Z 1 l E Q X d Z R 0 J n T U d D U V l H Q m d Z R 0 J n W U d C Z 1 l H Q m d Z R 0 J n W U h C d 0 1 H Q m d Z R 0 J n W U d C Z z 0 9 I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u T m F t Z X M i I F Z h b H V l P S J z W y Z x d W 9 0 O 1 J 1 b i Z x d W 9 0 O y w m c X V v d D t B c 3 N h e S B U e X B l J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 F 2 Z 1 N w b 3 R M Z W 4 m c X V v d D s s J n F 1 b 3 Q 7 Q m F z Z X M m c X V v d D s s J n F 1 b 3 Q 7 Q m l v U H J v a m V j d C Z x d W 9 0 O y w m c X V v d D t C a W 9 T Y W 1 w b G U m c X V v d D s s J n F 1 b 3 Q 7 Q m l v U 2 F t c G x l T W 9 k Z W w m c X V v d D s s J n F 1 b 3 Q 7 Q n l 0 Z X M m c X V v d D s s J n F 1 b 3 Q 7 Q 2 V u d G V y I E 5 h b W U m c X V v d D s s J n F 1 b 3 Q 7 Q 2 9 s b G V j d G l v b l 9 E Y X R l J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 N v b n N l b n Q m c X V v d D s s J n F 1 b 3 Q 7 R E F U Q V N U T 1 J F I G Z p b G V 0 e X B l J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 R B V E F T V E 9 S R S B w c m 9 2 a W R l c i Z x d W 9 0 O y w m c X V v d D t E Q V R B U 1 R P U k U g c m V n a W 9 u J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 R l d l 9 z d G F n Z S Z x d W 9 0 O y w m c X V v d D t F e H B l c m l t Z W 5 0 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 d l b 1 9 s b 2 N f b m F t Z V 9 j b 3 V u d H J 5 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 d l b 1 9 s b 2 N f b m F t Z V 9 j b 3 V u d H J 5 X 2 N v b n R p b m V u d C Z x d W 9 0 O y w m c X V v d D t n Z W 9 f b G 9 j X 2 5 h b W U m c X V v d D s s J n F 1 b 3 Q 7 S W 5 z d H J 1 b W V u d C Z x d W 9 0 O y w m c X V v d D t M a W J y Y X J 5 I E 5 h b W U m c X V v d D s s J n F 1 b 3 Q 7 T G l i c m F y e U x h e W 9 1 d C Z x d W 9 0 O y w m c X V v d D t M a W J y Y X J 5 U 2 V s Z W N 0 a W 9 u J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 x p Y n J h c n l T b 3 V y Y 2 U m c X V v d D s s J n F 1 b 3 Q 7 T 3 J n Y W 5 p c 2 0 m c X V v d D s s J n F 1 b 3 Q 7 U G x h d G Z v c m 0 m c X V v d D s s J n F 1 b 3 Q 7 U m V s Z W F z Z U R h d G U m c X V v d D s s J n F 1 b 3 Q 7 Y 3 J l Y X R l X 2 R h d G U m c X V v d D s s J n F 1 b 3 Q 7 d m V y c 2 l v b i Z x d W 9 0 O y w m c X V v d D t T Y W 1 w b G U g T m F t Z S Z x d W 9 0 O y w m c X V v d D t T U k E g U 3 R 1 Z H k m c X V v d D s s J n F 1 b 3 Q 7 d G l z c 3 V l J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 Z h c m l l d H k m c X V v d D s s J n F 1 b 3 Q 7 Q 3 V s d G l 2 Y X I m c X V v d D s s J n F 1 b 3 Q 7 S U Q m c X V v d D s s J n F 1 b 3 Q 7 a X N v b G F 0 Z S Z x d W 9 0 O y w m c X V v d D t O b 3 R l J n F 1 b 3 Q 7 X S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F N 0 Y X R 1 c y I g V m F s d W U 9 I n N D b 2 1 w b G V 0 Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w S W 5 m b 0 N v b n R h a W 5 l c i I g V m F s d W U 9 I n N 7 J n F 1 b 3 Q 7 Y 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M z c s J n F 1 b 3 Q 7 a 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 c X V l c n l S Z W x h d G l v b n N o a X B z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 2 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N y Y V J 1 b l R h Y m x l I C g x M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U n V u L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N y Y V J 1 b l R h Y m x l I C g x M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q X N z Y X k g V H l w Z S w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T c m F S d W 5 U Y W J s Z S A o M T I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 F 2 Z 1 N w b 3 R M Z W 4 s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v U 3 J h U n V u V G F i b G U g K D E y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t C Y X N l c y w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T c m F S d W 5 U Y W J s Z S A o M T I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 J p b 1 B y b 2 p l Y 3 Q s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v U 3 J h U n V u V G F i b G U g K D E y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t C a W 9 T Y W 1 w b G U s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v U 3 J h U n V u V G F i b G U g K D E y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t C a W 9 T Y W 1 w b G V N b 2 R l b C w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T c m F S d W 5 U Y W J s Z S A o M T I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 J 5 d G V z L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N y Y V J 1 b l R h Y m x l I C g x M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q 2 V u d G V y I E 5 h b W U s O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v U 3 J h U n V u V G F i b G U g K D E y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t D b 2 x s Z W N 0 a W 9 u X 0 R h d G U s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v U 3 J h U n V u V G F i b G U g K D E y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t D b 2 5 z Z W 5 0 L D E w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T c m F S d W 5 U Y W J s Z S A o M T I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 R B V E F T V E 9 S R S B m a W x l d H l w Z S w x M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v U 3 J h U n V u V G F i b G U g K D E y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t E Q V R B U 1 R P U k U g c H J v d m l k Z X I s M T J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N y Y V J 1 b l R h Y m x l I C g x M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R E F U Q V N U T 1 J F I H J l Z 2 l v b i w x M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v U 3 J h U n V u V G F i b G U g K D E y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t k Z X Z f c 3 R h Z 2 U s M T R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N y Y V J 1 b l R h Y m x l I C g x M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R X h w Z X J p b W V u d C w x N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v U 3 J h U n V u V G F i b G U g K D E y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t n Z W 9 f b G 9 j X 2 5 h b W V f Y 2 9 1 b n R y e S w x N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v U 3 J h U n V u V G F i b G U g K D E y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t n Z W 9 f b G 9 j X 2 5 h b W V f Y 2 9 1 b n R y e V 9 j b 2 5 0 a W 5 l b n Q s M T d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N y Y V J 1 b l R h Y m x l I C g x M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Z 2 V v X 2 x v Y 1 9 u Y W 1 l L D E 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T c m F S d W 5 U Y W J s Z S A o M T I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l u c 3 R y d W 1 l b n Q s M T l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N y Y V J 1 b l R h Y m x l I C g x M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T G l i c m F y e S B O Y W 1 l L D I w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T c m F S d W 5 U Y W J s Z S A o M T I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 x p Y n J h c n l M Y X l v d X Q s M j F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N y Y V J 1 b l R h Y m x l I C g x M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T G l i c m F y e V N l b G V j d G l v b i w y M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v U 3 J h U n V u V G F i b G U g K D E y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t M a W J y Y X J 5 U 2 9 1 c m N l L D I z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T c m F S d W 5 U Y W J s Z S A o M T I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 9 y Z 2 F u a X N t L D I 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T c m F S d W 5 U Y W J s Z S A o M T I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B s Y X R m b 3 J t L D I 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T c m F S d W 5 U Y W J s Z S A o M T I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 J l b G V h c 2 V E Y X R l L D I 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T c m F S d W 5 U Y W J s Z S A o M T I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 N y Z W F 0 Z V 9 k Y X R l L D I 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T c m F S d W 5 U Y W J s Z S A o M T I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 Z l c n N p b 2 4 s M j h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N y Y V J 1 b l R h Y m x l I C g x M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 2 F t c G x l I E 5 h b W U s M j l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N y Y V J 1 b l R h Y m x l I C g x M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 1 J B I F N 0 d W R 5 L D M w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T c m F S d W 5 U Y W J s Z S A o M T I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R p c 3 N 1 Z S w z M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v U 3 J h U n V u V G F i b G U g K D E y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 2 Y X J p Z X R 5 L D M y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T c m F S d W 5 U Y W J s Z S A o M T I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 N 1 b H R p d m F y L D M z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T c m F S d W 5 U Y W J s Z S A o M T I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l E L D M 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T c m F S d W 5 U Y W J s Z S A o M T I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 l z b 2 x h d G U s M z V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N y Y V J 1 b l R h Y m x l I C g x M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T m 9 0 Z S w z N n 0 m c X V v d D t d L C Z x d W 9 0 O 0 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j M 3 L C Z x d W 9 0 O 0 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 0 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N y Y V J 1 b l R h Y m x l I C g x M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U n V u L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N y Y V J 1 b l R h Y m x l I C g x M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q X N z Y X k g V H l w Z S w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T c m F S d W 5 U Y W J s Z S A o M T I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 F 2 Z 1 N w b 3 R M Z W 4 s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v U 3 J h U n V u V G F i b G U g K D E y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t C Y X N l c y w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T c m F S d W 5 U Y W J s Z S A o M T I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 J p b 1 B y b 2 p l Y 3 Q s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v U 3 J h U n V u V G F i b G U g K D E y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t C a W 9 T Y W 1 w b G U s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v U 3 J h U n V u V G F i b G U g K D E y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t C a W 9 T Y W 1 w b G V N b 2 R l b C w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T c m F S d W 5 U Y W J s Z S A o M T I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 J 5 d G V z L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N y Y V J 1 b l R h Y m x l I C g x M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q 2 V u d G V y I E 5 h b W U s O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v U 3 J h U n V u V G F i b G U g K D E y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t D b 2 x s Z W N 0 a W 9 u X 0 R h d G U s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v U 3 J h U n V u V G F i b G U g K D E y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t D b 2 5 z Z W 5 0 L D E w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T c m F S d W 5 U Y W J s Z S A o M T I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 R B V E F T V E 9 S R S B m a W x l d H l w Z S w x M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v U 3 J h U n V u V G F i b G U g K D E y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t E Q V R B U 1 R P U k U g c H J v d m l k Z X I s M T J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N y Y V J 1 b l R h Y m x l I C g x M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R E F U Q V N U T 1 J F I H J l Z 2 l v b i w x M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v U 3 J h U n V u V G F i b G U g K D E y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t k Z X Z f c 3 R h Z 2 U s M T R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N y Y V J 1 b l R h Y m x l I C g x M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R X h w Z X J p b W V u d C w x N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v U 3 J h U n V u V G F i b G U g K D E y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t n Z W 9 f b G 9 j X 2 5 h b W V f Y 2 9 1 b n R y e S w x N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v U 3 J h U n V u V G F i b G U g K D E y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t n Z W 9 f b G 9 j X 2 5 h b W V f Y 2 9 1 b n R y e V 9 j b 2 5 0 a W 5 l b n Q s M T d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N y Y V J 1 b l R h Y m x l I C g x M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Z 2 V v X 2 x v Y 1 9 u Y W 1 l L D E 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T c m F S d W 5 U Y W J s Z S A o M T I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l u c 3 R y d W 1 l b n Q s M T l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N y Y V J 1 b l R h Y m x l I C g x M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T G l i c m F y e S B O Y W 1 l L D I w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T c m F S d W 5 U Y W J s Z S A o M T I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 x p Y n J h c n l M Y X l v d X Q s M j F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N y Y V J 1 b l R h Y m x l I C g x M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T G l i c m F y e V N l b G V j d G l v b i w y M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v U 3 J h U n V u V G F i b G U g K D E y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t M a W J y Y X J 5 U 2 9 1 c m N l L D I z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T c m F S d W 5 U Y W J s Z S A o M T I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 9 y Z 2 F u a X N t L D I 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T c m F S d W 5 U Y W J s Z S A o M T I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B s Y X R m b 3 J t L D I 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T c m F S d W 5 U Y W J s Z S A o M T I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 J l b G V h c 2 V E Y X R l L D I 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T c m F S d W 5 U Y W J s Z S A o M T I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 N y Z W F 0 Z V 9 k Y X R l L D I 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T c m F S d W 5 U Y W J s Z S A o M T I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 Z l c n N p b 2 4 s M j h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N y Y V J 1 b l R h Y m x l I C g x M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 2 F t c G x l I E 5 h b W U s M j l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N y Y V J 1 b l R h Y m x l I C g x M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 1 J B I F N 0 d W R 5 L D M w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T c m F S d W 5 U Y W J s Z S A o M T I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 R p c 3 N 1 Z S w z M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v U 3 J h U n V u V G F i b G U g K D E y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 2 Y X J p Z X R 5 L D M y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T c m F S d W 5 U Y W J s Z S A o M T I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 N 1 b H R p d m F y L D M z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T c m F S d W 5 U Y W J s Z S A o M T I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l E L D M 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T c m F S d W 5 U Y W J s Z S A o M T I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 l z b 2 x h d G U s M z V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N y Y V J 1 b l R h Y m x l I C g x M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T m 9 0 Z S w z N n 0 m c X V v d D t d L C Z x d W 9 0 O 1 J l b G F 0 a W 9 u c 2 h p c E l u Z m 8 m c X V v d D s 6 W 1 1 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 N y Y V J 1 b l R h Y m x l J T I w K D E y K S 9 T b 3 V y Y 2 U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 T c m F S d W 5 U Y W J s Z S U y M C g x M i k v U H J v b W 9 0 Z W Q l M j B I Z W F k Z X J z P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v U 3 J h U n V u V G F i b G U l M j A o M T I p L 0 N o Y W 5 n Z W Q l M j B U e X B l P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v Z m l s Z X J l c G 9 y d F 9 y Z W F k X 3 J 1 b l 9 Q U k p O Q T E y N j k y N j M 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J J c 1 B y a X Z h d G U i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E 9 i a m V j d F R 5 c G U i I F Z h b H V l P S J z Q 2 9 u b m V j d G l v b k 9 u b H k i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U b 0 R h d G F N b 2 R l b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U X V l c n l J R C I g V m F s d W U 9 I n M y M j k 5 O G Z k Y S 0 y Z j N h L T Q 1 N z A t Y m I 0 M C 0 1 M m F m N D A 5 M m I 3 N z U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k J 1 Z m Z l c k 5 l e H R S Z W Z y Z X N o I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l c 3 V s d F R 5 c G U i I F Z h b H V l P S J z V G F i b G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h b W V V c G R h d G V k Q W Z 0 Z X J G a W x s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x l Z E N v b X B s Z X R l U m V z d W x 0 V G 9 X b 3 J r c 2 h l Z X Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q W R k Z W R U b 0 R h d G F N b 2 R l b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 1 b n Q i I F Z h b H V l P S J s N D A w I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 2 R l I i B W Y W x 1 Z T 0 i c 1 V u a 2 5 v d 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v d W 5 0 I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x M Y X N 0 V X B k Y X R l Z C I g V m F s d W U 9 I m Q y M D I 2 L T A x L T I 4 V D E 0 O j U 5 O j E 1 L j E 1 N D U w M j Z a I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u V H l w Z X M i I F Z h b H V l P S J z Q m d Z R 0 J n W U d C Z 0 1 H Q m d Z R 0 J n W U d C Z 1 l E Q X d Z S k N R W U d C Z 1 l H Q m d Z R 0 J n W U d C Z 1 l H Q m d Z R E J n W U d C Z 1 l H Q m d Z S k J n W U d C Z 1 l H Q m c 9 P S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b k 5 h b W V z I i B W Y W x 1 Z T 0 i c 1 s m c X V v d D t y d W 5 f Y W N j Z X N z a W 9 u J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 N 0 d W R 5 X 2 F j Y 2 V z c 2 l v b i Z x d W 9 0 O y w m c X V v d D t z Z W N v b m R h c n l f c 3 R 1 Z H l f Y W N j Z X N z a W 9 u J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 N h b X B s Z V 9 h Y 2 N l c 3 N p b 2 4 m c X V v d D s s J n F 1 b 3 Q 7 c 2 V j b 2 5 k Y X J 5 X 3 N h b X B s Z V 9 h Y 2 N l c 3 N p b 2 4 m c X V v d D s s J n F 1 b 3 Q 7 Z X h w Z X J p b W V u d F 9 h Y 2 N l c 3 N p b 2 4 m c X V v d D s s J n F 1 b 3 Q 7 c 3 V i b W l z c 2 l v b l 9 h Y 2 N l c 3 N p b 2 4 m c X V v d D s s J n F 1 b 3 Q 7 d G F 4 X 2 l k J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 N j a W V u d G l m a W N f b m F t Z S Z x d W 9 0 O y w m c X V v d D t p b n N 0 c n V t Z W 5 0 X 3 B s Y X R m b 3 J t J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 l u c 3 R y d W 1 l b n R f b W 9 k Z W w m c X V v d D s s J n F 1 b 3 Q 7 b G l i c m F y e V 9 u Y W 1 l J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 5 v b W l u Y W x f b G V u Z 3 R o J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 x p Y n J h c n l f b G F 5 b 3 V 0 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 x p Y n J h c n l f c 3 R y Y X R l Z 3 k m c X V v d D s s J n F 1 b 3 Q 7 b G l i c m F y e V 9 z b 3 V y Y 2 U m c X V v d D s s J n F 1 b 3 Q 7 b G l i c m F y e V 9 z Z W x l Y 3 R p b 2 4 m c X V v d D s s J n F 1 b 3 Q 7 c m V h Z F 9 j b 3 V u d C Z x d W 9 0 O y w m c X V v d D t i Y X N l X 2 N v d W 5 0 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 N l b n R l c l 9 u Y W 1 l J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 Z p c n N 0 X 3 B 1 Y m x p Y y Z x d W 9 0 O y w m c X V v d D t s Y X N 0 X 3 V w Z G F 0 Z W Q m c X V v d D s s J n F 1 b 3 Q 7 Z X h w Z X J p b W V u d F 9 0 a X R s Z S Z x d W 9 0 O y w m c X V v d D t z d H V k e V 9 0 a X R s Z S Z x d W 9 0 O y w m c X V v d D t z d H V k e V 9 h b G l h c y Z x d W 9 0 O y w m c X V v d D t l e H B l c m l t Z W 5 0 X 2 F s a W F z J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 J 1 b l 9 h b G l h c y Z x d W 9 0 O y w m c X V v d D t m Y X N 0 c V 9 i e X R l c y Z x d W 9 0 O y w m c X V v d D t m Y X N 0 c V 9 t Z D U m c X V v d D s s J n F 1 b 3 Q 7 Z m F z d H F f Z n R w J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 Z h c 3 R x X 2 F z c G V y Y S Z x d W 9 0 O y w m c X V v d D t m Y X N 0 c V 9 n Y W x h e H k m c X V v d D s s J n F 1 b 3 Q 7 c 3 V i b W l 0 d G V k X 2 J 5 d G V z J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 N 1 Y m 1 p d H R l Z F 9 t Z D U m c X V v d D s s J n F 1 b 3 Q 7 c 3 V i b W l 0 d G V k X 2 Z 0 c C Z x d W 9 0 O y w m c X V v d D t z d W J t a X R 0 Z W R f Y X N w Z X J h J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 N 1 Y m 1 p d H R l Z F 9 n Y W x h e H k m c X V v d D s s J n F 1 b 3 Q 7 c 3 V i b W l 0 d G V k X 2 Z v c m 1 h d C Z x d W 9 0 O y w m c X V v d D t z c m F f Y n l 0 Z X M m c X V v d D s s J n F 1 b 3 Q 7 c 3 J h X 2 1 k N S Z x d W 9 0 O y w m c X V v d D t z c m F f Z n R w J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 N y Y V 9 h c 3 B l c m E m c X V v d D s s J n F 1 b 3 Q 7 c 3 J h X 2 d h b G F 4 e S Z x d W 9 0 O y w m c X V v d D t z Y W 1 w b G V f Y W x p Y X M m c X V v d D s s J n F 1 b 3 Q 7 Y n J v a 2 V y X 2 5 h b W U m c X V v d D s s J n F 1 b 3 Q 7 c 2 F t c G x l X 3 R p d G x l J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 5 v b W l u Y W x f c 2 R l d i Z x d W 9 0 O y w m c X V v d D t m a X J z d F 9 j c m V h d G V k J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 J h b V 9 m d H A m c X V v d D s s J n F 1 b 3 Q 7 Y m F t X 2 J 5 d G V z J n F 1 b 3 Q 7 L C Z x d W 9 0 O 2 J h b V 9 t Z D U m c X V v d D s s J n F 1 b 3 Q 7 Z m F z d H F f Z m l s Z V 9 y b 2 x l J n F 1 b 3 Q 7 L C Z x d W 9 0 O 3 N 1 Y m 1 p d H R l Z F 9 m a W x l X 3 J v b G U m c X V v d D s s J n F 1 b 3 Q 7 c 3 J h X 2 Z p b G V f c m 9 s Z S Z x d W 9 0 O y w m c X V v d D t i Y W 1 f Z m l s Z V 9 y b 2 x l J n F 1 b 3 Q 7 X S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F N 0 Y X R 1 c y I g V m F s d W U 9 I n N D b 2 1 w b G V 0 Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w S W 5 m b 0 N v b n R h a W 5 l c i I g V m F s d W U 9 I n N 7 J n F 1 b 3 Q 7 Y 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 N T U s J n F 1 b 3 Q 7 a 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 c X V l c n l S Z W x h d G l v b n N o a X B z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 2 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 2 Z p b G V y Z X B v c n R f c m V h Z F 9 y d W 5 f U F J K T k E x M j Y 5 M j Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 J 1 b l 9 h Y 2 N l c 3 N p b 2 4 s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v Z m l s Z X J l c G 9 y d F 9 y Z W F k X 3 J 1 b l 9 Q U k p O Q T E y N j k y N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 c 3 R 1 Z H l f Y W N j Z X N z a W 9 u L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 2 Z p b G V y Z X B v c n R f c m V h Z F 9 y d W 5 f U F J K T k E x M j Y 5 M j Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 N l Y 2 9 u Z G F y e V 9 z d H V k e V 9 h Y 2 N l c 3 N p b 2 4 s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v Z m l s Z X J l c G 9 y d F 9 y Z W F k X 3 J 1 b l 9 Q U k p O Q T E y N j k y N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 c 2 F t c G x l X 2 F j Y 2 V z c 2 l v b i w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 m a W x l c m V w b 3 J 0 X 3 J l Y W R f c n V u X 1 B S S k 5 B M T I 2 O T I 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t z Z W N v b m R h c n l f c 2 F t c G x l X 2 F j Y 2 V z c 2 l v b i w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 m a W x l c m V w b 3 J 0 X 3 J l Y W R f c n V u X 1 B S S k 5 B M T I 2 O T I 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t l e H B l c m l t Z W 5 0 X 2 F j Y 2 V z c 2 l v b i w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 m a W x l c m V w b 3 J 0 X 3 J l Y W R f c n V u X 1 B S S k 5 B M T I 2 O T I 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t z d W J t a X N z a W 9 u X 2 F j Y 2 V z c 2 l v b i w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 m a W x l c m V w b 3 J 0 X 3 J l Y W R f c n V u X 1 B S S k 5 B M T I 2 O T I 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 Y X h f a W Q s N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v Z m l s Z X J l c G 9 y d F 9 y Z W F k X 3 J 1 b l 9 Q U k p O Q T E y N j k y N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 c 2 N p Z W 5 0 a W Z p Y 1 9 u Y W 1 l L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 2 Z p b G V y Z X B v c n R f c m V h Z F 9 y d W 5 f U F J K T k E x M j Y 5 M j Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 l u c 3 R y d W 1 l b n R f c G x h d G Z v c m 0 s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v Z m l s Z X J l c G 9 y d F 9 y Z W F k X 3 J 1 b l 9 Q U k p O Q T E y N j k y N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 a W 5 z d H J 1 b W V u d F 9 t b 2 R l b C w x M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v Z m l s Z X J l c G 9 y d F 9 y Z W F k X 3 J 1 b l 9 Q U k p O Q T E y N j k y N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b G l i c m F y e V 9 u Y W 1 l L D E x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 m a W x l c m V w b 3 J 0 X 3 J l Y W R f c n V u X 1 B S S k 5 B M T I 2 O T I 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u b 2 1 p b m F s X 2 x l b m d 0 a C w x M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v Z m l s Z X J l c G 9 y d F 9 y Z W F k X 3 J 1 b l 9 Q U k p O Q T E y N j k y N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b G l i c m F y e V 9 s Y X l v d X Q s M T N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 2 Z p b G V y Z X B v c n R f c m V h Z F 9 y d W 5 f U F J K T k E x M j Y 5 M j Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 x p Y n J h c n l f c 3 R y Y X R l Z 3 k s M T R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 2 Z p b G V y Z X B v c n R f c m V h Z F 9 y d W 5 f U F J K T k E x M j Y 5 M j Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 x p Y n J h c n l f c 2 9 1 c m N l L D E 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 m a W x l c m V w b 3 J 0 X 3 J l Y W R f c n V u X 1 B S S k 5 B M T I 2 O T I 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t s a W J y Y X J 5 X 3 N l b G V j d G l v b i w x N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v Z m l s Z X J l c G 9 y d F 9 y Z W F k X 3 J 1 b l 9 Q U k p O Q T E y N j k y N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 c m V h Z F 9 j b 3 V u d C w x N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v Z m l s Z X J l c G 9 y d F 9 y Z W F k X 3 J 1 b l 9 Q U k p O Q T E y N j k y N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Y m F z Z V 9 j b 3 V u d C w x O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v Z m l s Z X J l c G 9 y d F 9 y Z W F k X 3 J 1 b l 9 Q U k p O Q T E y N j k y N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Y 2 V u d G V y X 2 5 h b W U s M T l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 2 Z p b G V y Z X B v c n R f c m V h Z F 9 y d W 5 f U F J K T k E x M j Y 5 M j Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 Z p c n N 0 X 3 B 1 Y m x p Y y w y M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v Z m l s Z X J l c G 9 y d F 9 y Z W F k X 3 J 1 b l 9 Q U k p O Q T E y N j k y N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b G F z d F 9 1 c G R h d G V k L D I x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 m a W x l c m V w b 3 J 0 X 3 J l Y W R f c n V u X 1 B S S k 5 B M T I 2 O T I 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t l e H B l c m l t Z W 5 0 X 3 R p d G x l L D I y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 m a W x l c m V w b 3 J 0 X 3 J l Y W R f c n V u X 1 B S S k 5 B M T I 2 O T I 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t z d H V k e V 9 0 a X R s Z S w y M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v Z m l s Z X J l c G 9 y d F 9 y Z W F k X 3 J 1 b l 9 Q U k p O Q T E y N j k y N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 c 3 R 1 Z H l f Y W x p Y X M s M j R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 2 Z p b G V y Z X B v c n R f c m V h Z F 9 y d W 5 f U F J K T k E x M j Y 5 M j Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 V 4 c G V y a W 1 l b n R f Y W x p Y X M s M j V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 2 Z p b G V y Z X B v c n R f c m V h Z F 9 y d W 5 f U F J K T k E x M j Y 5 M j Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 J 1 b l 9 h b G l h c y w y N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v Z m l s Z X J l c G 9 y d F 9 y Z W F k X 3 J 1 b l 9 Q U k p O Q T E y N j k y N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Z m F z d H F f Y n l 0 Z X M s M j d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 2 Z p b G V y Z X B v c n R f c m V h Z F 9 y d W 5 f U F J K T k E x M j Y 5 M j Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 Z h c 3 R x X 2 1 k N S w y O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v Z m l s Z X J l c G 9 y d F 9 y Z W F k X 3 J 1 b l 9 Q U k p O Q T E y N j k y N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Z m F z d H F f Z n R w L D I 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 m a W x l c m V w b 3 J 0 X 3 J l Y W R f c n V u X 1 B S S k 5 B M T I 2 O T I 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t m Y X N 0 c V 9 h c 3 B l c m E s M z B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 2 Z p b G V y Z X B v c n R f c m V h Z F 9 y d W 5 f U F J K T k E x M j Y 5 M j Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 Z h c 3 R x X 2 d h b G F 4 e S w z M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v Z m l s Z X J l c G 9 y d F 9 y Z W F k X 3 J 1 b l 9 Q U k p O Q T E y N j k y N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 c 3 V i b W l 0 d G V k X 2 J 5 d G V z L D M y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 m a W x l c m V w b 3 J 0 X 3 J l Y W R f c n V u X 1 B S S k 5 B M T I 2 O T I 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t z d W J t a X R 0 Z W R f b W Q 1 L D M z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 m a W x l c m V w b 3 J 0 X 3 J l Y W R f c n V u X 1 B S S k 5 B M T I 2 O T I 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t z d W J t a X R 0 Z W R f Z n R w L D M 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 m a W x l c m V w b 3 J 0 X 3 J l Y W R f c n V u X 1 B S S k 5 B M T I 2 O T I 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t z d W J t a X R 0 Z W R f Y X N w Z X J h L D M 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 m a W x l c m V w b 3 J 0 X 3 J l Y W R f c n V u X 1 B S S k 5 B M T I 2 O T I 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t z d W J t a X R 0 Z W R f Z 2 F s Y X h 5 L D M 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 m a W x l c m V w b 3 J 0 X 3 J l Y W R f c n V u X 1 B S S k 5 B M T I 2 O T I 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t z d W J t a X R 0 Z W R f Z m 9 y b W F 0 L D M 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 m a W x l c m V w b 3 J 0 X 3 J l Y W R f c n V u X 1 B S S k 5 B M T I 2 O T I 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t z c m F f Y n l 0 Z X M s M z h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 2 Z p b G V y Z X B v c n R f c m V h Z F 9 y d W 5 f U F J K T k E x M j Y 5 M j Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 N y Y V 9 t Z D U s M z l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 2 Z p b G V y Z X B v c n R f c m V h Z F 9 y d W 5 f U F J K T k E x M j Y 5 M j Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 N y Y V 9 m d H A s N D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 2 Z p b G V y Z X B v c n R f c m V h Z F 9 y d W 5 f U F J K T k E x M j Y 5 M j Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 N y Y V 9 h c 3 B l c m E s N D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 2 Z p b G V y Z X B v c n R f c m V h Z F 9 y d W 5 f U F J K T k E x M j Y 5 M j Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 N y Y V 9 n Y W x h e H k s N D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 2 Z p b G V y Z X B v c n R f c m V h Z F 9 y d W 5 f U F J K T k E x M j Y 5 M j Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 N h b X B s Z V 9 h b G l h c y w 0 M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v Z m l s Z X J l c G 9 y d F 9 y Z W F k X 3 J 1 b l 9 Q U k p O Q T E y N j k y N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Y n J v a 2 V y X 2 5 h b W U s N D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 2 Z p b G V y Z X B v c n R f c m V h Z F 9 y d W 5 f U F J K T k E x M j Y 5 M j Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 N h b X B s Z V 9 0 a X R s Z S w 0 N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v Z m l s Z X J l c G 9 y d F 9 y Z W F k X 3 J 1 b l 9 Q U k p O Q T E y N j k y N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m 9 t a W 5 h b F 9 z Z G V 2 L D Q 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 m a W x l c m V w b 3 J 0 X 3 J l Y W R f c n V u X 1 B S S k 5 B M T I 2 O T I 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t m a X J z d F 9 j c m V h d G V k L D Q 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 m a W x l c m V w b 3 J 0 X 3 J l Y W R f c n V u X 1 B S S k 5 B M T I 2 O T I 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t i Y W 1 f Z n R w L D Q 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 m a W x l c m V w b 3 J 0 X 3 J l Y W R f c n V u X 1 B S S k 5 B M T I 2 O T I 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t i Y W 1 f Y n l 0 Z X M s N D l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 2 Z p b G V y Z X B v c n R f c m V h Z F 9 y d W 5 f U F J K T k E x M j Y 5 M j Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 J h b V 9 t Z D U s N T B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 2 Z p b G V y Z X B v c n R f c m V h Z F 9 y d W 5 f U F J K T k E x M j Y 5 M j Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 Z h c 3 R x X 2 Z p b G V f c m 9 s Z S w 1 M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v Z m l s Z X J l c G 9 y d F 9 y Z W F k X 3 J 1 b l 9 Q U k p O Q T E y N j k y N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 c 3 V i b W l 0 d G V k X 2 Z p b G V f c m 9 s Z S w 1 M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v Z m l s Z X J l c G 9 y d F 9 y Z W F k X 3 J 1 b l 9 Q U k p O Q T E y N j k y N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 c 3 J h X 2 Z p b G V f c m 9 s Z S w 1 M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v Z m l s Z X J l c G 9 y d F 9 y Z W F k X 3 J 1 b l 9 Q U k p O Q T E y N j k y N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Y m F t X 2 Z p b G V f c m 9 s Z S w 1 N H 0 m c X V v d D t d L C Z x d W 9 0 O 0 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j U 1 L C Z x d W 9 0 O 0 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 0 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 2 Z p b G V y Z X B v c n R f c m V h Z F 9 y d W 5 f U F J K T k E x M j Y 5 M j Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 J 1 b l 9 h Y 2 N l c 3 N p b 2 4 s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v Z m l s Z X J l c G 9 y d F 9 y Z W F k X 3 J 1 b l 9 Q U k p O Q T E y N j k y N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 c 3 R 1 Z H l f Y W N j Z X N z a W 9 u L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 2 Z p b G V y Z X B v c n R f c m V h Z F 9 y d W 5 f U F J K T k E x M j Y 5 M j Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 N l Y 2 9 u Z G F y e V 9 z d H V k e V 9 h Y 2 N l c 3 N p b 2 4 s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v Z m l s Z X J l c G 9 y d F 9 y Z W F k X 3 J 1 b l 9 Q U k p O Q T E y N j k y N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 c 2 F t c G x l X 2 F j Y 2 V z c 2 l v b i w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 m a W x l c m V w b 3 J 0 X 3 J l Y W R f c n V u X 1 B S S k 5 B M T I 2 O T I 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t z Z W N v b m R h c n l f c 2 F t c G x l X 2 F j Y 2 V z c 2 l v b i w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 m a W x l c m V w b 3 J 0 X 3 J l Y W R f c n V u X 1 B S S k 5 B M T I 2 O T I 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t l e H B l c m l t Z W 5 0 X 2 F j Y 2 V z c 2 l v b i w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 m a W x l c m V w b 3 J 0 X 3 J l Y W R f c n V u X 1 B S S k 5 B M T I 2 O T I 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t z d W J t a X N z a W 9 u X 2 F j Y 2 V z c 2 l v b i w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 m a W x l c m V w b 3 J 0 X 3 J l Y W R f c n V u X 1 B S S k 5 B M T I 2 O T I 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t 0 Y X h f a W Q s N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v Z m l s Z X J l c G 9 y d F 9 y Z W F k X 3 J 1 b l 9 Q U k p O Q T E y N j k y N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 c 2 N p Z W 5 0 a W Z p Y 1 9 u Y W 1 l L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 2 Z p b G V y Z X B v c n R f c m V h Z F 9 y d W 5 f U F J K T k E x M j Y 5 M j Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 l u c 3 R y d W 1 l b n R f c G x h d G Z v c m 0 s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v Z m l s Z X J l c G 9 y d F 9 y Z W F k X 3 J 1 b l 9 Q U k p O Q T E y N j k y N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 a W 5 z d H J 1 b W V u d F 9 t b 2 R l b C w x M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v Z m l s Z X J l c G 9 y d F 9 y Z W F k X 3 J 1 b l 9 Q U k p O Q T E y N j k y N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b G l i c m F y e V 9 u Y W 1 l L D E x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 m a W x l c m V w b 3 J 0 X 3 J l Y W R f c n V u X 1 B S S k 5 B M T I 2 O T I 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t u b 2 1 p b m F s X 2 x l b m d 0 a C w x M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v Z m l s Z X J l c G 9 y d F 9 y Z W F k X 3 J 1 b l 9 Q U k p O Q T E y N j k y N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b G l i c m F y e V 9 s Y X l v d X Q s M T N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 2 Z p b G V y Z X B v c n R f c m V h Z F 9 y d W 5 f U F J K T k E x M j Y 5 M j Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 x p Y n J h c n l f c 3 R y Y X R l Z 3 k s M T R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 2 Z p b G V y Z X B v c n R f c m V h Z F 9 y d W 5 f U F J K T k E x M j Y 5 M j Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 x p Y n J h c n l f c 2 9 1 c m N l L D E 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 m a W x l c m V w b 3 J 0 X 3 J l Y W R f c n V u X 1 B S S k 5 B M T I 2 O T I 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t s a W J y Y X J 5 X 3 N l b G V j d G l v b i w x N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v Z m l s Z X J l c G 9 y d F 9 y Z W F k X 3 J 1 b l 9 Q U k p O Q T E y N j k y N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 c m V h Z F 9 j b 3 V u d C w x N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v Z m l s Z X J l c G 9 y d F 9 y Z W F k X 3 J 1 b l 9 Q U k p O Q T E y N j k y N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Y m F z Z V 9 j b 3 V u d C w x O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v Z m l s Z X J l c G 9 y d F 9 y Z W F k X 3 J 1 b l 9 Q U k p O Q T E y N j k y N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Y 2 V u d G V y X 2 5 h b W U s M T l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 2 Z p b G V y Z X B v c n R f c m V h Z F 9 y d W 5 f U F J K T k E x M j Y 5 M j Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 Z p c n N 0 X 3 B 1 Y m x p Y y w y M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v Z m l s Z X J l c G 9 y d F 9 y Z W F k X 3 J 1 b l 9 Q U k p O Q T E y N j k y N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b G F z d F 9 1 c G R h d G V k L D I x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 m a W x l c m V w b 3 J 0 X 3 J l Y W R f c n V u X 1 B S S k 5 B M T I 2 O T I 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t l e H B l c m l t Z W 5 0 X 3 R p d G x l L D I y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 m a W x l c m V w b 3 J 0 X 3 J l Y W R f c n V u X 1 B S S k 5 B M T I 2 O T I 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t z d H V k e V 9 0 a X R s Z S w y M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v Z m l s Z X J l c G 9 y d F 9 y Z W F k X 3 J 1 b l 9 Q U k p O Q T E y N j k y N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 c 3 R 1 Z H l f Y W x p Y X M s M j R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 2 Z p b G V y Z X B v c n R f c m V h Z F 9 y d W 5 f U F J K T k E x M j Y 5 M j Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 V 4 c G V y a W 1 l b n R f Y W x p Y X M s M j V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 2 Z p b G V y Z X B v c n R f c m V h Z F 9 y d W 5 f U F J K T k E x M j Y 5 M j Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 J 1 b l 9 h b G l h c y w y N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v Z m l s Z X J l c G 9 y d F 9 y Z W F k X 3 J 1 b l 9 Q U k p O Q T E y N j k y N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Z m F z d H F f Y n l 0 Z X M s M j d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 2 Z p b G V y Z X B v c n R f c m V h Z F 9 y d W 5 f U F J K T k E x M j Y 5 M j Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 Z h c 3 R x X 2 1 k N S w y O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v Z m l s Z X J l c G 9 y d F 9 y Z W F k X 3 J 1 b l 9 Q U k p O Q T E y N j k y N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Z m F z d H F f Z n R w L D I 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 m a W x l c m V w b 3 J 0 X 3 J l Y W R f c n V u X 1 B S S k 5 B M T I 2 O T I 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t m Y X N 0 c V 9 h c 3 B l c m E s M z B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 2 Z p b G V y Z X B v c n R f c m V h Z F 9 y d W 5 f U F J K T k E x M j Y 5 M j Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 Z h c 3 R x X 2 d h b G F 4 e S w z M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v Z m l s Z X J l c G 9 y d F 9 y Z W F k X 3 J 1 b l 9 Q U k p O Q T E y N j k y N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 c 3 V i b W l 0 d G V k X 2 J 5 d G V z L D M y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 m a W x l c m V w b 3 J 0 X 3 J l Y W R f c n V u X 1 B S S k 5 B M T I 2 O T I 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t z d W J t a X R 0 Z W R f b W Q 1 L D M z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 m a W x l c m V w b 3 J 0 X 3 J l Y W R f c n V u X 1 B S S k 5 B M T I 2 O T I 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t z d W J t a X R 0 Z W R f Z n R w L D M 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 m a W x l c m V w b 3 J 0 X 3 J l Y W R f c n V u X 1 B S S k 5 B M T I 2 O T I 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t z d W J t a X R 0 Z W R f Y X N w Z X J h L D M 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 m a W x l c m V w b 3 J 0 X 3 J l Y W R f c n V u X 1 B S S k 5 B M T I 2 O T I 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t z d W J t a X R 0 Z W R f Z 2 F s Y X h 5 L D M 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 m a W x l c m V w b 3 J 0 X 3 J l Y W R f c n V u X 1 B S S k 5 B M T I 2 O T I 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t z d W J t a X R 0 Z W R f Z m 9 y b W F 0 L D M 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 m a W x l c m V w b 3 J 0 X 3 J l Y W R f c n V u X 1 B S S k 5 B M T I 2 O T I 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t z c m F f Y n l 0 Z X M s M z h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 2 Z p b G V y Z X B v c n R f c m V h Z F 9 y d W 5 f U F J K T k E x M j Y 5 M j Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 N y Y V 9 t Z D U s M z l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 2 Z p b G V y Z X B v c n R f c m V h Z F 9 y d W 5 f U F J K T k E x M j Y 5 M j Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 N y Y V 9 m d H A s N D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 2 Z p b G V y Z X B v c n R f c m V h Z F 9 y d W 5 f U F J K T k E x M j Y 5 M j Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 N y Y V 9 h c 3 B l c m E s N D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 2 Z p b G V y Z X B v c n R f c m V h Z F 9 y d W 5 f U F J K T k E x M j Y 5 M j Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 N y Y V 9 n Y W x h e H k s N D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 2 Z p b G V y Z X B v c n R f c m V h Z F 9 y d W 5 f U F J K T k E x M j Y 5 M j Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 N h b X B s Z V 9 h b G l h c y w 0 M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v Z m l s Z X J l c G 9 y d F 9 y Z W F k X 3 J 1 b l 9 Q U k p O Q T E y N j k y N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Y n J v a 2 V y X 2 5 h b W U s N D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 2 Z p b G V y Z X B v c n R f c m V h Z F 9 y d W 5 f U F J K T k E x M j Y 5 M j Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 3 N h b X B s Z V 9 0 a X R s Z S w 0 N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v Z m l s Z X J l c G 9 y d F 9 y Z W F k X 3 J 1 b l 9 Q U k p O Q T E y N j k y N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 b m 9 t a W 5 h b F 9 z Z G V 2 L D Q 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 m a W x l c m V w b 3 J 0 X 3 J l Y W R f c n V u X 1 B S S k 5 B M T I 2 O T I 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t m a X J z d F 9 j c m V h d G V k L D Q 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 m a W x l c m V w b 3 J 0 X 3 J l Y W R f c n V u X 1 B S S k 5 B M T I 2 O T I 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t i Y W 1 f Z n R w L D Q 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 m a W x l c m V w b 3 J 0 X 3 J l Y W R f c n V u X 1 B S S k 5 B M T I 2 O T I 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t i Y W 1 f Y n l 0 Z X M s N D l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 2 Z p b G V y Z X B v c n R f c m V h Z F 9 y d W 5 f U F J K T k E x M j Y 5 M j Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 J h b V 9 t Z D U s N T B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 2 Z p b G V y Z X B v c n R f c m V h Z F 9 y d W 5 f U F J K T k E x M j Y 5 M j Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 2 Z h c 3 R x X 2 Z p b G V f c m 9 s Z S w 1 M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v Z m l s Z X J l c G 9 y d F 9 y Z W F k X 3 J 1 b l 9 Q U k p O Q T E y N j k y N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 c 3 V i b W l 0 d G V k X 2 Z p b G V f c m 9 s Z S w 1 M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v Z m l s Z X J l c G 9 y d F 9 y Z W F k X 3 J 1 b l 9 Q U k p O Q T E y N j k y N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 c 3 J h X 2 Z p b G V f c m 9 s Z S w 1 M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v Z m l s Z X J l c G 9 y d F 9 y Z W F k X 3 J 1 b l 9 Q U k p O Q T E y N j k y N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Y m F t X 2 Z p b G V f c m 9 s Z S w 1 N H 0 m c X V v d D t d L C Z x d W 9 0 O 1 J l b G F 0 a W 9 u c 2 h p c E l u Z m 8 m c X V v d D s 6 W 1 1 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 2 Z p b G V y Z X B v c n R f c m V h Z F 9 y d W 5 f U F J K T k E x M j Y 5 M j Y z L 1 N v d X J j Z T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 2 Z p b G V y Z X B v c n R f c m V h Z F 9 y d W 5 f U F J K T k E x M j Y 5 M j Y z L 1 B y b 2 1 v d G V k J T I w S G V h Z G V y c z w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 2 Z p b G V y Z X B v c n R f c m V h Z F 9 y d W 5 f U F J K T k E x M j Y 5 M j Y z L 0 N o Y W 5 n Z W Q l M j B U e X B l P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A 2 g A A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A N P u W B N f u 5 V N o P a S 5 s r U X N U A A A A A A g A A A A A A A 2 Y A A M A A A A A Q A A A A X b v x k S v Q 2 P 4 t o Z c a W V 1 e h g A A A A A E g A A A o A A A A B A A A A D J b H s 3 4 + P h V p 6 D S / r v h B G T U A A A A O S E h B n r A t J 6 3 / 8 z B X t o e n A Y u 1 7 I 0 I a w z z 8 f o I X u 3 K k C V r O a c y R Z s u 1 2 e L N F R c / z 3 e y v 6 1 Q h h R V + r J 7 Y N 9 F 8 C G 0 j F m e l A 4 U T w 3 8 C O E p 2 r T 2 I F A A A A H D 8 C c o V w G K s J 8 p V u h v f W D 6 6 D 7 a Z < / D a t a M a s h u p > 
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC0DB3A5-6412-4BBC-8823-07C8937FBE9B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="4" baseType="lpstr">
+    <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>ReadMe</vt:lpstr>
       <vt:lpstr>Available Datasets</vt:lpstr>
       <vt:lpstr>Genotyped accessions</vt:lpstr>
+      <vt:lpstr>Li et al 2022; WGS</vt:lpstr>
       <vt:lpstr>Song et al. 2025; WGS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Wageningen University and Research</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Wijnker, Erik</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>